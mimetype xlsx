--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -7,86 +7,86 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\amalmonacid\Desktop\ANITA PLENO\CONCURSOS\CONCURSOS VIGENTES\JUECES ARBITROS\BIENIO 2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F014169A-E4F5-43A5-B550-8CC727E0C1C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4D6F66D0-F44D-4FC3-87CA-6E72BB3B3BD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$A$3:$H$105</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E71" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="641">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="702" uniqueCount="646">
   <si>
     <t>DOMICILIO</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>NOMBRE COMPLETO</t>
   </si>
   <si>
     <t>CÉDULA DE IDENTIDAD</t>
   </si>
   <si>
     <t>Pablo Andrés Caglevic Medina</t>
   </si>
   <si>
     <t>10.922.077-9</t>
   </si>
   <si>
@@ -2144,50 +2144,66 @@
     <t xml:space="preserve"> nnvasquezs@gmail.com / nvasquez@vasquezvaldes.cl</t>
   </si>
   <si>
     <t>Miguel Nicolás Bronchuer Argel</t>
   </si>
   <si>
     <t>20.624.899-8</t>
   </si>
   <si>
     <t>Antonio Varas N° 55, oficina 407, Puerto Montt</t>
   </si>
   <si>
     <t xml:space="preserve">
 982439670</t>
   </si>
   <si>
     <t>mbronchuer@gmail.com</t>
   </si>
   <si>
     <t>Derecho civil, tributario, inmobiliario, sociedades, liquidaciones y
 particiones de herencias.</t>
   </si>
   <si>
     <t>Puerto Montt, Puerto Varas, Calbuco y Maullín. Territorio
 jurisdiccional de la Iltma. Corte de Apelaciones de Puerto Montt.</t>
+  </si>
+  <si>
+    <t>Saida Gemita Cáceres Contreras</t>
+  </si>
+  <si>
+    <t>13.916.340-0</t>
+  </si>
+  <si>
+    <t>Compañía de Jesús N° 1390, of.1604-1604 Santiago</t>
+  </si>
+  <si>
+    <t>saidacc@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho civil, comercial, minero, laboral, familia y
+derecho internacional privado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -2295,51 +2311,51 @@
         <color theme="0" tint="-0.499984740745262"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.499984740745262"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -2414,57 +2430,62 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="-0.24994659260841701"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="-0.24994659260841701"/>
         </patternFill>
@@ -2801,85 +2822,85 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camat@artabogados.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georginadpvalencia@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariahoyarzun@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammvulinovicc@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cirosantiago.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giovannina.ojeda@ayoabogados.cl" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsgonzalez@abogadosgyv.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsalinasabogado@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmunoz@ciaabogados.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriceboudon@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emontesinosp@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresojedavial@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hector@musso.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robertovergara@asesoriasvergara.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjpierotic@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magdalena.oyarzun.m@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ulloa.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arriagadaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mansillaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@artabogados.cl" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcampos@jpcrabogado.cl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestoreyesp@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weissermauricio@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ortizderecho@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiangaston@hotmail.es" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cyanez@scloslagos.cl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielagonzalezproschle@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.rehbein.particiones@gmail.co" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadodanielparada@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnparada@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadovargasmontiel@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GBORE@BFLEGAL.CL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scarlethabogada@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhhagedorn@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mduran@duranguevara.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cparker@grupovial.cl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.lmojedaaguero@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocubillos@concepcionabogados.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rolandoreyesabogado@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@sandoval-asociados.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelamenaq@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.riquelme@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadolucyoyarzunmartinez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorenzo.aviles.r@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:finibanez@hotmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvaldivia@abogadosvya.cl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javier.herrera.illanes@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artbogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosearriagadaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:syanezparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbronchuer@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eurbina@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uhc.cl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vyasociados.abogados@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolina.acum@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccampusano@beckerabogados.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vargasmolina.ra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sorayapara@entelchile.net" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pagajardoz@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhoffens@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camat@artabogados.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georginadpvalencia@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariahoyarzun@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammvulinovicc@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cirosantiago.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giovannina.ojeda@ayoabogados.cl" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsgonzalez@abogadosgyv.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsalinasabogado@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmunoz@ciaabogados.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriceboudon@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emontesinosp@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresojedavial@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hector@musso.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robertovergara@asesoriasvergara.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjpierotic@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magdalena.oyarzun.m@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ulloa.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arriagadaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mansillaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@artabogados.cl" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcampos@jpcrabogado.cl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ernestoreyesp@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weissermauricio@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ortizderecho@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiangaston@hotmail.es" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cyanez@scloslagos.cl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielagonzalezproschle@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.rehbein.particiones@gmail.co" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadodanielparada@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnparada@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadovargasmontiel@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GBORE@BFLEGAL.CL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scarlethabogada@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhhagedorn@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mduran@duranguevara.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cparker@grupovial.cl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.lmojedaaguero@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocubillos@concepcionabogados.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rolandoreyesabogado@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@sandoval-asociados.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelamenaq@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.riquelme@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadolucyoyarzunmartinez@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorenzo.aviles.r@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:finibanez@hotmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvaldivia@abogadosvya.cl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javier.herrera.illanes@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artbogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosearriagadaparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:syanezparticiones@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbronchuer@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eurbina@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uhc.cl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vyasociados.abogados@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolina.acum@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccampusano@beckerabogados.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vargasmolina.ra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sorayapara@entelchile.net" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pagajardoz@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhoffens@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H106"/>
+  <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="69" zoomScaleNormal="69" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A78" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F106" sqref="F106"/>
+      <pane ySplit="3" topLeftCell="A79" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D112" sqref="D112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="35" customWidth="1"/>
     <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="64.85546875" style="3" customWidth="1"/>
     <col min="5" max="5" width="18.140625" style="19" customWidth="1"/>
     <col min="6" max="6" width="55.140625" customWidth="1"/>
     <col min="7" max="7" width="145.28515625" style="5" customWidth="1"/>
     <col min="8" max="8" width="57.85546875" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
+      <c r="A1" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="42"/>
-[...5 lines deleted...]
-      <c r="H1" s="42"/>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
+      <c r="D1" s="44"/>
+      <c r="E1" s="44"/>
+      <c r="F1" s="44"/>
+      <c r="G1" s="44"/>
+      <c r="H1" s="44"/>
     </row>
     <row r="2" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="16"/>
       <c r="F2" s="2"/>
     </row>
     <row r="3" spans="1:8" s="3" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="14" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>1</v>
       </c>
@@ -5527,62 +5548,91 @@
         <v>991205393</v>
       </c>
       <c r="F105" s="41" t="s">
         <v>630</v>
       </c>
       <c r="G105" s="30" t="s">
         <v>631</v>
       </c>
       <c r="H105" s="27" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="106" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A106" s="24">
         <v>103</v>
       </c>
       <c r="B106" s="25" t="s">
         <v>634</v>
       </c>
       <c r="C106" s="24" t="s">
         <v>635</v>
       </c>
       <c r="D106" s="29" t="s">
         <v>636</v>
       </c>
-      <c r="E106" s="43" t="s">
+      <c r="E106" s="42" t="s">
         <v>637</v>
       </c>
-      <c r="F106" s="44" t="s">
+      <c r="F106" s="43" t="s">
         <v>638</v>
       </c>
       <c r="G106" s="27" t="s">
         <v>639</v>
       </c>
       <c r="H106" s="27" t="s">
         <v>640</v>
       </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A107" s="24">
+        <v>104</v>
+      </c>
+      <c r="B107" s="47" t="s">
+        <v>641</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="D107" s="29" t="s">
+        <v>643</v>
+      </c>
+      <c r="E107" s="26">
+        <v>978549979</v>
+      </c>
+      <c r="F107" s="43" t="s">
+        <v>644</v>
+      </c>
+      <c r="G107" s="46" t="s">
+        <v>645</v>
+      </c>
+      <c r="H107" s="27" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="D109" s="45"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:H105" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H103">
       <sortCondition sortBy="cellColor" ref="C3:C103" dxfId="9"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <conditionalFormatting sqref="B1:B32 B34:B94">
     <cfRule type="expression" dxfId="8" priority="18">
       <formula>MATCH(A2:A56,B3:B102,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B95">
     <cfRule type="expression" dxfId="7" priority="22">
       <formula>MATCH(A96:A149,B97:B196,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B96">
     <cfRule type="expression" dxfId="6" priority="21">
       <formula>MATCH(A97:A150,B97:B197,0)</formula>
     </cfRule>
   </conditionalFormatting>
@@ -5687,54 +5737,55 @@
     <hyperlink ref="F10" r:id="rId68" xr:uid="{18C69784-5DB8-44CA-88F0-8C0982835B89}"/>
     <hyperlink ref="F86" r:id="rId69" xr:uid="{A3FC3490-0DAC-473D-B619-14F276D295EE}"/>
     <hyperlink ref="F87" r:id="rId70" xr:uid="{6C885317-3073-4216-89AE-B8802D8248A1}"/>
     <hyperlink ref="F88" r:id="rId71" xr:uid="{34A4E0A3-2723-41C9-9C79-C7AAB408289F}"/>
     <hyperlink ref="F89" r:id="rId72" xr:uid="{29C5410C-7A3D-4CAC-985B-77CB87448A14}"/>
     <hyperlink ref="F90" r:id="rId73" xr:uid="{F045460E-5E27-467F-B4E1-81D4EAC80F59}"/>
     <hyperlink ref="F91" r:id="rId74" xr:uid="{26E6179F-0938-4E91-95AA-07ED2235532F}"/>
     <hyperlink ref="F92" r:id="rId75" xr:uid="{D79197D5-6834-42E7-9E56-0A962443FAC6}"/>
     <hyperlink ref="F93" r:id="rId76" xr:uid="{CC49C4B3-96DE-433B-8A31-1A1564AC0901}"/>
     <hyperlink ref="F94" r:id="rId77" xr:uid="{7A25CED9-E147-4EEE-A6BC-35350D45ECDF}"/>
     <hyperlink ref="F12" r:id="rId78" xr:uid="{AF613CDD-8843-44DC-AA41-754C675F0087}"/>
     <hyperlink ref="F13" r:id="rId79" xr:uid="{4C9172D4-4A02-4032-B54F-0C46E48AB078}"/>
     <hyperlink ref="F95" r:id="rId80" xr:uid="{9CB19B60-FB25-4A42-ABDD-290747094312}"/>
     <hyperlink ref="F96" r:id="rId81" xr:uid="{DF932CAD-734D-4CF0-9E7D-B8C51F52AE40}"/>
     <hyperlink ref="F97" r:id="rId82" xr:uid="{B081057D-AF53-4DF7-8CC6-BB9856153E0C}"/>
     <hyperlink ref="F98" r:id="rId83" xr:uid="{CB5D0783-58F0-4069-B722-5D4E5BF48C89}"/>
     <hyperlink ref="F99" r:id="rId84" xr:uid="{9734D718-2FAD-423D-B02A-A5F18CC29E82}"/>
     <hyperlink ref="F100" r:id="rId85" xr:uid="{204ACB15-DA59-4D0E-AD8E-662E98A00793}"/>
     <hyperlink ref="F101" r:id="rId86" xr:uid="{D4466132-A6EA-49C5-874C-E0E8DBBBE37A}"/>
     <hyperlink ref="F102" r:id="rId87" xr:uid="{F92254E3-B36B-4983-96BD-EF7FA60657A3}"/>
     <hyperlink ref="F73" r:id="rId88" xr:uid="{0DB94643-3D80-474B-93CB-72FB5731B6F5}"/>
     <hyperlink ref="F11" r:id="rId89" xr:uid="{10586689-0675-4CF5-A7F2-AD58CCBD2879}"/>
     <hyperlink ref="F104" r:id="rId90" xr:uid="{CD62B75F-B17C-4C11-B1AC-FE536495AB7F}"/>
     <hyperlink ref="F105" r:id="rId91" xr:uid="{7104FD04-4C88-432D-8120-800507C7F83C}"/>
     <hyperlink ref="F106" r:id="rId92" xr:uid="{AC651E40-765B-415C-943B-01A2939CDA54}"/>
+    <hyperlink ref="F107" r:id="rId93" xr:uid="{53FE0484-961B-4223-9C1E-C1C0EF721AB1}"/>
   </hyperlinks>
   <printOptions verticalCentered="1"/>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.15748031496062992" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="14" scale="50" orientation="landscape" r:id="rId93"/>
+  <pageSetup paperSize="14" scale="50" orientation="landscape" r:id="rId94"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A76" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>