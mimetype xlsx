--- v0 (2025-12-23)
+++ v1 (2026-02-06)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\acancino\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rrecabarren\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2C5D8C2D-04DE-4174-AC2A-C24CCAF02AA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3E61607-B5F4-4AB8-ACB5-89938084C41E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="15" yWindow="690" windowWidth="13245" windowHeight="13005" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja2" sheetId="2" r:id="rId1"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja2!$A$1:$I$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja2!$A$1:$I$119</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="927" uniqueCount="764">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="819">
   <si>
     <t>Rut</t>
   </si>
   <si>
     <t xml:space="preserve">Domicilio </t>
   </si>
   <si>
     <t>Ciudad</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t xml:space="preserve">Materia </t>
   </si>
   <si>
     <t xml:space="preserve">Jurisdicción </t>
   </si>
   <si>
     <t>Nombres</t>
   </si>
   <si>
     <t>Apellidos</t>
   </si>
   <si>
@@ -1771,53 +1771,50 @@
     <t>vicjustenger@gmail.com</t>
   </si>
   <si>
     <t>Quirihue 255, departamento 71, Ñuñoa, Santiago.</t>
   </si>
   <si>
     <t>Liquidaciones de comunidades hereditarias, liquidación de sociedad conyugal, liquidación de sociedades, interpretación de contratos.</t>
   </si>
   <si>
     <t>11.998.872-1</t>
   </si>
   <si>
     <t>maburto.abogado@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve"> Aburto Muñoz</t>
   </si>
   <si>
     <t xml:space="preserve">Calle Independencia N°571, Oficina 8. </t>
   </si>
   <si>
     <t>Provincia de Linares</t>
   </si>
   <si>
     <t>abogadomanuelvaldesv@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manuel Gustavo</t>
   </si>
   <si>
     <t>Valdés Vásquez</t>
   </si>
   <si>
     <t>8.435.461-9</t>
   </si>
   <si>
     <t>Rengo 357</t>
   </si>
   <si>
     <t>16.453.833-8</t>
   </si>
   <si>
     <t>g.carmona.abogado@gmail.com</t>
   </si>
   <si>
     <t>Guillermo Alejandro</t>
   </si>
   <si>
     <t>Carmona Polden</t>
   </si>
   <si>
     <t>1 Sur Nº 690, Edificio Plaza Talca, oficina 906.</t>
   </si>
@@ -2361,50 +2358,224 @@
     <t xml:space="preserve">Manuel Antonio </t>
   </si>
   <si>
     <t>Montero Matta</t>
   </si>
   <si>
     <t>5.470.102-0</t>
   </si>
   <si>
     <t>Augusto Leguía Sur 79, of. 1.601, Las
 Condes</t>
   </si>
   <si>
     <t>(562)
 22331234 / +56992237499</t>
   </si>
   <si>
     <t>mmontero@monteroycia.cl</t>
   </si>
   <si>
     <t>materias civiles y comerciales -responsabilidad por daños contractuales
 y extracontractuales, incumplimientos de contratos, nulidades, particiones, liquidación de
 sociedades, rendición y objeción de cuentas, construcción, negligencias médicas,
 exportación de fruta, deslindes, posesión y propiedad raíz- derecho de seguros, derecho de aguas,
 transporte terrestre y marítimo, derecho marítimo</t>
+  </si>
+  <si>
+    <t>Javera Carolina</t>
+  </si>
+  <si>
+    <t>Rojas Erazo</t>
+  </si>
+  <si>
+    <t>18.212.164-9</t>
+  </si>
+  <si>
+    <t>Avenida Errazuriz
+#1028</t>
+  </si>
+  <si>
+    <t>Santa Cruz</t>
+  </si>
+  <si>
+    <t>jrerazoabogada@gmail.com</t>
+  </si>
+  <si>
+    <t>984872928/ 228403177</t>
+  </si>
+  <si>
+    <t>Natalia Andrea</t>
+  </si>
+  <si>
+    <t>Uribe Monje</t>
+  </si>
+  <si>
+    <t>18,427,063-3</t>
+  </si>
+  <si>
+    <t>Cayetano Letelier N°225, oficina 207</t>
+  </si>
+  <si>
+    <t>La Unión</t>
+  </si>
+  <si>
+    <t>nataliauribemonje@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho civil y comercial, especialmente
+partición de bienes y Liquidaciones de todo tipo, incumplimiento de contratos, responsabilidad por daños contractuales y extracontractuales; derecho inmobiliario y de construcción, indemnización de perjuicios y nulidades; deslindes, posesión y propiedad raíz, juicio de cuentas, resolución de conflictos societarios, comunitarios y de asociaciones, disoluciones y cuestiones entre socios, comuneros y o con terceros, resolución de conflictos en arbitrajes forzosos y voluntarios, en cumplimiento a cláusulas compromisorias o por simple solicitud de algún interesado y todas las demás materias que la ley entregue a la resolución de jueces árbitros.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teresa Alejandra </t>
+  </si>
+  <si>
+    <t>Álvarez Bulacio</t>
+  </si>
+  <si>
+    <t>6,228,271-1</t>
+  </si>
+  <si>
+    <t>General Blanche N° 12.260, Las Condes</t>
+  </si>
+  <si>
+    <t>tababogados@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho Civil, Derecho Comercial, Derecho bancario y financiero; Derecho Administrativo; Derecho Inmobiliario, Derecho Penal, Procesal civil; Particiones y liquidaciones; Arbitrajes relativos a conflictos o diferencias en el ámbito de todo tipo de sociedades; Seguros; Responsabilidad contractual y extracontractual; Conflictos relativos al dominio y otros derechos reales respecto de todo tipo de bienes, muebles o inmuebles, corporales o incorporales.</t>
+  </si>
+  <si>
+    <t>Agustín Alfonso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chereau González </t>
+  </si>
+  <si>
+    <t>15,641,353-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tezcuco 1342, Las Condes </t>
+  </si>
+  <si>
+    <t>agustin.ch@cheycia.cl</t>
+  </si>
+  <si>
+    <t>Contardo Opitz</t>
+  </si>
+  <si>
+    <t>16.456.687-0</t>
+  </si>
+  <si>
+    <t>3 Oriente Nº 1235 Oficina Nº 1 Talca</t>
+  </si>
+  <si>
+    <t>c.opitzabogado@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho Civil; Derecho Constitucional; Derecho Administrativo; Derecho de Familia; Derecho de Infancia; Derecho Particional.</t>
+  </si>
+  <si>
+    <t>Matías Fabián</t>
+  </si>
+  <si>
+    <t>Puentes Saavedra</t>
+  </si>
+  <si>
+    <t>18.779.959-7</t>
+  </si>
+  <si>
+    <t>1 Norte 841, Edificio Progresur</t>
+  </si>
+  <si>
+    <t>matiaspuentesaavedra@gmail.com</t>
+  </si>
+  <si>
+    <t>Controversias tributarias, partición de herencias, derecho comercial,
+diferencias entre socios, liquidación de sociedad comerciales, derecho
+civil, indemnización de perjuicios, responsabilidad contractual y
+extracontractual, liquidación sociedad conyugal, contratos de
+construcción e infraestructura en general</t>
+  </si>
+  <si>
+    <t>Saida Gemita</t>
+  </si>
+  <si>
+    <t>Cáceres Contreras</t>
+  </si>
+  <si>
+    <t>13.916.340-0</t>
+  </si>
+  <si>
+    <t>Compañía de Jesus 1390,  piso 14, oficina 1406</t>
+  </si>
+  <si>
+    <t>saidacc@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Derecho de Minería, civil, comercial, laboral, familia y derecho internacional privado. </t>
+  </si>
+  <si>
+    <t>Alejandro Javier</t>
+  </si>
+  <si>
+    <t>Artigas Barrenechea</t>
+  </si>
+  <si>
+    <t>15.363.383-5</t>
+  </si>
+  <si>
+    <t>Presidente Errázuriz, oficina 201, Las Condes</t>
+  </si>
+  <si>
+    <t>aartigas@ahmm.cl</t>
+  </si>
+  <si>
+    <t>Derecho comercial, sucesorio, inmobiliario, de la construcción, responsabilidad civil contractual y extracontractual, y partición de comunidades</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leonardo </t>
+  </si>
+  <si>
+    <t>Mazzei Parodi</t>
+  </si>
+  <si>
+    <t>7.101.298-7</t>
+  </si>
+  <si>
+    <t>Takca</t>
+  </si>
+  <si>
+    <t>9-8958294</t>
+  </si>
+  <si>
+    <t>leonardo@pinochetcia.cl</t>
+  </si>
+  <si>
+    <t>Derecho civil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jurisdicción de los Juzgados de Talca, Curicó, Molina, San Javier y Linares. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -2888,129 +3059,129 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@PINOCHETCIA.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcaroca@fclabogados.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispinoa@yahoo.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luciaguerreroroco@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPINOABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadofuentesaraya@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bessypla.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aherrera@monhe.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgepinara@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demetriobader@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocaceres@abogadosrioclaro.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernanda.quezada@lizama.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eparot@parotycia.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCABRERA@ASINT.CL" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brevis_juridico@yahoo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfda.mramirez@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.melkon@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@PINOCHETCIA.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcaroca@fclabogados.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrerazoabogada@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispinoa@yahoo.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luciaguerreroroco@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPINOABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadofuentesaraya@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bessypla.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aherrera@monhe.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgepinara@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demetriobader@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.opitzabogado@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocaceres@abogadosrioclaro.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernanda.quezada@lizama.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eparot@parotycia.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCABRERA@ASINT.CL" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brevis_juridico@yahoo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfda.mramirez@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.melkon@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J116"/>
+  <dimension ref="A1:J125"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A103" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="G115" sqref="G115"/>
+    <sheetView tabSelected="1" topLeftCell="G66" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I69" sqref="I69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" customWidth="1"/>
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="12" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="10" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="28.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="33.140625" customWidth="1"/>
     <col min="9" max="9" width="30.28515625" customWidth="1"/>
     <col min="10" max="10" width="33" customWidth="1"/>
     <col min="11" max="17" width="16.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="5" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="14" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>457</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>571</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>569</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>572</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>126</v>
       </c>
       <c r="F2" s="8">
         <v>998643261</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>570</v>
       </c>
       <c r="H2" s="8" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F3" s="8">
         <v>991625916</v>
       </c>
       <c r="G3" s="9" t="s">
@@ -3018,3221 +3189,3489 @@
       </c>
       <c r="H3" s="8" t="s">
         <v>40</v>
       </c>
       <c r="I3" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>274</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>275</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>276</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>277</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="8" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>271</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>272</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="8" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>779</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>780</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="8">
+        <v>56995493455</v>
+      </c>
+      <c r="G6" s="30" t="s">
+        <v>781</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>782</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
         <v>265</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B7" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="C7" s="7" t="s">
         <v>267</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D7" s="8" t="s">
         <v>268</v>
       </c>
-      <c r="E6" s="8" t="s">
+      <c r="E7" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F6" s="8">
+      <c r="F7" s="8">
         <v>971383211</v>
       </c>
-      <c r="G6" s="8" t="s">
+      <c r="G7" s="8" t="s">
         <v>269</v>
       </c>
-      <c r="H6" s="8" t="s">
+      <c r="H7" s="8" t="s">
         <v>270</v>
-      </c>
-[...27 lines deleted...]
-        <v>252</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="26" t="s">
+    <row r="8" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>631</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="26" t="s">
+        <v>703</v>
+      </c>
+      <c r="B9" s="26" t="s">
+        <v>708</v>
+      </c>
+      <c r="C9" s="26" t="s">
         <v>704</v>
       </c>
-      <c r="B8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="26" t="s">
+      <c r="D9" s="26" t="s">
+        <v>707</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="26">
+        <v>56992000188</v>
+      </c>
+      <c r="G9" s="27" t="s">
         <v>705</v>
       </c>
-      <c r="D8" s="26" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="27" t="s">
+      <c r="H9" s="26" t="s">
         <v>706</v>
       </c>
-      <c r="H8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="28" t="s">
+      <c r="I9" s="28" t="s">
         <v>437</v>
-      </c>
-[...27 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
-        <v>722</v>
+        <v>366</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>723</v>
+        <v>365</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>724</v>
+        <v>367</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>725</v>
+        <v>368</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F10" s="8" t="s">
-        <v>726</v>
+      <c r="F10" s="8">
+        <v>98100081</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>727</v>
+        <v>369</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>728</v>
+        <v>370</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
-        <v>404</v>
+        <v>721</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>405</v>
+        <v>722</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>406</v>
+        <v>723</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>409</v>
+        <v>724</v>
       </c>
       <c r="E11" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>951886618</v>
+        <v>11</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>725</v>
       </c>
       <c r="G11" s="8" t="s">
-        <v>407</v>
+        <v>726</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>408</v>
+        <v>727</v>
       </c>
       <c r="I11" s="8" t="s">
-        <v>410</v>
+        <v>213</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="21" t="s">
-[...24 lines deleted...]
-        <v>694</v>
+      <c r="A12" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>807</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>808</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="8">
+        <v>9674094067</v>
+      </c>
+      <c r="G12" s="30" t="s">
+        <v>809</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>409</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="8">
+        <v>951886618</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>407</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="21" t="s">
+        <v>686</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>687</v>
+      </c>
+      <c r="C14" s="21" t="s">
+        <v>699</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>688</v>
+      </c>
+      <c r="E14" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="22">
+        <v>998431955</v>
+      </c>
+      <c r="G14" s="23" t="s">
+        <v>689</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>692</v>
+      </c>
+      <c r="I14" s="22" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B15" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="C15" s="7" t="s">
         <v>183</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D15" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="E13" s="8" t="s">
+      <c r="E15" s="8" t="s">
         <v>185</v>
       </c>
-      <c r="F13" s="8">
+      <c r="F15" s="8">
         <v>933969890</v>
       </c>
-      <c r="G13" s="8" t="s">
+      <c r="G15" s="8" t="s">
         <v>182</v>
       </c>
-      <c r="H13" s="8" t="s">
+      <c r="H15" s="8" t="s">
         <v>186</v>
       </c>
-      <c r="I13" s="8" t="s">
+      <c r="I15" s="8" t="s">
         <v>187</v>
-      </c>
-[...56 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6" t="s">
-        <v>75</v>
+        <v>340</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>76</v>
+        <v>341</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>77</v>
+        <v>336</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>78</v>
+        <v>342</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F16" s="8" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>505</v>
+        <v>337</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>79</v>
+        <v>338</v>
       </c>
       <c r="I16" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
-        <v>147</v>
+        <v>332</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>143</v>
+        <v>331</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>146</v>
+        <v>333</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>144</v>
+        <v>334</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="8">
-        <v>997305578</v>
+        <v>994891280</v>
       </c>
       <c r="G17" s="8" t="s">
-        <v>145</v>
+        <v>335</v>
       </c>
       <c r="H17" s="8" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="I17" s="8" t="s">
-        <v>136</v>
+        <v>213</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6" t="s">
-        <v>457</v>
+        <v>75</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>458</v>
+        <v>76</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>459</v>
+        <v>77</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>460</v>
+        <v>78</v>
       </c>
       <c r="E18" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>461</v>
+        <v>32</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>505</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>462</v>
+        <v>79</v>
       </c>
       <c r="I18" s="8" t="s">
-        <v>463</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
-        <v>104</v>
+        <v>147</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F19" s="8">
-        <v>942492252</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>997305578</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>145</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>108</v>
+        <v>160</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="6" t="s">
-        <v>385</v>
+        <v>457</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>386</v>
+        <v>458</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>387</v>
+        <v>459</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>388</v>
+        <v>460</v>
       </c>
       <c r="E20" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F20" s="8" t="s">
-[...3 lines deleted...]
-        <v>389</v>
+      <c r="F20" s="8">
+        <v>982255872</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>461</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>390</v>
+        <v>462</v>
       </c>
       <c r="I20" s="8" t="s">
-        <v>213</v>
+        <v>463</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
-        <v>617</v>
+        <v>104</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>618</v>
+        <v>103</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>623</v>
+        <v>105</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>619</v>
+        <v>106</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>620</v>
+        <v>52</v>
+      </c>
+      <c r="F21" s="8">
+        <v>942492252</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>107</v>
       </c>
       <c r="H21" s="8" t="s">
-        <v>621</v>
+        <v>108</v>
       </c>
       <c r="I21" s="8" t="s">
-        <v>622</v>
-[...4 lines deleted...]
-        <v>426</v>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>799</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>427</v>
+        <v>800</v>
       </c>
       <c r="C22" s="7" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>628</v>
+        <v>801</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>802</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>637</v>
+        <v>32</v>
+      </c>
+      <c r="F22" s="8">
+        <v>978549979</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>428</v>
-[...5 lines deleted...]
-        <v>437</v>
+        <v>803</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
-        <v>41</v>
+        <v>385</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>42</v>
+        <v>386</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>47</v>
+        <v>387</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>43</v>
+        <v>388</v>
       </c>
       <c r="E23" s="8" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F23" s="8" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>44</v>
+        <v>389</v>
       </c>
       <c r="H23" s="8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>390</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
-        <v>345</v>
+        <v>616</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>346</v>
+        <v>617</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>343</v>
+        <v>622</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>347</v>
+        <v>618</v>
       </c>
       <c r="E24" s="8" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="G24" s="8" t="s">
-        <v>344</v>
+        <v>619</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>348</v>
+        <v>620</v>
       </c>
       <c r="I24" s="8" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-        <v>230</v>
+        <v>621</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>426</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>231</v>
+        <v>427</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>429</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>627</v>
       </c>
       <c r="E25" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>428</v>
+      </c>
+      <c r="H25" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="I25" s="16" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="F25" s="8">
-[...32 lines deleted...]
-        <v>580</v>
+      <c r="F26" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="G26" s="9" t="s">
+        <v>44</v>
       </c>
       <c r="H26" s="8" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>45</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
-        <v>132</v>
+        <v>345</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>133</v>
+        <v>346</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>130</v>
+        <v>343</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>134</v>
+        <v>347</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>995085540</v>
+        <v>212</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>638</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>131</v>
+        <v>344</v>
       </c>
       <c r="H27" s="8" t="s">
-        <v>137</v>
+        <v>348</v>
       </c>
       <c r="I27" s="8" t="s">
-        <v>136</v>
+        <v>213</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>450</v>
+        <v>230</v>
       </c>
       <c r="B28" s="6" t="s">
-        <v>451</v>
+        <v>231</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>456</v>
+        <v>228</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>452</v>
+        <v>226</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="F28" s="8">
-        <v>992401340</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>998695246</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>229</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>454</v>
+        <v>232</v>
       </c>
       <c r="I28" s="8" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>193</v>
+        <v>580</v>
       </c>
       <c r="B29" s="6" t="s">
-        <v>194</v>
+        <v>581</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>195</v>
+        <v>578</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>205</v>
+        <v>582</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>11</v>
+      </c>
+      <c r="F29" s="8">
+        <v>968390070</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>197</v>
+        <v>579</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>198</v>
+        <v>583</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>136</v>
+        <v>584</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
-        <v>48</v>
+        <v>132</v>
       </c>
       <c r="B30" s="6" t="s">
-        <v>49</v>
+        <v>133</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="E30" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>11</v>
+      </c>
+      <c r="F30" s="8">
+        <v>995085540</v>
       </c>
       <c r="G30" s="8" t="s">
-        <v>53</v>
+        <v>131</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>54</v>
+        <v>137</v>
       </c>
       <c r="I30" s="8" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="6" t="s">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>431</v>
+        <v>451</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>432</v>
+        <v>456</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>434</v>
+        <v>52</v>
+      </c>
+      <c r="F31" s="8">
+        <v>992401340</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>453</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="I31" s="8" t="s">
-        <v>436</v>
+        <v>455</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="6" t="s">
-        <v>398</v>
+        <v>193</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>399</v>
+        <v>194</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>400</v>
+        <v>195</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>401</v>
+        <v>205</v>
       </c>
       <c r="E32" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>991597049</v>
+        <v>32</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>196</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>397</v>
+        <v>197</v>
       </c>
       <c r="H32" s="8" t="s">
-        <v>402</v>
+        <v>198</v>
       </c>
       <c r="I32" s="8" t="s">
-        <v>403</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
-        <v>586</v>
+        <v>48</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>587</v>
+        <v>49</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>588</v>
+        <v>50</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>589</v>
+        <v>51</v>
       </c>
       <c r="E33" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>639</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>432</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>433</v>
+      </c>
+      <c r="E34" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F33" s="8" t="s">
-[...29 lines deleted...]
-        <v>994487029</v>
+      <c r="F34" s="8" t="s">
+        <v>640</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>127</v>
+        <v>434</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>129</v>
+        <v>435</v>
       </c>
       <c r="I34" s="8" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:9" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
-        <v>298</v>
+        <v>398</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>301</v>
+        <v>401</v>
       </c>
       <c r="E35" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>52</v>
+      </c>
+      <c r="F35" s="8">
+        <v>991597049</v>
       </c>
       <c r="G35" s="8" t="s">
-        <v>297</v>
+        <v>397</v>
       </c>
       <c r="H35" s="8" t="s">
-        <v>159</v>
+        <v>402</v>
       </c>
       <c r="I35" s="8" t="s">
-        <v>213</v>
+        <v>403</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
-        <v>710</v>
+        <v>585</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>711</v>
+        <v>586</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>587</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>588</v>
       </c>
       <c r="E36" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F36" s="8">
-[...3 lines deleted...]
-        <v>714</v>
+      <c r="F36" s="8" t="s">
+        <v>641</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>589</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>715</v>
+        <v>590</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>213</v>
+        <v>591</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="F37" s="8">
-        <v>977484369</v>
+        <v>994487029</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>20</v>
+        <v>129</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
-        <v>302</v>
+        <v>783</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>303</v>
+        <v>784</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>304</v>
+        <v>785</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>305</v>
+        <v>786</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>625</v>
+        <v>32</v>
       </c>
       <c r="F38" s="8">
-        <v>998638821</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>56956272437</v>
+      </c>
+      <c r="G38" s="30" t="s">
+        <v>787</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>307</v>
+        <v>553</v>
       </c>
       <c r="I38" s="8" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="39" spans="1:9" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:9" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
-        <v>173</v>
+        <v>298</v>
       </c>
       <c r="B39" s="6" t="s">
-        <v>174</v>
+        <v>299</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>175</v>
+        <v>300</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>178</v>
+        <v>301</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F39" s="8">
-        <v>90685446</v>
+      <c r="F39" s="8" t="s">
+        <v>642</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>176</v>
+        <v>297</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>177</v>
+        <v>159</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
-        <v>164</v>
+        <v>709</v>
       </c>
       <c r="B40" s="6" t="s">
-        <v>165</v>
+        <v>710</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>711</v>
+      </c>
+      <c r="D40" s="29" t="s">
+        <v>712</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F40" s="8" t="s">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="F40" s="8">
+        <v>56999622229</v>
+      </c>
+      <c r="G40" s="30" t="s">
+        <v>713</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>167</v>
+        <v>714</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>136</v>
+        <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="B41" s="6" t="s">
-        <v>210</v>
+        <v>15</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>206</v>
+        <v>16</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>211</v>
+        <v>17</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="F41" s="8">
-        <v>951095890</v>
+        <v>977484369</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>207</v>
+        <v>19</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>208</v>
+        <v>20</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>213</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="7" t="s">
-[...3 lines deleted...]
-        <v>677</v>
+      <c r="A42" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>788</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>678</v>
+        <v>789</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>679</v>
+        <v>790</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>680</v>
+        <v>11</v>
+      </c>
+      <c r="F42" s="8">
+        <v>957581948</v>
+      </c>
+      <c r="G42" s="30" t="s">
+        <v>791</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>681</v>
+        <v>792</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>692</v>
+        <v>463</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
-        <v>499</v>
+        <v>302</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>500</v>
+        <v>303</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>501</v>
+        <v>304</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>502</v>
+        <v>305</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>503</v>
+        <v>624</v>
       </c>
       <c r="F43" s="8">
-        <v>991385523</v>
+        <v>998638821</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>498</v>
+        <v>306</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>537</v>
+        <v>307</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:9" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
-        <v>59</v>
+        <v>173</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>60</v>
+        <v>174</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>61</v>
+        <v>175</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>62</v>
+        <v>178</v>
       </c>
       <c r="E44" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="8">
-        <v>987298746</v>
+        <v>90685446</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>63</v>
+        <v>176</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>64</v>
+        <v>177</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="6" t="s">
-        <v>556</v>
+        <v>164</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>555</v>
+        <v>165</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>557</v>
+        <v>162</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>559</v>
+        <v>166</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-        <v>558</v>
+        <v>11</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>643</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>163</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>560</v>
+        <v>167</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>561</v>
+        <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
-        <v>245</v>
+        <v>209</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>246</v>
+        <v>210</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>235</v>
+        <v>206</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>239</v>
+        <v>211</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>52</v>
+        <v>212</v>
       </c>
       <c r="F46" s="8">
-        <v>973872916</v>
+        <v>951095890</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>240</v>
+        <v>207</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>241</v>
+        <v>208</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>242</v>
+        <v>213</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="6" t="s">
-[...3 lines deleted...]
-        <v>515</v>
+      <c r="A47" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>676</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>519</v>
+        <v>677</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>518</v>
+        <v>678</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>645</v>
+        <v>681</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>516</v>
+        <v>679</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>109</v>
+        <v>680</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>517</v>
+        <v>691</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
-        <v>351</v>
+        <v>499</v>
       </c>
       <c r="B48" s="6" t="s">
-        <v>352</v>
+        <v>500</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>349</v>
+        <v>501</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>353</v>
+        <v>502</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>503</v>
+      </c>
+      <c r="F48" s="8">
+        <v>991385523</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>350</v>
+        <v>498</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>348</v>
+        <v>537</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="B49" s="6" t="s">
-        <v>97</v>
+        <v>60</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
       <c r="F49" s="8">
-        <v>998896871</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>987298746</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>63</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>626</v>
+        <v>64</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="6" t="s">
-        <v>474</v>
+        <v>556</v>
       </c>
       <c r="B50" s="6" t="s">
-        <v>475</v>
+        <v>555</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>471</v>
+        <v>557</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>476</v>
+        <v>559</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="F50" s="8">
-        <v>973350078</v>
+        <v>940097438</v>
       </c>
       <c r="G50" s="9" t="s">
-        <v>472</v>
+        <v>558</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>477</v>
+        <v>560</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>473</v>
+        <v>561</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="6" t="s">
-        <v>486</v>
+        <v>245</v>
       </c>
       <c r="B51" s="6" t="s">
-        <v>487</v>
+        <v>246</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>484</v>
+        <v>235</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>488</v>
+        <v>239</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>52</v>
+      </c>
+      <c r="F51" s="8">
+        <v>973872916</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>485</v>
+        <v>240</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>489</v>
+        <v>241</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:9" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="6" t="s">
-        <v>445</v>
+        <v>514</v>
       </c>
       <c r="B52" s="6" t="s">
-        <v>446</v>
+        <v>515</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>447</v>
+        <v>519</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>448</v>
+        <v>518</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>443</v>
+        <v>52</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>644</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>516</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>449</v>
+        <v>109</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:9" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="6" t="s">
-        <v>598</v>
+        <v>351</v>
       </c>
       <c r="B53" s="6" t="s">
-        <v>599</v>
+        <v>352</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>600</v>
+        <v>349</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>601</v>
+        <v>353</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>602</v>
+        <v>350</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>603</v>
+        <v>348</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>604</v>
+        <v>213</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="6" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>11</v>
+        <v>101</v>
       </c>
       <c r="F54" s="8">
-        <v>981562454</v>
+        <v>998896871</v>
       </c>
       <c r="G54" s="9" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>79</v>
+        <v>625</v>
       </c>
       <c r="I54" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="6" t="s">
-        <v>614</v>
+        <v>474</v>
       </c>
       <c r="B55" s="6" t="s">
-        <v>615</v>
+        <v>475</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>611</v>
+        <v>471</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>616</v>
+        <v>476</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="F55" s="8">
-        <v>992897540</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>973350078</v>
+      </c>
+      <c r="G55" s="9" t="s">
+        <v>472</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>613</v>
+        <v>477</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>339</v>
+        <v>473</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="6" t="s">
-        <v>214</v>
+        <v>486</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>215</v>
+        <v>487</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>216</v>
+        <v>484</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>217</v>
+        <v>488</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>989303305</v>
+        <v>126</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>646</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>219</v>
+        <v>485</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>220</v>
+        <v>489</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:9" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="6" t="s">
-        <v>327</v>
+        <v>445</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>328</v>
+        <v>446</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>325</v>
+        <v>447</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>329</v>
+        <v>448</v>
       </c>
       <c r="E57" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="8">
-        <v>939348305</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>977780218</v>
+      </c>
+      <c r="G57" s="9" t="s">
+        <v>443</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>330</v>
+        <v>449</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="6" t="s">
-        <v>85</v>
+        <v>597</v>
       </c>
       <c r="B58" s="6" t="s">
-        <v>86</v>
+        <v>598</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>87</v>
+        <v>599</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>88</v>
+        <v>600</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>11</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>601</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>90</v>
+        <v>602</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>136</v>
+        <v>603</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="6" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="B59" s="6" t="s">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>151</v>
+        <v>82</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>152</v>
+        <v>83</v>
       </c>
       <c r="E59" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F59" s="8" t="s">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="F59" s="8">
+        <v>981562454</v>
+      </c>
+      <c r="G59" s="9" t="s">
+        <v>84</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>153</v>
+        <v>79</v>
       </c>
       <c r="I59" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="7" t="s">
-[...3 lines deleted...]
-        <v>698</v>
+      <c r="A60" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>614</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>610</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>615</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>701</v>
+        <v>122</v>
+      </c>
+      <c r="F60" s="8">
+        <v>992897540</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>611</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>702</v>
+        <v>612</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>437</v>
+        <v>339</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="6" t="s">
-        <v>315</v>
+        <v>214</v>
       </c>
       <c r="B61" s="6" t="s">
-        <v>316</v>
+        <v>215</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>317</v>
+        <v>216</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>301</v>
+        <v>217</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>218</v>
+      </c>
+      <c r="F61" s="8">
+        <v>989303305</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>314</v>
+        <v>219</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>318</v>
+        <v>220</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:9" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="6" t="s">
-        <v>491</v>
+        <v>327</v>
       </c>
       <c r="B62" s="6" t="s">
-        <v>492</v>
+        <v>328</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>493</v>
+        <v>325</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>494</v>
+        <v>329</v>
       </c>
       <c r="E62" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="8">
-        <v>981997781</v>
+        <v>939348305</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>495</v>
+        <v>326</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>496</v>
+        <v>330</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>497</v>
+        <v>213</v>
       </c>
     </row>
     <row r="63" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="6" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="E63" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="F63" s="8" t="s">
-[...3 lines deleted...]
-        <v>743</v>
+      <c r="F63" s="8">
+        <v>9454194864</v>
+      </c>
+      <c r="G63" s="9" t="s">
+        <v>89</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+      <c r="I63" s="8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="6" t="s">
-        <v>262</v>
+        <v>149</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>263</v>
+        <v>150</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>259</v>
+        <v>151</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>264</v>
+        <v>152</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F64" s="8">
-        <v>981259955</v>
+      <c r="F64" s="8" t="s">
+        <v>648</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>260</v>
+        <v>148</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>261</v>
+        <v>153</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>213</v>
+        <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="6" t="s">
-[...3 lines deleted...]
-        <v>520</v>
+      <c r="A65" s="7" t="s">
+        <v>696</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>697</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>698</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>702</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>522</v>
+        <v>32</v>
+      </c>
+      <c r="F65" s="12">
+        <v>966281496</v>
+      </c>
+      <c r="G65" s="25" t="s">
+        <v>700</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>523</v>
+        <v>701</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>524</v>
+        <v>437</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
-        <v>538</v>
+        <v>315</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>506</v>
+        <v>316</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>534</v>
+        <v>317</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>535</v>
+        <v>301</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F66" s="8">
-        <v>998879633</v>
+      <c r="F66" s="8" t="s">
+        <v>649</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>504</v>
+        <v>314</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>536</v>
+        <v>318</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="6" t="s">
-        <v>750</v>
+        <v>491</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>751</v>
+        <v>492</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>752</v>
+        <v>493</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>753</v>
+        <v>494</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>756</v>
+        <v>11</v>
+      </c>
+      <c r="F67" s="8">
+        <v>981997781</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>495</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>754</v>
+        <v>496</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
-        <v>757</v>
+        <v>91</v>
       </c>
       <c r="B68" s="6" t="s">
-        <v>758</v>
+        <v>92</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>759</v>
+        <v>93</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>760</v>
+        <v>96</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>761</v>
+        <v>650</v>
       </c>
       <c r="G68" s="30" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>94</v>
+      </c>
+      <c r="I68" s="17" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="6" t="s">
-        <v>608</v>
+        <v>811</v>
       </c>
       <c r="B69" s="6" t="s">
-        <v>609</v>
+        <v>812</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>605</v>
+        <v>813</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>610</v>
+        <v>746</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>606</v>
+        <v>814</v>
+      </c>
+      <c r="F69" s="8" t="s">
+        <v>815</v>
+      </c>
+      <c r="G69" s="30" t="s">
+        <v>816</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>607</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>817</v>
+      </c>
+      <c r="I69" s="17" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="6" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="B70" s="6" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E70" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="8">
-        <v>987139490</v>
+        <v>981259955</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I70" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="6" t="s">
-        <v>70</v>
+        <v>526</v>
       </c>
       <c r="B71" s="6" t="s">
-        <v>71</v>
+        <v>520</v>
       </c>
       <c r="C71" s="7" t="s">
-        <v>55</v>
+        <v>521</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>72</v>
+        <v>525</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>126</v>
+      </c>
+      <c r="F71" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>522</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>58</v>
+        <v>523</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>57</v>
+        <v>524</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="6" t="s">
-        <v>376</v>
+        <v>538</v>
       </c>
       <c r="B72" s="6" t="s">
-        <v>377</v>
+        <v>506</v>
       </c>
       <c r="C72" s="7" t="s">
-        <v>371</v>
+        <v>534</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>375</v>
+        <v>535</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="8">
-        <v>997031636</v>
+        <v>998879633</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>372</v>
+        <v>504</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>373</v>
+        <v>536</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="6" t="s">
-        <v>66</v>
+        <v>749</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>65</v>
+        <v>750</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>67</v>
+        <v>751</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>68</v>
+        <v>752</v>
       </c>
       <c r="E73" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="F73" s="8">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="F73" s="8" t="s">
+        <v>754</v>
+      </c>
+      <c r="G73" s="30" t="s">
+        <v>755</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>73</v>
+        <v>753</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="6" t="s">
-        <v>115</v>
+        <v>756</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>116</v>
+        <v>757</v>
       </c>
       <c r="C74" s="7" t="s">
-        <v>117</v>
+        <v>758</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>118</v>
+        <v>759</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>32</v>
+      </c>
+      <c r="F74" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="G74" s="30" t="s">
+        <v>761</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>121</v>
+        <v>762</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>136</v>
+        <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
-        <v>21</v>
+        <v>607</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>22</v>
+        <v>608</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>27</v>
+        <v>604</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>23</v>
+        <v>609</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>52</v>
+      </c>
+      <c r="F75" s="8">
+        <v>998746522</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>24</v>
+        <v>605</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>141</v>
+        <v>339</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="6" t="s">
-        <v>419</v>
+        <v>255</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>420</v>
+        <v>256</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>421</v>
+        <v>253</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>422</v>
+        <v>258</v>
       </c>
       <c r="E76" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F76" s="8" t="s">
-        <v>654</v>
+      <c r="F76" s="8">
+        <v>987139490</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>423</v>
+        <v>254</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>424</v>
+        <v>257</v>
       </c>
       <c r="I76" s="8" t="s">
-        <v>425</v>
+        <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="6" t="s">
-        <v>354</v>
+        <v>70</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>355</v>
+        <v>71</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>359</v>
+        <v>55</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>360</v>
+        <v>72</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="F77" s="8">
-        <v>984137846</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>994732725</v>
+      </c>
+      <c r="G77" s="9" t="s">
+        <v>56</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>357</v>
+        <v>58</v>
       </c>
       <c r="I77" s="8" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="6" t="s">
-        <v>291</v>
+        <v>376</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>292</v>
+        <v>377</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>295</v>
+        <v>371</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>293</v>
+        <v>375</v>
       </c>
       <c r="E78" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F78" s="8" t="s">
-        <v>655</v>
+      <c r="F78" s="8">
+        <v>997031636</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>294</v>
+        <v>372</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>296</v>
+        <v>373</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="6" t="s">
-        <v>729</v>
+        <v>66</v>
       </c>
       <c r="B79" s="6" t="s">
-        <v>730</v>
+        <v>65</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>731</v>
+        <v>67</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>732</v>
+        <v>68</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>734</v>
+        <v>32</v>
+      </c>
+      <c r="F79" s="8">
+        <v>961216506</v>
+      </c>
+      <c r="G79" s="9" t="s">
+        <v>74</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>735</v>
+        <v>73</v>
       </c>
       <c r="I79" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="6" t="s">
-        <v>391</v>
+        <v>115</v>
       </c>
       <c r="B80" s="6" t="s">
-        <v>392</v>
+        <v>116</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>393</v>
+        <v>117</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>394</v>
+        <v>118</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>11</v>
+        <v>119</v>
       </c>
       <c r="F80" s="8">
-        <v>996392959</v>
+        <v>968978841</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>395</v>
+        <v>120</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>396</v>
+        <v>121</v>
       </c>
       <c r="I80" s="8" t="s">
-        <v>213</v>
+        <v>136</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="6" t="s">
-        <v>382</v>
+        <v>21</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>383</v>
+        <v>22</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>378</v>
+        <v>27</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>379</v>
+        <v>23</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>998732296</v>
+        <v>626</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>652</v>
       </c>
       <c r="G81" s="8" t="s">
-        <v>380</v>
+        <v>24</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>384</v>
+        <v>25</v>
       </c>
       <c r="I81" s="8" t="s">
-        <v>381</v>
+        <v>141</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="6" t="s">
-        <v>154</v>
+        <v>419</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>155</v>
+        <v>420</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>156</v>
+        <v>421</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>157</v>
+        <v>422</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-        <v>158</v>
+        <v>11</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="G82" s="8" t="s">
+        <v>423</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>159</v>
+        <v>424</v>
       </c>
       <c r="I82" s="8" t="s">
-        <v>161</v>
+        <v>425</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="11" t="s">
-        <v>440</v>
+      <c r="A83" s="6" t="s">
+        <v>354</v>
       </c>
       <c r="B83" s="6" t="s">
-        <v>441</v>
+        <v>355</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>359</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>360</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>11</v>
-[...14 lines deleted...]
-    <row r="84" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+      <c r="F83" s="8">
+        <v>984137846</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="I83" s="8" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="6" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="B84" s="6" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="E84" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="8" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="G84" s="8" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="H84" s="8" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="I84" s="8" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="6" t="s">
-        <v>188</v>
+        <v>728</v>
       </c>
       <c r="B85" s="6" t="s">
-        <v>189</v>
+        <v>729</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>190</v>
+        <v>730</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>191</v>
+        <v>731</v>
       </c>
       <c r="E85" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F85" s="8">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="F85" s="8" t="s">
+        <v>732</v>
+      </c>
+      <c r="G85" s="30" t="s">
+        <v>733</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>624</v>
+        <v>734</v>
       </c>
       <c r="I85" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="6" t="s">
-        <v>744</v>
+        <v>391</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>745</v>
+        <v>392</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>746</v>
+        <v>393</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>747</v>
+        <v>394</v>
       </c>
       <c r="E86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="8">
-        <v>56991630516</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>996392959</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>395</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>749</v>
+        <v>396</v>
       </c>
       <c r="I86" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="6" t="s">
-        <v>312</v>
+        <v>382</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>313</v>
+        <v>383</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>308</v>
+        <v>378</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>311</v>
+        <v>379</v>
       </c>
       <c r="E87" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F87" s="8" t="s">
-[...6 lines deleted...]
-        <v>310</v>
+      <c r="F87" s="8">
+        <v>998732296</v>
+      </c>
+      <c r="G87" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="H87" s="8" t="s">
+        <v>384</v>
       </c>
       <c r="I87" s="8" t="s">
-        <v>213</v>
+        <v>381</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="6" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="B88" s="6" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>110</v>
+        <v>156</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>114</v>
+        <v>157</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>122</v>
       </c>
       <c r="F88" s="8">
-        <v>997012662</v>
+        <v>979790367</v>
       </c>
       <c r="G88" s="9" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>109</v>
+        <v>159</v>
       </c>
       <c r="I88" s="8" t="s">
-        <v>138</v>
+        <v>161</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="6" t="s">
-        <v>736</v>
+      <c r="A89" s="11" t="s">
+        <v>440</v>
       </c>
       <c r="B89" s="6" t="s">
-        <v>737</v>
+        <v>441</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>438</v>
+      </c>
+      <c r="D89" s="12" t="s">
+        <v>442</v>
       </c>
       <c r="E89" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F89" s="8">
-[...12 lines deleted...]
-    <row r="90" spans="1:9" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F89" s="8" t="s">
+        <v>655</v>
+      </c>
+      <c r="G89" s="9" t="s">
+        <v>439</v>
+      </c>
+      <c r="H89" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="I89" s="16" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="6" t="s">
-        <v>479</v>
+        <v>278</v>
       </c>
       <c r="B90" s="6" t="s">
-        <v>478</v>
+        <v>279</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>480</v>
+        <v>280</v>
       </c>
       <c r="D90" s="8" t="s">
-        <v>481</v>
+        <v>281</v>
       </c>
       <c r="E90" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F90" s="8">
-        <v>978710483</v>
+      <c r="F90" s="8" t="s">
+        <v>656</v>
       </c>
       <c r="G90" s="8" t="s">
-        <v>482</v>
+        <v>282</v>
       </c>
       <c r="H90" s="8" t="s">
-        <v>483</v>
+        <v>290</v>
       </c>
       <c r="I90" s="8" t="s">
-        <v>463</v>
-[...7 lines deleted...]
-        <v>683</v>
+        <v>213</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>189</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>684</v>
+        <v>190</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>685</v>
+        <v>191</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="8">
-        <v>56972098101</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>988087024</v>
+      </c>
+      <c r="G91" s="8" t="s">
+        <v>192</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>696</v>
+        <v>623</v>
       </c>
       <c r="I91" s="8" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="6" t="s">
-        <v>593</v>
+        <v>743</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>594</v>
+        <v>744</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>597</v>
+        <v>745</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>595</v>
+        <v>746</v>
       </c>
       <c r="E92" s="8" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="F92" s="8">
-        <v>997426445</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>56991630516</v>
+      </c>
+      <c r="G92" s="30" t="s">
+        <v>747</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>357</v>
+        <v>748</v>
       </c>
       <c r="I92" s="8" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="6" t="s">
-        <v>530</v>
+        <v>312</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>531</v>
+        <v>313</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>532</v>
+        <v>308</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>533</v>
+        <v>311</v>
       </c>
       <c r="E93" s="8" t="s">
-        <v>529</v>
+        <v>11</v>
       </c>
       <c r="F93" s="8" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-        <v>528</v>
+        <v>657</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>309</v>
+      </c>
+      <c r="H93" s="13" t="s">
+        <v>310</v>
       </c>
       <c r="I93" s="8" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="6" t="s">
-        <v>236</v>
+        <v>112</v>
       </c>
       <c r="B94" s="6" t="s">
-        <v>237</v>
+        <v>113</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>233</v>
+        <v>110</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>238</v>
+        <v>114</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>122</v>
+      </c>
+      <c r="F94" s="8">
+        <v>997012662</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>234</v>
+        <v>111</v>
       </c>
       <c r="H94" s="8" t="s">
-        <v>243</v>
+        <v>109</v>
       </c>
       <c r="I94" s="8" t="s">
-        <v>244</v>
+        <v>138</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="6" t="s">
-        <v>548</v>
+        <v>735</v>
       </c>
       <c r="B95" s="6" t="s">
-        <v>549</v>
+        <v>736</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>550</v>
+        <v>737</v>
       </c>
       <c r="D95" s="8" t="s">
-        <v>551</v>
+        <v>738</v>
       </c>
       <c r="E95" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F95" s="8" t="s">
+      <c r="F95" s="8">
+        <v>56977913800</v>
+      </c>
+      <c r="G95" s="30" t="s">
+        <v>739</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>740</v>
+      </c>
+      <c r="I95" s="8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>480</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>481</v>
+      </c>
+      <c r="E96" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="8">
+        <v>978710483</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>482</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="I96" s="8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>795</v>
+      </c>
+      <c r="D97" s="8" t="s">
+        <v>796</v>
+      </c>
+      <c r="E97" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="8">
+        <v>56973373945</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>797</v>
+      </c>
+      <c r="H97" s="8" t="s">
+        <v>798</v>
+      </c>
+      <c r="I97" s="8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>683</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="E98" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="8">
+        <v>56972098101</v>
+      </c>
+      <c r="G98" s="9" t="s">
+        <v>685</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>695</v>
+      </c>
+      <c r="I98" s="8" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>596</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>594</v>
+      </c>
+      <c r="E99" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F99" s="8">
+        <v>997426445</v>
+      </c>
+      <c r="G99" s="8" t="s">
+        <v>595</v>
+      </c>
+      <c r="H99" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="I99" s="8" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>532</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="E100" s="8" t="s">
+        <v>529</v>
+      </c>
+      <c r="F100" s="8" t="s">
+        <v>658</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="H100" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="I100" s="8" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E101" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" s="8" t="s">
+        <v>659</v>
+      </c>
+      <c r="G101" s="9" t="s">
+        <v>234</v>
+      </c>
+      <c r="H101" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="I101" s="8" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>765</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>766</v>
+      </c>
+      <c r="E102" s="8" t="s">
+        <v>767</v>
+      </c>
+      <c r="F102" s="8" t="s">
+        <v>769</v>
+      </c>
+      <c r="G102" s="30" t="s">
+        <v>768</v>
+      </c>
+      <c r="H102" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="I102" s="8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>550</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="E103" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F103" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="G103" s="8" t="s">
+        <v>552</v>
+      </c>
+      <c r="H103" s="8" t="s">
+        <v>553</v>
+      </c>
+      <c r="I103" s="8" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>717</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>718</v>
+      </c>
+      <c r="E104" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F104" s="8">
+        <v>956999748</v>
+      </c>
+      <c r="G104" s="30" t="s">
+        <v>720</v>
+      </c>
+      <c r="H104" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="I104" s="8" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D105" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="E105" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F105" s="8">
+        <v>990014262</v>
+      </c>
+      <c r="G105" s="9" t="s">
+        <v>223</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="I105" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="D106" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="E106" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F106" s="8" t="s">
         <v>661</v>
       </c>
-      <c r="G95" s="8" t="s">
-[...86 lines deleted...]
-      <c r="G98" s="8" t="s">
+      <c r="G106" s="8" t="s">
         <v>286</v>
       </c>
-      <c r="H98" s="8" t="s">
+      <c r="H106" s="8" t="s">
         <v>287</v>
       </c>
-      <c r="I98" s="8" t="s">
+      <c r="I106" s="8" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="99" spans="1:10" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A99" s="6" t="s">
+    <row r="107" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="6" t="s">
         <v>469</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="B107" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="C99" s="7" t="s">
+      <c r="C107" s="7" t="s">
         <v>464</v>
       </c>
-      <c r="D99" s="8" t="s">
+      <c r="D107" s="8" t="s">
         <v>465</v>
-      </c>
-[...231 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E107" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F107" s="8">
+      <c r="F107" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="G107" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="I107" s="8" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="D108" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="E108" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F108" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="G108" s="8" t="s">
+        <v>364</v>
+      </c>
+      <c r="H108" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="I108" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D109" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E109" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F109" s="8">
+        <v>905402065</v>
+      </c>
+      <c r="G109" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H109" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I109" s="8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="D110" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="E110" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F110" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="G110" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="H110" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="I110" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" ht="48" x14ac:dyDescent="0.25">
+      <c r="A111" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>562</v>
+      </c>
+      <c r="D111" s="8" t="s">
+        <v>567</v>
+      </c>
+      <c r="E111" s="8" t="s">
+        <v>563</v>
+      </c>
+      <c r="F111" s="8">
+        <v>944083594</v>
+      </c>
+      <c r="G111" s="9" t="s">
+        <v>566</v>
+      </c>
+      <c r="H111" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="I111" s="8" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" s="3" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="E112" s="8" t="s">
+        <v>418</v>
+      </c>
+      <c r="F112" s="8" t="s">
+        <v>665</v>
+      </c>
+      <c r="G112" s="9" t="s">
+        <v>411</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>412</v>
+      </c>
+      <c r="I112" s="8" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>542</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>547</v>
+      </c>
+      <c r="E113" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="G113" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="H113" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="I113" s="8" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>670</v>
+      </c>
+      <c r="E114" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="F114" s="19" t="s">
+        <v>672</v>
+      </c>
+      <c r="G114" s="9" t="s">
+        <v>673</v>
+      </c>
+      <c r="H114" s="8" t="s">
+        <v>690</v>
+      </c>
+      <c r="I114" s="8" t="s">
+        <v>674</v>
+      </c>
+      <c r="J114" s="20"/>
+    </row>
+    <row r="115" spans="1:10" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="E115" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="8">
         <v>984508825</v>
       </c>
-      <c r="G107" s="8" t="s">
+      <c r="G115" s="8" t="s">
         <v>323</v>
       </c>
-      <c r="H107" s="8" t="s">
+      <c r="H115" s="8" t="s">
         <v>324</v>
       </c>
-      <c r="I107" s="8" t="s">
+      <c r="I115" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="J107" s="20"/>
-[...2 lines deleted...]
-      <c r="A108" s="6" t="s">
+      <c r="J115" s="20"/>
+    </row>
+    <row r="116" spans="1:10" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>772</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>773</v>
+      </c>
+      <c r="E116" s="8" t="s">
+        <v>774</v>
+      </c>
+      <c r="F116" s="8">
+        <v>56973155986</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="H116" s="8" t="s">
+        <v>776</v>
+      </c>
+      <c r="I116" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="J116" s="20"/>
+    </row>
+    <row r="117" spans="1:10" ht="24" x14ac:dyDescent="0.25">
+      <c r="A117" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="B117" s="6" t="s">
         <v>575</v>
       </c>
-      <c r="B108" s="6" t="s">
+      <c r="C117" s="7" t="s">
         <v>576</v>
       </c>
-      <c r="C108" s="7" t="s">
+      <c r="D117" s="8" t="s">
         <v>577</v>
       </c>
-      <c r="D108" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="8" t="s">
+      <c r="E117" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="F108" s="8">
+      <c r="F117" s="8">
         <v>994539935</v>
       </c>
-      <c r="G108" s="8" t="s">
+      <c r="G117" s="8" t="s">
         <v>574</v>
       </c>
-      <c r="H108" s="8" t="s">
+      <c r="H117" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="I108" s="8" t="s">
+      <c r="I117" s="8" t="s">
         <v>539</v>
       </c>
-      <c r="J108" s="20"/>
-[...2 lines deleted...]
-      <c r="A109" s="6" t="s">
+      <c r="J117" s="20"/>
+    </row>
+    <row r="118" spans="1:10" ht="72" x14ac:dyDescent="0.25">
+      <c r="A118" s="6" t="s">
         <v>507</v>
       </c>
-      <c r="B109" s="6" t="s">
+      <c r="B118" s="6" t="s">
         <v>508</v>
       </c>
-      <c r="C109" s="7" t="s">
+      <c r="C118" s="7" t="s">
         <v>509</v>
       </c>
-      <c r="D109" s="8" t="s">
+      <c r="D118" s="8" t="s">
         <v>510</v>
       </c>
-      <c r="E109" s="8" t="s">
+      <c r="E118" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F109" s="8" t="s">
+      <c r="F118" s="8" t="s">
         <v>511</v>
       </c>
-      <c r="G109" s="8" t="s">
+      <c r="G118" s="8" t="s">
         <v>512</v>
       </c>
-      <c r="H109" s="8" t="s">
+      <c r="H118" s="8" t="s">
         <v>513</v>
       </c>
-      <c r="I109" s="8" t="s">
+      <c r="I118" s="8" t="s">
         <v>463</v>
       </c>
-      <c r="J109" s="20"/>
-[...2 lines deleted...]
-      <c r="A110" s="6" t="s">
+      <c r="J118" s="20"/>
+    </row>
+    <row r="119" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A119" s="6" t="s">
         <v>170</v>
       </c>
-      <c r="B110" s="6" t="s">
+      <c r="B119" s="6" t="s">
         <v>168</v>
       </c>
-      <c r="C110" s="7" t="s">
+      <c r="C119" s="7" t="s">
         <v>169</v>
       </c>
-      <c r="D110" s="8" t="s">
+      <c r="D119" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="E110" s="8" t="s">
+      <c r="E119" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F110" s="8">
+      <c r="F119" s="8">
         <v>956673760</v>
       </c>
-      <c r="G110" s="30" t="s">
-[...2 lines deleted...]
-      <c r="H110" s="8" t="s">
+      <c r="G119" s="30" t="s">
+        <v>741</v>
+      </c>
+      <c r="H119" s="8" t="s">
         <v>172</v>
       </c>
-      <c r="I110" s="8" t="s">
+      <c r="I119" s="8" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="112" spans="1:10" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      <c r="G116"/>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A121" s="20"/>
+      <c r="B121" s="20"/>
+      <c r="C121" s="20"/>
+      <c r="D121" s="20"/>
+      <c r="E121" s="20"/>
+      <c r="F121" s="20"/>
+      <c r="G121" s="20"/>
+      <c r="H121" s="20"/>
+      <c r="I121" s="20"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A122" s="20"/>
+      <c r="B122" s="20"/>
+      <c r="C122" s="20"/>
+      <c r="D122" s="20"/>
+      <c r="E122" s="20"/>
+      <c r="F122" s="20"/>
+      <c r="G122" s="20"/>
+      <c r="H122" s="20"/>
+      <c r="I122" s="20"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D123"/>
+      <c r="E123"/>
+      <c r="F123"/>
+      <c r="G123"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D124"/>
+      <c r="E124"/>
+      <c r="F124"/>
+      <c r="G124"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D125"/>
+      <c r="E125"/>
+      <c r="F125"/>
+      <c r="G125"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I110">
-    <sortCondition ref="B2:B110"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I119">
+    <sortCondition ref="B2:B119"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="G101" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="G109" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="G3" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-    <hyperlink ref="G23" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-[...29 lines deleted...]
-    <hyperlink ref="G68" r:id="rId33" xr:uid="{3E5521EB-B779-46D6-BA86-C41625876FD7}"/>
+    <hyperlink ref="G26" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="G77" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="G79" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="G59" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="G63" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="G68" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="G54" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="G21" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="G94" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="G88" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="G93" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="G112" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="G25" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="G89" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="G57" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="G31" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="G20" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="G50" r:id="rId20" xr:uid="{0F4C2A4B-A2B3-42B6-8B7A-19678DA46212}"/>
+    <hyperlink ref="G111" r:id="rId21" xr:uid="{987E2E9E-9990-4D54-ACB8-3F82BCCEC650}"/>
+    <hyperlink ref="G114" r:id="rId22" xr:uid="{C720DF8C-BDD9-444A-A330-B1849B0D45DC}"/>
+    <hyperlink ref="G98" r:id="rId23" xr:uid="{4578F34B-D432-4DB0-B200-793E16953A77}"/>
+    <hyperlink ref="G14" r:id="rId24" xr:uid="{F3114FDB-4C0A-4128-9582-8097EC3DD4DE}"/>
+    <hyperlink ref="G65" r:id="rId25" xr:uid="{6A9FD88A-66EF-456D-9786-10E106194155}"/>
+    <hyperlink ref="G9" r:id="rId26" xr:uid="{6EA0F618-1063-463D-982B-526D814489B9}"/>
+    <hyperlink ref="G40" r:id="rId27" xr:uid="{E3C0D9B3-5D0E-491A-97CD-5F64586AC7AB}"/>
+    <hyperlink ref="G85" r:id="rId28" xr:uid="{15FD522A-59B2-418A-8277-7420C48FBED8}"/>
+    <hyperlink ref="G95" r:id="rId29" xr:uid="{7581400C-185C-4787-960F-F982762379FD}"/>
+    <hyperlink ref="G119" r:id="rId30" display="nvasquez@vasquezvaldes.cl" xr:uid="{3B4205D3-FECD-42D5-9FD5-D614CD22AB55}"/>
+    <hyperlink ref="G92" r:id="rId31" xr:uid="{64AF6D9A-27AA-434F-A75A-7255E65C58FF}"/>
+    <hyperlink ref="G73" r:id="rId32" xr:uid="{9372704B-DF7B-4281-A773-703887E1ADF4}"/>
+    <hyperlink ref="G74" r:id="rId33" xr:uid="{3E5521EB-B779-46D6-BA86-C41625876FD7}"/>
+    <hyperlink ref="G102" r:id="rId34" xr:uid="{50AD0257-E220-4008-8137-DC9B226C84FF}"/>
+    <hyperlink ref="G6" r:id="rId35" xr:uid="{BD6EFE6B-A576-4EEC-936F-D5AC5558F593}"/>
+    <hyperlink ref="G38" r:id="rId36" xr:uid="{D414BEB7-98CC-4E6A-AEC2-B5065C286D16}"/>
+    <hyperlink ref="G42" r:id="rId37" xr:uid="{8B29F244-C332-4A3A-9782-5AC0A4381F8A}"/>
+    <hyperlink ref="G97" r:id="rId38" xr:uid="{856BA583-384F-4FB6-9845-D38A3C26DE91}"/>
+    <hyperlink ref="G12" r:id="rId39" xr:uid="{091E12AD-D60D-41C2-87BF-DF98AE5097D6}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId34"/>
+  <pageSetup paperSize="5" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId40"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>