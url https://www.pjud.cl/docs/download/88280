--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rrecabarren\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\nramirez\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E3E61607-B5F4-4AB8-ACB5-89938084C41E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{181B9D36-9B7C-4110-99C0-E403A21972F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="15" yWindow="690" windowWidth="13245" windowHeight="13005" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja2" sheetId="2" r:id="rId1"/>
     <sheet name="Hoja3" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja2!$A$1:$I$119</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja2!$A$1:$I$121</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1001" uniqueCount="819">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1026" uniqueCount="838">
   <si>
     <t>Rut</t>
   </si>
   <si>
     <t xml:space="preserve">Domicilio </t>
   </si>
   <si>
     <t>Ciudad</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t xml:space="preserve">Materia </t>
   </si>
   <si>
     <t xml:space="preserve">Jurisdicción </t>
   </si>
   <si>
     <t>Nombres</t>
   </si>
   <si>
     <t>Apellidos</t>
   </si>
   <si>
@@ -2020,53 +2020,50 @@
     <t>998898139 712535090</t>
   </si>
   <si>
     <t>950104819 954194514</t>
   </si>
   <si>
     <t>984722392 432640888</t>
   </si>
   <si>
     <t>962388366 229297102</t>
   </si>
   <si>
     <t>998625784 712223486</t>
   </si>
   <si>
     <t>981922927 71225873</t>
   </si>
   <si>
     <t>95014193 712223486</t>
   </si>
   <si>
     <t>98086465 712225873</t>
   </si>
   <si>
     <t>988077997  71-2226159</t>
-  </si>
-[...1 lines deleted...]
-    <t>984489964 732511243</t>
   </si>
   <si>
     <t>995360239 712688695</t>
   </si>
   <si>
     <t>991835639 712225259</t>
   </si>
   <si>
     <t>992272056 26957357</t>
   </si>
   <si>
     <t>986815868  75-2-314190</t>
   </si>
   <si>
     <t>994690400 226711139</t>
   </si>
   <si>
     <t>940732983 940732983</t>
   </si>
   <si>
     <t>935801362 51-2224400</t>
   </si>
   <si>
     <t>1.- Arbitraje civil: - Juez Particional de Bienes Hereditarios y comunidades en general. - Juez Particional de Bienes de Sociedad Conyugal. 2.- Arbitraje Comercial: - Liquidación de sociedad colectiva o encomandita civil y de comunidades.
 - Cuestiones a que diere lugar la presentación de la cuenta del gerente o el liquidador de las sociedades comerciales.
@@ -2504,78 +2501,151 @@
   <si>
     <t>13.916.340-0</t>
   </si>
   <si>
     <t>Compañía de Jesus 1390,  piso 14, oficina 1406</t>
   </si>
   <si>
     <t>saidacc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Derecho de Minería, civil, comercial, laboral, familia y derecho internacional privado. </t>
   </si>
   <si>
     <t>Alejandro Javier</t>
   </si>
   <si>
     <t>Artigas Barrenechea</t>
   </si>
   <si>
     <t>15.363.383-5</t>
   </si>
   <si>
     <t>Presidente Errázuriz, oficina 201, Las Condes</t>
   </si>
   <si>
-    <t>aartigas@ahmm.cl</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Leonardo </t>
   </si>
   <si>
     <t>Mazzei Parodi</t>
   </si>
   <si>
     <t>7.101.298-7</t>
   </si>
   <si>
     <t>Takca</t>
   </si>
   <si>
     <t>9-8958294</t>
   </si>
   <si>
     <t>leonardo@pinochetcia.cl</t>
   </si>
   <si>
     <t>Derecho civil</t>
   </si>
   <si>
     <t xml:space="preserve">Jurisdicción de los Juzgados de Talca, Curicó, Molina, San Javier y Linares. </t>
+  </si>
+  <si>
+    <t>9674094067   22070596</t>
+  </si>
+  <si>
+    <t>aartigas@ahmm.cl, alejandroartigas@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho comercial. Sociedades y conflictos societarios Derecho sucesorio, inmobiliario, de la construcción, responsabilidad civil, Contratos y Derecho de Daños, Participación de comunidades.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nicolás Eduardo </t>
+  </si>
+  <si>
+    <t>Muñoz Chavez</t>
+  </si>
+  <si>
+    <t>18.462.531-8</t>
+  </si>
+  <si>
+    <t>Alonso de Córdova N°5320, oficina
+N°1901, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>Región Metropolitana</t>
+  </si>
+  <si>
+    <t>nmunoz@picandyrios.cl</t>
+  </si>
+  <si>
+    <t>Materias de arbitraje en controversia
+entre socios y accionistas, partición de bienes, liquidaciones de
+sociedades, arbitraje en ley de copropiedad inmobiliaria, y
+comunidades hereditaria y particiones</t>
+  </si>
+  <si>
+    <t>Rojas de Azevedo</t>
+  </si>
+  <si>
+    <t>Ramón Andrés</t>
+  </si>
+  <si>
+    <t>16.913.766-8</t>
+  </si>
+  <si>
+    <t>984489964   732511243</t>
+  </si>
+  <si>
+    <t>rrojas@rojasdeazevedo.cl; rrojas@picandyrios.cl; ramon.rojas@ug.uchile.cl</t>
+  </si>
+  <si>
+    <t>Derecho civil: contratos,
+garantías, responsabilidad civil contractual/extracontractual y partición
+de bienes; derecho comercial: seguros, sociedades, competencia desleal,
+propiedad intelectual, propiedad industrial, conflictos en contrato de
+transporte y conflictos en contratos de construcción; y derecho del
+consumo: acciones individuales, colectivas o difusas,</t>
+  </si>
+  <si>
+    <t>Verdugo Ramírez</t>
+  </si>
+  <si>
+    <t>José Joaquín</t>
+  </si>
+  <si>
+    <t>16.768.298-7</t>
+  </si>
+  <si>
+    <t>Augusto
+Leguía Norte N° 255, departamento 34, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>jverdugo@mvjvarbitraje.com</t>
+  </si>
+  <si>
+    <t>Derecho civil y comercial, contratos y responsabilidad civil, (ii) conflictos
+societarios, (iii) derecho inmobiliario y construcción, (iv) derecho
+sucesorio, (v) derecho eléctrico, (vi) competencia desleal y (vii) arbitraje
+internacional</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -3059,59 +3129,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@PINOCHETCIA.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcaroca@fclabogados.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrerazoabogada@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispinoa@yahoo.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luciaguerreroroco@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPINOABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadofuentesaraya@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bessypla.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aherrera@monhe.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgepinara@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demetriobader@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.opitzabogado@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocaceres@abogadosrioclaro.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernanda.quezada@lizama.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eparot@parotycia.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCABRERA@ASINT.CL" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brevis_juridico@yahoo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfda.mramirez@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.melkon@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@PINOCHETCIA.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcaroca@fclabogados.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrerazoabogada@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SPINOABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadofuentesaraya@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bessypla.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jverdugo@mvjvarbitraje.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aherrera@monhe.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgepinara@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demetriobader@hotmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.opitzabogado@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmunoz@picandyrios.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocaceres@abogadosrioclaro.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernanda.quezada@lizama.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eparot@parotycia.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MCABRERA@ASINT.CL" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brevis_juridico@yahoo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mfda.mramirez@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.melkon@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crsabogados.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispinoa@yahoo.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luciaguerreroroco@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J125"/>
+  <dimension ref="A1:J127"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="G66" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="I69" sqref="I69"/>
+    <sheetView tabSelected="1" topLeftCell="A2" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="I122" sqref="I122"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" customWidth="1"/>
     <col min="2" max="2" width="11.140625" customWidth="1"/>
     <col min="3" max="3" width="12" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="10" style="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="28.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="33.140625" customWidth="1"/>
     <col min="9" max="9" width="30.28515625" customWidth="1"/>
     <col min="10" max="10" width="33" customWidth="1"/>
     <col min="11" max="17" width="16.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C1" s="4" t="s">
@@ -3137,51 +3207,51 @@
       </c>
     </row>
     <row r="2" spans="1:9" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6" t="s">
         <v>457</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>571</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>569</v>
       </c>
       <c r="D2" s="8" t="s">
         <v>572</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>126</v>
       </c>
       <c r="F2" s="8">
         <v>998643261</v>
       </c>
       <c r="G2" s="8" t="s">
         <v>570</v>
       </c>
       <c r="H2" s="8" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="I2" s="8" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>37</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F3" s="8">
         <v>991625916</v>
       </c>
       <c r="G3" s="9" t="s">
@@ -3232,72 +3302,72 @@
       </c>
       <c r="C5" s="7" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>630</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="B6" s="6" t="s">
         <v>777</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="C6" s="7" t="s">
         <v>778</v>
       </c>
-      <c r="C6" s="7" t="s">
+      <c r="D6" s="8" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="8">
         <v>56995493455</v>
       </c>
       <c r="G6" s="30" t="s">
+        <v>780</v>
+      </c>
+      <c r="H6" s="8" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="6" t="s">
         <v>265</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>266</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>267</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>268</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="8">
         <v>971383211</v>
       </c>
       <c r="G7" s="8" t="s">
@@ -3319,220 +3389,220 @@
       </c>
       <c r="C8" s="7" t="s">
         <v>249</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>250</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>631</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>251</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>252</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="26" t="s">
+        <v>702</v>
+      </c>
+      <c r="B9" s="26" t="s">
+        <v>707</v>
+      </c>
+      <c r="C9" s="26" t="s">
         <v>703</v>
       </c>
-      <c r="B9" s="26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="26" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="E9" s="26" t="s">
         <v>32</v>
       </c>
       <c r="F9" s="26">
         <v>56992000188</v>
       </c>
       <c r="G9" s="27" t="s">
+        <v>704</v>
+      </c>
+      <c r="H9" s="26" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="I9" s="28" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
         <v>366</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>365</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>367</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>368</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="8">
         <v>98100081</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>369</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>370</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="B11" s="6" t="s">
         <v>721</v>
       </c>
-      <c r="B11" s="6" t="s">
+      <c r="C11" s="7" t="s">
         <v>722</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="D11" s="8" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="8" t="s">
+        <v>724</v>
+      </c>
+      <c r="G11" s="8" t="s">
         <v>725</v>
       </c>
-      <c r="G11" s="8" t="s">
+      <c r="H11" s="8" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="B12" s="6" t="s">
         <v>805</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="C12" s="7" t="s">
         <v>806</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="D12" s="8" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="F12" s="8">
-        <v>9674094067</v>
+      <c r="F12" s="8" t="s">
+        <v>816</v>
       </c>
       <c r="G12" s="30" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="H12" s="8" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>404</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>405</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>406</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>409</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="8">
         <v>951886618</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>407</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>408</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="21" t="s">
+        <v>685</v>
+      </c>
+      <c r="B14" s="21" t="s">
         <v>686</v>
       </c>
-      <c r="B14" s="21" t="s">
+      <c r="C14" s="21" t="s">
+        <v>698</v>
+      </c>
+      <c r="D14" s="22" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>688</v>
       </c>
       <c r="E14" s="22" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="22">
         <v>998431955</v>
       </c>
       <c r="G14" s="23" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="H14" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="I14" s="22" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>180</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>181</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>183</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>185</v>
       </c>
       <c r="F15" s="8">
         <v>933969890</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>182</v>
       </c>
       <c r="H15" s="8" t="s">
@@ -3696,72 +3766,72 @@
       </c>
       <c r="C21" s="7" t="s">
         <v>105</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>52</v>
       </c>
       <c r="F21" s="8">
         <v>942492252</v>
       </c>
       <c r="G21" s="9" t="s">
         <v>107</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>108</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>799</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="C22" s="7" t="s">
         <v>800</v>
       </c>
-      <c r="C22" s="7" t="s">
+      <c r="D22" s="8" t="s">
         <v>801</v>
-      </c>
-[...1 lines deleted...]
-        <v>802</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F22" s="8">
         <v>978549979</v>
       </c>
       <c r="G22" s="9" t="s">
+        <v>802</v>
+      </c>
+      <c r="H22" s="8" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
         <v>385</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>386</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>387</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>388</v>
       </c>
       <c r="E23" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>634</v>
       </c>
       <c r="G23" s="9" t="s">
@@ -4160,188 +4230,188 @@
       </c>
       <c r="C37" s="7" t="s">
         <v>128</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="8" t="s">
         <v>126</v>
       </c>
       <c r="F37" s="8">
         <v>994487029</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>127</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>129</v>
       </c>
       <c r="I37" s="8" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="B38" s="6" t="s">
         <v>783</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="C38" s="7" t="s">
         <v>784</v>
       </c>
-      <c r="C38" s="7" t="s">
+      <c r="D38" s="8" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
       <c r="E38" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F38" s="8">
         <v>56956272437</v>
       </c>
       <c r="G38" s="30" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>553</v>
       </c>
       <c r="I38" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="6" t="s">
         <v>298</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>299</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>300</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>301</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>642</v>
       </c>
       <c r="G39" s="8" t="s">
         <v>297</v>
       </c>
       <c r="H39" s="8" t="s">
         <v>159</v>
       </c>
       <c r="I39" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="B40" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="B40" s="6" t="s">
+      <c r="C40" s="7" t="s">
         <v>710</v>
       </c>
-      <c r="C40" s="7" t="s">
+      <c r="D40" s="29" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="E40" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="8">
         <v>56999622229</v>
       </c>
       <c r="G40" s="30" t="s">
+        <v>712</v>
+      </c>
+      <c r="H40" s="8" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
       <c r="I40" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E41" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F41" s="8">
         <v>977484369</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>19</v>
       </c>
       <c r="H41" s="8" t="s">
         <v>20</v>
       </c>
       <c r="I41" s="8" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C42" s="7" t="s">
         <v>788</v>
       </c>
-      <c r="C42" s="7" t="s">
+      <c r="D42" s="8" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
       <c r="E42" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="8">
         <v>957581948</v>
       </c>
       <c r="G42" s="30" t="s">
+        <v>790</v>
+      </c>
+      <c r="H42" s="8" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
       <c r="I42" s="8" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
         <v>302</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>303</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>304</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>305</v>
       </c>
       <c r="E43" s="8" t="s">
         <v>624</v>
       </c>
       <c r="F43" s="8">
         <v>998638821</v>
       </c>
       <c r="G43" s="8" t="s">
@@ -4421,75 +4491,75 @@
       </c>
       <c r="C46" s="7" t="s">
         <v>206</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>211</v>
       </c>
       <c r="E46" s="8" t="s">
         <v>212</v>
       </c>
       <c r="F46" s="8">
         <v>951095890</v>
       </c>
       <c r="G46" s="8" t="s">
         <v>207</v>
       </c>
       <c r="H46" s="8" t="s">
         <v>208</v>
       </c>
       <c r="I46" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7" t="s">
+        <v>674</v>
+      </c>
+      <c r="B47" s="7" t="s">
         <v>675</v>
       </c>
-      <c r="B47" s="7" t="s">
+      <c r="C47" s="7" t="s">
         <v>676</v>
       </c>
-      <c r="C47" s="7" t="s">
+      <c r="D47" s="8" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="G47" s="8" t="s">
+        <v>678</v>
+      </c>
+      <c r="H47" s="8" t="s">
         <v>679</v>
       </c>
-      <c r="H47" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" s="8" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
         <v>499</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>500</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>501</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>502</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>503</v>
       </c>
       <c r="F48" s="8">
         <v>991385523</v>
       </c>
       <c r="G48" s="8" t="s">
         <v>498</v>
       </c>
       <c r="H48" s="8" t="s">
@@ -4943,72 +5013,72 @@
       </c>
       <c r="C64" s="7" t="s">
         <v>151</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>152</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="8" t="s">
         <v>648</v>
       </c>
       <c r="G64" s="8" t="s">
         <v>148</v>
       </c>
       <c r="H64" s="8" t="s">
         <v>153</v>
       </c>
       <c r="I64" s="8" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
+        <v>695</v>
+      </c>
+      <c r="B65" s="7" t="s">
         <v>696</v>
       </c>
-      <c r="B65" s="7" t="s">
+      <c r="C65" s="7" t="s">
         <v>697</v>
       </c>
-      <c r="C65" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="7" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="E65" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F65" s="12">
         <v>966281496</v>
       </c>
       <c r="G65" s="25" t="s">
+        <v>699</v>
+      </c>
+      <c r="H65" s="8" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="I65" s="8" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
         <v>315</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>316</v>
       </c>
       <c r="C66" s="7" t="s">
         <v>317</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>301</v>
       </c>
       <c r="E66" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="8" t="s">
         <v>649</v>
       </c>
       <c r="G66" s="8" t="s">
@@ -5048,86 +5118,86 @@
       </c>
       <c r="I67" s="8" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
         <v>91</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C68" s="7" t="s">
         <v>93</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>96</v>
       </c>
       <c r="E68" s="8" t="s">
         <v>52</v>
       </c>
       <c r="F68" s="8" t="s">
         <v>650</v>
       </c>
       <c r="G68" s="30" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="H68" s="8" t="s">
         <v>94</v>
       </c>
       <c r="I68" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>810</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>745</v>
+      </c>
+      <c r="E69" s="8" t="s">
         <v>811</v>
       </c>
-      <c r="B69" s="6" t="s">
+      <c r="F69" s="8" t="s">
         <v>812</v>
       </c>
-      <c r="C69" s="7" t="s">
+      <c r="G69" s="30" t="s">
         <v>813</v>
       </c>
-      <c r="D69" s="8" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="8" t="s">
+      <c r="H69" s="8" t="s">
         <v>814</v>
       </c>
-      <c r="F69" s="8" t="s">
+      <c r="I69" s="17" t="s">
         <v>815</v>
-      </c>
-[...7 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="6" t="s">
         <v>262</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>263</v>
       </c>
       <c r="C70" s="7" t="s">
         <v>259</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>264</v>
       </c>
       <c r="E70" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="8">
         <v>981259955</v>
       </c>
       <c r="G70" s="8" t="s">
         <v>260</v>
       </c>
       <c r="H70" s="8" t="s">
@@ -5175,1503 +5245,1592 @@
       </c>
       <c r="C72" s="7" t="s">
         <v>534</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>535</v>
       </c>
       <c r="E72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="8">
         <v>998879633</v>
       </c>
       <c r="G72" s="8" t="s">
         <v>504</v>
       </c>
       <c r="H72" s="8" t="s">
         <v>536</v>
       </c>
       <c r="I72" s="8" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="B73" s="6" t="s">
         <v>749</v>
       </c>
-      <c r="B73" s="6" t="s">
+      <c r="C73" s="7" t="s">
         <v>750</v>
       </c>
-      <c r="C73" s="7" t="s">
+      <c r="D73" s="8" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E73" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F73" s="8" t="s">
+        <v>753</v>
+      </c>
+      <c r="G73" s="30" t="s">
         <v>754</v>
       </c>
-      <c r="G73" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H73" s="8" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="I73" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="112.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="B74" s="6" t="s">
         <v>756</v>
       </c>
-      <c r="B74" s="6" t="s">
+      <c r="C74" s="7" t="s">
         <v>757</v>
       </c>
-      <c r="C74" s="7" t="s">
+      <c r="D74" s="8" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E74" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F74" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="G74" s="30" t="s">
         <v>760</v>
       </c>
-      <c r="G74" s="30" t="s">
+      <c r="H74" s="8" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="I74" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
         <v>607</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>608</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>604</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>609</v>
       </c>
       <c r="E75" s="8" t="s">
         <v>52</v>
       </c>
       <c r="F75" s="8">
         <v>998746522</v>
       </c>
       <c r="G75" s="8" t="s">
         <v>605</v>
       </c>
       <c r="H75" s="8" t="s">
         <v>606</v>
       </c>
       <c r="I75" s="8" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="76" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" ht="96" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="6" t="s">
-        <v>255</v>
+        <v>819</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>256</v>
+        <v>820</v>
       </c>
       <c r="C76" s="7" t="s">
-        <v>253</v>
+        <v>821</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>258</v>
+        <v>822</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>11</v>
+        <v>823</v>
       </c>
       <c r="F76" s="8">
-        <v>987139490</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>993358768</v>
+      </c>
+      <c r="G76" s="30" t="s">
+        <v>824</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>257</v>
+        <v>825</v>
       </c>
       <c r="I76" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="6" t="s">
-        <v>70</v>
+        <v>255</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>71</v>
+        <v>256</v>
       </c>
       <c r="C77" s="7" t="s">
-        <v>55</v>
+        <v>253</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>72</v>
+        <v>258</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="F77" s="8">
-        <v>994732725</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>987139490</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>254</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>58</v>
+        <v>257</v>
       </c>
       <c r="I77" s="8" t="s">
-        <v>57</v>
+        <v>213</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="6" t="s">
-        <v>376</v>
+        <v>70</v>
       </c>
       <c r="B78" s="6" t="s">
-        <v>377</v>
+        <v>71</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>371</v>
+        <v>55</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>375</v>
+        <v>72</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="F78" s="8">
-        <v>997031636</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>994732725</v>
+      </c>
+      <c r="G78" s="9" t="s">
+        <v>56</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>373</v>
+        <v>58</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>374</v>
+        <v>57</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="8">
+        <v>997031636</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>372</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="I79" s="8" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="B79" s="6" t="s">
+      <c r="B80" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="C79" s="7" t="s">
+      <c r="C80" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="D79" s="8" t="s">
+      <c r="D80" s="8" t="s">
         <v>68</v>
       </c>
-      <c r="E79" s="8" t="s">
+      <c r="E80" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="F79" s="8">
+      <c r="F80" s="8">
         <v>961216506</v>
       </c>
-      <c r="G79" s="9" t="s">
+      <c r="G80" s="9" t="s">
         <v>74</v>
       </c>
-      <c r="H79" s="8" t="s">
+      <c r="H80" s="8" t="s">
         <v>73</v>
-      </c>
-[...27 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I80" s="8" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="81" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="6" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="B81" s="6" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>27</v>
+        <v>117</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="E81" s="8" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>119</v>
+      </c>
+      <c r="F81" s="8">
+        <v>968978841</v>
       </c>
       <c r="G81" s="8" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="H81" s="8" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="I81" s="8" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="6" t="s">
-        <v>419</v>
+        <v>21</v>
       </c>
       <c r="B82" s="6" t="s">
-        <v>420</v>
+        <v>22</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>421</v>
+        <v>27</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>422</v>
+        <v>23</v>
       </c>
       <c r="E82" s="8" t="s">
-        <v>11</v>
+        <v>626</v>
       </c>
       <c r="F82" s="8" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>423</v>
+        <v>24</v>
       </c>
       <c r="H82" s="8" t="s">
-        <v>424</v>
+        <v>25</v>
       </c>
       <c r="I82" s="8" t="s">
-        <v>425</v>
+        <v>141</v>
       </c>
     </row>
     <row r="83" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="E83" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="I83" s="8" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="6" t="s">
         <v>354</v>
       </c>
-      <c r="B83" s="6" t="s">
+      <c r="B84" s="6" t="s">
         <v>355</v>
       </c>
-      <c r="C83" s="7" t="s">
+      <c r="C84" s="7" t="s">
         <v>359</v>
       </c>
-      <c r="D83" s="8" t="s">
+      <c r="D84" s="8" t="s">
         <v>360</v>
       </c>
-      <c r="E83" s="8" t="s">
+      <c r="E84" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="F83" s="8">
+      <c r="F84" s="8">
         <v>984137846</v>
       </c>
-      <c r="G83" s="8" t="s">
+      <c r="G84" s="8" t="s">
         <v>356</v>
       </c>
-      <c r="H83" s="8" t="s">
+      <c r="H84" s="8" t="s">
         <v>357</v>
       </c>
-      <c r="I83" s="8" t="s">
+      <c r="I84" s="8" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="6" t="s">
+    <row r="85" spans="1:9" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="6" t="s">
         <v>291</v>
       </c>
-      <c r="B84" s="6" t="s">
+      <c r="B85" s="6" t="s">
         <v>292</v>
       </c>
-      <c r="C84" s="7" t="s">
+      <c r="C85" s="7" t="s">
         <v>295</v>
       </c>
-      <c r="D84" s="8" t="s">
+      <c r="D85" s="8" t="s">
         <v>293</v>
-      </c>
-[...27 lines deleted...]
-        <v>731</v>
       </c>
       <c r="E85" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="8" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-        <v>733</v>
+        <v>654</v>
+      </c>
+      <c r="G85" s="8" t="s">
+        <v>294</v>
       </c>
       <c r="H85" s="8" t="s">
-        <v>734</v>
+        <v>296</v>
       </c>
       <c r="I85" s="8" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="6" t="s">
-        <v>391</v>
+        <v>727</v>
       </c>
       <c r="B86" s="6" t="s">
-        <v>392</v>
+        <v>728</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>393</v>
+        <v>729</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>394</v>
+        <v>730</v>
       </c>
       <c r="E86" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F86" s="8">
-[...3 lines deleted...]
-        <v>395</v>
+      <c r="F86" s="8" t="s">
+        <v>731</v>
+      </c>
+      <c r="G86" s="30" t="s">
+        <v>732</v>
       </c>
       <c r="H86" s="8" t="s">
-        <v>396</v>
+        <v>733</v>
       </c>
       <c r="I86" s="8" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="6" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="B87" s="6" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>378</v>
+        <v>393</v>
       </c>
       <c r="D87" s="8" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
       <c r="E87" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="8">
-        <v>998732296</v>
+        <v>996392959</v>
       </c>
       <c r="G87" s="8" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="H87" s="8" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="I87" s="8" t="s">
-        <v>381</v>
+        <v>213</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="D88" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="E88" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" s="8">
+        <v>998732296</v>
+      </c>
+      <c r="G88" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="H88" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="I88" s="8" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="B89" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="C88" s="7" t="s">
+      <c r="C89" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="D88" s="8" t="s">
+      <c r="D89" s="8" t="s">
         <v>157</v>
       </c>
-      <c r="E88" s="8" t="s">
+      <c r="E89" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="F88" s="8">
+      <c r="F89" s="8">
         <v>979790367</v>
       </c>
-      <c r="G88" s="9" t="s">
+      <c r="G89" s="9" t="s">
         <v>158</v>
       </c>
-      <c r="H88" s="8" t="s">
+      <c r="H89" s="8" t="s">
         <v>159</v>
       </c>
-      <c r="I88" s="8" t="s">
+      <c r="I89" s="8" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="89" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="11" t="s">
+    <row r="90" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="11" t="s">
         <v>440</v>
       </c>
-      <c r="B89" s="6" t="s">
+      <c r="B90" s="6" t="s">
         <v>441</v>
       </c>
-      <c r="C89" s="7" t="s">
+      <c r="C90" s="7" t="s">
         <v>438</v>
       </c>
-      <c r="D89" s="12" t="s">
+      <c r="D90" s="12" t="s">
         <v>442</v>
-      </c>
-[...27 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E90" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="8" t="s">
-        <v>656</v>
-[...8 lines deleted...]
-        <v>213</v>
+        <v>655</v>
+      </c>
+      <c r="G90" s="9" t="s">
+        <v>439</v>
+      </c>
+      <c r="H90" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="I90" s="16" t="s">
+        <v>437</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="6" t="s">
-        <v>188</v>
+        <v>278</v>
       </c>
       <c r="B91" s="6" t="s">
-        <v>189</v>
+        <v>279</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>190</v>
+        <v>280</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>191</v>
+        <v>281</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F91" s="8">
-        <v>988087024</v>
+      <c r="F91" s="8" t="s">
+        <v>656</v>
       </c>
       <c r="G91" s="8" t="s">
-        <v>192</v>
+        <v>282</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>623</v>
+        <v>290</v>
       </c>
       <c r="I91" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="6" t="s">
-        <v>743</v>
+        <v>188</v>
       </c>
       <c r="B92" s="6" t="s">
-        <v>744</v>
+        <v>189</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>745</v>
+        <v>190</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>746</v>
+        <v>191</v>
       </c>
       <c r="E92" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="8">
-        <v>56991630516</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>988087024</v>
+      </c>
+      <c r="G92" s="8" t="s">
+        <v>192</v>
       </c>
       <c r="H92" s="8" t="s">
-        <v>748</v>
+        <v>623</v>
       </c>
       <c r="I92" s="8" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="93" spans="1:9" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="6" t="s">
-        <v>312</v>
+        <v>742</v>
       </c>
       <c r="B93" s="6" t="s">
-        <v>313</v>
+        <v>743</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>308</v>
+        <v>744</v>
       </c>
       <c r="D93" s="8" t="s">
-        <v>311</v>
+        <v>745</v>
       </c>
       <c r="E93" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F93" s="8" t="s">
+      <c r="F93" s="8">
+        <v>56991630516</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>746</v>
+      </c>
+      <c r="H93" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="I93" s="8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="8" t="s">
         <v>657</v>
       </c>
-      <c r="G93" s="30" t="s">
+      <c r="G94" s="30" t="s">
         <v>309</v>
       </c>
-      <c r="H93" s="13" t="s">
+      <c r="H94" s="13" t="s">
         <v>310</v>
       </c>
-      <c r="I93" s="8" t="s">
+      <c r="I94" s="8" t="s">
         <v>213</v>
-      </c>
-[...27 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="E95" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="F95" s="8">
+        <v>997012662</v>
+      </c>
+      <c r="G95" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="I95" s="8" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="B96" s="6" t="s">
         <v>735</v>
       </c>
-      <c r="B95" s="6" t="s">
+      <c r="C96" s="7" t="s">
         <v>736</v>
       </c>
-      <c r="C95" s="7" t="s">
+      <c r="D96" s="8" t="s">
         <v>737</v>
-      </c>
-[...30 lines deleted...]
-        <v>481</v>
       </c>
       <c r="E96" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="8">
-        <v>978710483</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>56977913800</v>
+      </c>
+      <c r="G96" s="30" t="s">
+        <v>738</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>483</v>
+        <v>739</v>
       </c>
       <c r="I96" s="8" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="6" t="s">
-        <v>793</v>
+        <v>479</v>
       </c>
       <c r="B97" s="6" t="s">
-        <v>794</v>
+        <v>478</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>795</v>
+        <v>480</v>
       </c>
       <c r="D97" s="8" t="s">
-        <v>796</v>
+        <v>481</v>
       </c>
       <c r="E97" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="8">
-        <v>56973373945</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>978710483</v>
+      </c>
+      <c r="G97" s="8" t="s">
+        <v>482</v>
       </c>
       <c r="H97" s="8" t="s">
-        <v>798</v>
+        <v>483</v>
       </c>
       <c r="I97" s="8" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>682</v>
+    <row r="98" spans="1:9" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>793</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>683</v>
+        <v>794</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>684</v>
+        <v>795</v>
       </c>
       <c r="E98" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="8">
+        <v>56973373945</v>
+      </c>
+      <c r="G98" s="30" t="s">
+        <v>796</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>797</v>
+      </c>
+      <c r="I98" s="8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>681</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>682</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>683</v>
+      </c>
+      <c r="E99" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="8">
         <v>56972098101</v>
       </c>
-      <c r="G98" s="9" t="s">
-[...5 lines deleted...]
-      <c r="I98" s="8" t="s">
+      <c r="G99" s="9" t="s">
+        <v>684</v>
+      </c>
+      <c r="H99" s="8" t="s">
         <v>694</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A99" s="6" t="s">
+      <c r="I99" s="8" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="6" t="s">
         <v>592</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="B100" s="6" t="s">
         <v>593</v>
       </c>
-      <c r="C99" s="7" t="s">
+      <c r="C100" s="7" t="s">
         <v>596</v>
       </c>
-      <c r="D99" s="8" t="s">
+      <c r="D100" s="8" t="s">
         <v>594</v>
       </c>
-      <c r="E99" s="8" t="s">
+      <c r="E100" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="F99" s="8">
+      <c r="F100" s="8">
         <v>997426445</v>
       </c>
-      <c r="G99" s="8" t="s">
+      <c r="G100" s="8" t="s">
         <v>595</v>
       </c>
-      <c r="H99" s="8" t="s">
+      <c r="H100" s="8" t="s">
         <v>357</v>
       </c>
-      <c r="I99" s="8" t="s">
+      <c r="I100" s="8" t="s">
         <v>358</v>
-      </c>
-[...27 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="6" t="s">
-        <v>236</v>
+        <v>530</v>
       </c>
       <c r="B101" s="6" t="s">
-        <v>237</v>
+        <v>531</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>233</v>
+        <v>532</v>
       </c>
       <c r="D101" s="8" t="s">
-        <v>238</v>
+        <v>533</v>
       </c>
       <c r="E101" s="8" t="s">
-        <v>11</v>
+        <v>529</v>
       </c>
       <c r="F101" s="8" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>829</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>527</v>
       </c>
       <c r="H101" s="8" t="s">
-        <v>243</v>
+        <v>528</v>
       </c>
       <c r="I101" s="8" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="6" t="s">
-        <v>763</v>
+        <v>827</v>
       </c>
       <c r="B102" s="6" t="s">
-        <v>764</v>
+        <v>826</v>
       </c>
       <c r="C102" s="7" t="s">
-        <v>765</v>
+        <v>828</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>766</v>
+        <v>822</v>
       </c>
       <c r="E102" s="8" t="s">
-        <v>767</v>
-[...5 lines deleted...]
-        <v>768</v>
+        <v>823</v>
+      </c>
+      <c r="F102" s="8">
+        <v>932379652</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>830</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>159</v>
+        <v>831</v>
       </c>
       <c r="I102" s="8" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="103" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="6" t="s">
-        <v>548</v>
+        <v>236</v>
       </c>
       <c r="B103" s="6" t="s">
-        <v>549</v>
+        <v>237</v>
       </c>
       <c r="C103" s="7" t="s">
-        <v>550</v>
+        <v>233</v>
       </c>
       <c r="D103" s="8" t="s">
-        <v>551</v>
+        <v>238</v>
       </c>
       <c r="E103" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="8" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>658</v>
+      </c>
+      <c r="G103" s="9" t="s">
+        <v>234</v>
       </c>
       <c r="H103" s="8" t="s">
-        <v>553</v>
+        <v>243</v>
       </c>
       <c r="I103" s="8" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:9" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="6" t="s">
-        <v>715</v>
+        <v>762</v>
       </c>
       <c r="B104" s="6" t="s">
-        <v>716</v>
+        <v>763</v>
       </c>
       <c r="C104" s="7" t="s">
-        <v>717</v>
+        <v>764</v>
       </c>
       <c r="D104" s="8" t="s">
-        <v>718</v>
+        <v>765</v>
       </c>
       <c r="E104" s="8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>956999748</v>
+        <v>766</v>
+      </c>
+      <c r="F104" s="8" t="s">
+        <v>768</v>
       </c>
       <c r="G104" s="30" t="s">
-        <v>720</v>
+        <v>767</v>
       </c>
       <c r="H104" s="8" t="s">
-        <v>719</v>
+        <v>159</v>
       </c>
       <c r="I104" s="8" t="s">
-        <v>358</v>
+        <v>463</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="6" t="s">
-        <v>224</v>
+        <v>548</v>
       </c>
       <c r="B105" s="6" t="s">
-        <v>225</v>
+        <v>549</v>
       </c>
       <c r="C105" s="7" t="s">
-        <v>222</v>
+        <v>550</v>
       </c>
       <c r="D105" s="8" t="s">
-        <v>226</v>
+        <v>551</v>
       </c>
       <c r="E105" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>223</v>
+        <v>11</v>
+      </c>
+      <c r="F105" s="8" t="s">
+        <v>659</v>
+      </c>
+      <c r="G105" s="8" t="s">
+        <v>552</v>
       </c>
       <c r="H105" s="8" t="s">
-        <v>227</v>
+        <v>553</v>
       </c>
       <c r="I105" s="8" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="6" t="s">
-        <v>283</v>
+        <v>714</v>
       </c>
       <c r="B106" s="6" t="s">
-        <v>284</v>
+        <v>715</v>
       </c>
       <c r="C106" s="7" t="s">
-        <v>285</v>
+        <v>716</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>289</v>
+        <v>717</v>
       </c>
       <c r="E106" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>286</v>
+        <v>52</v>
+      </c>
+      <c r="F106" s="8">
+        <v>956999748</v>
+      </c>
+      <c r="G106" s="30" t="s">
+        <v>719</v>
       </c>
       <c r="H106" s="8" t="s">
-        <v>287</v>
+        <v>718</v>
       </c>
       <c r="I106" s="8" t="s">
-        <v>288</v>
+        <v>358</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="6" t="s">
-        <v>469</v>
+        <v>224</v>
       </c>
       <c r="B107" s="6" t="s">
-        <v>470</v>
+        <v>225</v>
       </c>
       <c r="C107" s="7" t="s">
-        <v>464</v>
+        <v>222</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>465</v>
+        <v>226</v>
       </c>
       <c r="E107" s="8" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>466</v>
+        <v>32</v>
+      </c>
+      <c r="F107" s="8">
+        <v>990014262</v>
+      </c>
+      <c r="G107" s="9" t="s">
+        <v>223</v>
       </c>
       <c r="H107" s="8" t="s">
-        <v>467</v>
+        <v>227</v>
       </c>
       <c r="I107" s="8" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:9" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="6" t="s">
-        <v>361</v>
+        <v>283</v>
       </c>
       <c r="B108" s="6" t="s">
-        <v>362</v>
+        <v>284</v>
       </c>
       <c r="C108" s="7" t="s">
-        <v>363</v>
+        <v>285</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>250</v>
+        <v>289</v>
       </c>
       <c r="E108" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F108" s="8" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="G108" s="8" t="s">
-        <v>364</v>
+        <v>286</v>
       </c>
       <c r="H108" s="8" t="s">
-        <v>252</v>
+        <v>287</v>
       </c>
       <c r="I108" s="8" t="s">
-        <v>213</v>
+        <v>288</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="6" t="s">
-        <v>29</v>
+        <v>469</v>
       </c>
       <c r="B109" s="6" t="s">
-        <v>28</v>
+        <v>470</v>
       </c>
       <c r="C109" s="7" t="s">
-        <v>30</v>
+        <v>464</v>
       </c>
       <c r="D109" s="8" t="s">
-        <v>31</v>
+        <v>465</v>
       </c>
       <c r="E109" s="8" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>11</v>
+      </c>
+      <c r="F109" s="8" t="s">
+        <v>661</v>
+      </c>
+      <c r="G109" s="8" t="s">
+        <v>466</v>
       </c>
       <c r="H109" s="8" t="s">
-        <v>34</v>
+        <v>467</v>
       </c>
       <c r="I109" s="8" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:9" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="6" t="s">
-        <v>199</v>
+        <v>361</v>
       </c>
       <c r="B110" s="6" t="s">
-        <v>200</v>
+        <v>362</v>
       </c>
       <c r="C110" s="7" t="s">
-        <v>201</v>
+        <v>363</v>
       </c>
       <c r="D110" s="8" t="s">
-        <v>202</v>
+        <v>250</v>
       </c>
       <c r="E110" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F110" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="G110" s="8" t="s">
-        <v>203</v>
+        <v>364</v>
       </c>
       <c r="H110" s="8" t="s">
-        <v>204</v>
+        <v>252</v>
       </c>
       <c r="I110" s="8" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="111" spans="1:9" ht="48" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D111" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E111" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F111" s="8">
+        <v>905402065</v>
+      </c>
+      <c r="G111" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H111" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I111" s="8" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="E112" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F112" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="G112" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="I112" s="8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="48" x14ac:dyDescent="0.25">
+      <c r="A113" s="6" t="s">
         <v>564</v>
       </c>
-      <c r="B111" s="6" t="s">
+      <c r="B113" s="6" t="s">
         <v>565</v>
       </c>
-      <c r="C111" s="7" t="s">
+      <c r="C113" s="7" t="s">
         <v>562</v>
       </c>
-      <c r="D111" s="8" t="s">
+      <c r="D113" s="8" t="s">
         <v>567</v>
       </c>
-      <c r="E111" s="8" t="s">
+      <c r="E113" s="8" t="s">
         <v>563</v>
       </c>
-      <c r="F111" s="8">
+      <c r="F113" s="8">
         <v>944083594</v>
       </c>
-      <c r="G111" s="9" t="s">
+      <c r="G113" s="9" t="s">
         <v>566</v>
       </c>
-      <c r="H111" s="8" t="s">
+      <c r="H113" s="8" t="s">
         <v>568</v>
       </c>
-      <c r="I111" s="8" t="s">
+      <c r="I113" s="8" t="s">
         <v>539</v>
       </c>
     </row>
-    <row r="112" spans="1:9" s="3" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="6" t="s">
+    <row r="114" spans="1:10" s="3" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="6" t="s">
         <v>414</v>
       </c>
-      <c r="B112" s="6" t="s">
+      <c r="B114" s="6" t="s">
         <v>415</v>
       </c>
-      <c r="C112" s="7" t="s">
+      <c r="C114" s="7" t="s">
         <v>416</v>
       </c>
-      <c r="D112" s="8" t="s">
+      <c r="D114" s="8" t="s">
         <v>417</v>
       </c>
-      <c r="E112" s="8" t="s">
+      <c r="E114" s="8" t="s">
         <v>418</v>
       </c>
-      <c r="F112" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G112" s="9" t="s">
+      <c r="F114" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="G114" s="9" t="s">
         <v>411</v>
       </c>
-      <c r="H112" s="8" t="s">
+      <c r="H114" s="8" t="s">
         <v>412</v>
       </c>
-      <c r="I112" s="8" t="s">
+      <c r="I114" s="8" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="113" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="6" t="s">
+    <row r="115" spans="1:10" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="B113" s="6" t="s">
+      <c r="B115" s="6" t="s">
         <v>541</v>
       </c>
-      <c r="C113" s="7" t="s">
+      <c r="C115" s="7" t="s">
         <v>542</v>
       </c>
-      <c r="D113" s="8" t="s">
+      <c r="D115" s="8" t="s">
         <v>547</v>
-      </c>
-[...57 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="F115" s="8">
+      <c r="F115" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="G115" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="H115" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="I115" s="8" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="7" t="s">
+        <v>666</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>667</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>669</v>
+      </c>
+      <c r="E116" s="8" t="s">
+        <v>670</v>
+      </c>
+      <c r="F116" s="19" t="s">
+        <v>671</v>
+      </c>
+      <c r="G116" s="9" t="s">
+        <v>672</v>
+      </c>
+      <c r="H116" s="8" t="s">
+        <v>689</v>
+      </c>
+      <c r="I116" s="8" t="s">
+        <v>673</v>
+      </c>
+      <c r="J116" s="20"/>
+    </row>
+    <row r="117" spans="1:10" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="D117" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="E117" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="8">
         <v>984508825</v>
       </c>
-      <c r="G115" s="8" t="s">
+      <c r="G117" s="8" t="s">
         <v>323</v>
       </c>
-      <c r="H115" s="8" t="s">
+      <c r="H117" s="8" t="s">
         <v>324</v>
       </c>
-      <c r="I115" s="8" t="s">
+      <c r="I117" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="J115" s="20"/>
-[...2 lines deleted...]
-      <c r="A116" s="6" t="s">
+      <c r="J117" s="20"/>
+    </row>
+    <row r="118" spans="1:10" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="B118" s="6" t="s">
         <v>770</v>
       </c>
-      <c r="B116" s="6" t="s">
+      <c r="C118" s="7" t="s">
         <v>771</v>
       </c>
-      <c r="C116" s="7" t="s">
+      <c r="D118" s="8" t="s">
         <v>772</v>
       </c>
-      <c r="D116" s="8" t="s">
+      <c r="E118" s="8" t="s">
         <v>773</v>
       </c>
-      <c r="E116" s="8" t="s">
+      <c r="F118" s="8">
+        <v>56973155986</v>
+      </c>
+      <c r="G118" s="8" t="s">
         <v>774</v>
       </c>
-      <c r="F116" s="8">
-[...2 lines deleted...]
-      <c r="G116" s="8" t="s">
+      <c r="H118" s="8" t="s">
         <v>775</v>
       </c>
-      <c r="H116" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I116" s="8" t="s">
+      <c r="I118" s="8" t="s">
         <v>136</v>
       </c>
-      <c r="J116" s="20"/>
-[...2 lines deleted...]
-      <c r="A117" s="6" t="s">
+      <c r="J118" s="20"/>
+    </row>
+    <row r="119" spans="1:10" ht="24" x14ac:dyDescent="0.25">
+      <c r="A119" s="6" t="s">
         <v>351</v>
       </c>
-      <c r="B117" s="6" t="s">
+      <c r="B119" s="6" t="s">
         <v>575</v>
       </c>
-      <c r="C117" s="7" t="s">
+      <c r="C119" s="7" t="s">
         <v>576</v>
       </c>
-      <c r="D117" s="8" t="s">
+      <c r="D119" s="8" t="s">
         <v>577</v>
       </c>
-      <c r="E117" s="8" t="s">
+      <c r="E119" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="F117" s="8">
+      <c r="F119" s="8">
         <v>994539935</v>
       </c>
-      <c r="G117" s="8" t="s">
+      <c r="G119" s="8" t="s">
         <v>574</v>
-      </c>
-[...58 lines deleted...]
-        <v>741</v>
       </c>
       <c r="H119" s="8" t="s">
         <v>172</v>
       </c>
       <c r="I119" s="8" t="s">
+        <v>539</v>
+      </c>
+      <c r="J119" s="20"/>
+    </row>
+    <row r="120" spans="1:10" ht="72" x14ac:dyDescent="0.25">
+      <c r="A120" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="D120" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="E120" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="G120" s="8" t="s">
+        <v>512</v>
+      </c>
+      <c r="H120" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="I120" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="J120" s="20"/>
+    </row>
+    <row r="121" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A121" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D121" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="E121" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="8">
+        <v>956673760</v>
+      </c>
+      <c r="G121" s="30" t="s">
+        <v>740</v>
+      </c>
+      <c r="H121" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="I121" s="8" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="121" spans="1:10" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="I122" s="20"/>
+    <row r="122" spans="1:10" s="29" customFormat="1" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="B122" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="C122" s="8" t="s">
+        <v>834</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>835</v>
+      </c>
+      <c r="E122" s="8" t="s">
+        <v>823</v>
+      </c>
+      <c r="F122" s="8">
+        <v>932192010</v>
+      </c>
+      <c r="G122" s="30" t="s">
+        <v>836</v>
+      </c>
+      <c r="H122" s="8" t="s">
+        <v>837</v>
+      </c>
+      <c r="I122" s="8" t="s">
+        <v>136</v>
+      </c>
     </row>
     <row r="123" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="D123"/>
-[...2 lines deleted...]
-      <c r="G123"/>
+      <c r="A123" s="20"/>
+      <c r="B123" s="20"/>
+      <c r="C123" s="20"/>
+      <c r="D123" s="20"/>
+      <c r="E123" s="20"/>
+      <c r="F123" s="20"/>
+      <c r="G123" s="20"/>
+      <c r="H123" s="20"/>
+      <c r="I123" s="20"/>
     </row>
     <row r="124" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="D124"/>
-[...2 lines deleted...]
-      <c r="G124"/>
+      <c r="A124" s="20"/>
+      <c r="B124" s="20"/>
+      <c r="C124" s="20"/>
+      <c r="D124" s="20"/>
+      <c r="E124" s="20"/>
+      <c r="F124" s="20"/>
+      <c r="G124" s="20"/>
+      <c r="H124" s="20"/>
+      <c r="I124" s="20"/>
     </row>
     <row r="125" spans="1:10" x14ac:dyDescent="0.25">
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
     </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D126"/>
+      <c r="E126"/>
+      <c r="F126"/>
+      <c r="G126"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="D127"/>
+      <c r="E127"/>
+      <c r="F127"/>
+      <c r="G127"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I119">
-    <sortCondition ref="B2:B119"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I121">
+    <sortCondition ref="B2:B121"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="G109" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="G111" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="G3" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="G26" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-    <hyperlink ref="G77" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
-    <hyperlink ref="G79" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="G78" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="G80" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="G59" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="G63" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="G68" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="G54" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="G21" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
-    <hyperlink ref="G94" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
-[...2 lines deleted...]
-    <hyperlink ref="G112" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="G95" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="G89" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="G94" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="G114" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="G25" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
-    <hyperlink ref="G89" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="G90" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="G57" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="G31" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="G20" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="G50" r:id="rId20" xr:uid="{0F4C2A4B-A2B3-42B6-8B7A-19678DA46212}"/>
-    <hyperlink ref="G111" r:id="rId21" xr:uid="{987E2E9E-9990-4D54-ACB8-3F82BCCEC650}"/>
-[...1 lines deleted...]
-    <hyperlink ref="G98" r:id="rId23" xr:uid="{4578F34B-D432-4DB0-B200-793E16953A77}"/>
+    <hyperlink ref="G113" r:id="rId21" xr:uid="{987E2E9E-9990-4D54-ACB8-3F82BCCEC650}"/>
+    <hyperlink ref="G116" r:id="rId22" xr:uid="{C720DF8C-BDD9-444A-A330-B1849B0D45DC}"/>
+    <hyperlink ref="G99" r:id="rId23" xr:uid="{4578F34B-D432-4DB0-B200-793E16953A77}"/>
     <hyperlink ref="G14" r:id="rId24" xr:uid="{F3114FDB-4C0A-4128-9582-8097EC3DD4DE}"/>
     <hyperlink ref="G65" r:id="rId25" xr:uid="{6A9FD88A-66EF-456D-9786-10E106194155}"/>
     <hyperlink ref="G9" r:id="rId26" xr:uid="{6EA0F618-1063-463D-982B-526D814489B9}"/>
     <hyperlink ref="G40" r:id="rId27" xr:uid="{E3C0D9B3-5D0E-491A-97CD-5F64586AC7AB}"/>
-    <hyperlink ref="G85" r:id="rId28" xr:uid="{15FD522A-59B2-418A-8277-7420C48FBED8}"/>
-[...2 lines deleted...]
-    <hyperlink ref="G92" r:id="rId31" xr:uid="{64AF6D9A-27AA-434F-A75A-7255E65C58FF}"/>
+    <hyperlink ref="G86" r:id="rId28" xr:uid="{15FD522A-59B2-418A-8277-7420C48FBED8}"/>
+    <hyperlink ref="G96" r:id="rId29" xr:uid="{7581400C-185C-4787-960F-F982762379FD}"/>
+    <hyperlink ref="G121" r:id="rId30" display="nvasquez@vasquezvaldes.cl" xr:uid="{3B4205D3-FECD-42D5-9FD5-D614CD22AB55}"/>
+    <hyperlink ref="G93" r:id="rId31" xr:uid="{64AF6D9A-27AA-434F-A75A-7255E65C58FF}"/>
     <hyperlink ref="G73" r:id="rId32" xr:uid="{9372704B-DF7B-4281-A773-703887E1ADF4}"/>
     <hyperlink ref="G74" r:id="rId33" xr:uid="{3E5521EB-B779-46D6-BA86-C41625876FD7}"/>
-    <hyperlink ref="G102" r:id="rId34" xr:uid="{50AD0257-E220-4008-8137-DC9B226C84FF}"/>
+    <hyperlink ref="G104" r:id="rId34" xr:uid="{50AD0257-E220-4008-8137-DC9B226C84FF}"/>
     <hyperlink ref="G6" r:id="rId35" xr:uid="{BD6EFE6B-A576-4EEC-936F-D5AC5558F593}"/>
     <hyperlink ref="G38" r:id="rId36" xr:uid="{D414BEB7-98CC-4E6A-AEC2-B5065C286D16}"/>
     <hyperlink ref="G42" r:id="rId37" xr:uid="{8B29F244-C332-4A3A-9782-5AC0A4381F8A}"/>
-    <hyperlink ref="G97" r:id="rId38" xr:uid="{856BA583-384F-4FB6-9845-D38A3C26DE91}"/>
-    <hyperlink ref="G12" r:id="rId39" xr:uid="{091E12AD-D60D-41C2-87BF-DF98AE5097D6}"/>
+    <hyperlink ref="G98" r:id="rId38" xr:uid="{856BA583-384F-4FB6-9845-D38A3C26DE91}"/>
+    <hyperlink ref="G12" r:id="rId39" display="aartigas@ahmm.cl" xr:uid="{091E12AD-D60D-41C2-87BF-DF98AE5097D6}"/>
+    <hyperlink ref="G76" r:id="rId40" xr:uid="{D561AF45-A7F7-4DF7-9ACB-425D026CFFEA}"/>
+    <hyperlink ref="G122" r:id="rId41" xr:uid="{CA86012B-CB74-423F-BA2F-78323AC0B5E7}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId40"/>
+  <pageSetup paperSize="5" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId42"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>