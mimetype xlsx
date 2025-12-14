--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,150 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dbascunan\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\HNP6PQI6\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\cvalencia\Scaner\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B72969F2-DC47-40A6-BFDD-105B33756607}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3D090E7-910C-436F-A3BD-C59AFFC483E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2340" yWindow="2340" windowWidth="28800" windowHeight="11250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13290" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="JUECES INSCRITOS Y NUEVOS" sheetId="1" r:id="rId1"/>
-    <sheet name="correos electronicos nuevos" sheetId="5" r:id="rId2"/>
+    <sheet name="JUECES ARBITROS 2026 Y NUEVOS" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="1336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="990" uniqueCount="853">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DIRECCIÓN</t>
   </si>
   <si>
     <t>TELEFONOS</t>
   </si>
   <si>
     <t>CORREO ELECTRÓNICO</t>
   </si>
   <si>
     <t>ESPECIALIDAD</t>
   </si>
   <si>
     <t>TERRITORIO PREFERENTE</t>
   </si>
   <si>
     <t>BARRIENTOS OSSA, MARIO RAMON</t>
   </si>
   <si>
     <t>722583212-2583213</t>
   </si>
   <si>
     <t>Territorio region de O´Higgins</t>
   </si>
   <si>
     <t>Avda. Goycolea N° 0997, La Cisterna Santiago</t>
   </si>
   <si>
     <t>margarette.barrioss@gmail.com</t>
   </si>
   <si>
     <t>Tribunales de la jurisdicción</t>
   </si>
   <si>
     <t>BENITEZ RAMIREZ, EUGENIO</t>
   </si>
   <si>
     <t>ebenitezabogado@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Territorio Jurisdicional de los Juzgados Civiles de la comunas de Rancagua y en territorios de todos los Juzgados con competencia común de la jurisdicción</t>
   </si>
   <si>
     <t>BOBADILLA QUINTEROS, GASTON 
 ALEJANDRO</t>
   </si>
   <si>
     <t>722537579-996471113</t>
   </si>
   <si>
     <t>bobadilla.gaston@gmail.com</t>
   </si>
   <si>
-    <t>Toda la Sexta Región</t>
-[...1 lines deleted...]
-  <si>
     <t>BUAMSCHA SALVADOR, FELIPE ALEJANDRO</t>
   </si>
   <si>
     <t>Rubio N° 285, oficina 603, Rancagua, Edificio Andrés Bello</t>
   </si>
   <si>
     <t>722242875-987501090</t>
   </si>
   <si>
     <t>felipebuamscha@hotmail.com</t>
   </si>
   <si>
     <t>Todo el territorio de la jurisdicción</t>
   </si>
   <si>
     <t>CACERES CONTRERAS, SAIDA GEMITA</t>
-  </si>
-[...1 lines deleted...]
-    <t>Compañía de Jesús N° 1390 oficina 1406, Santiago</t>
   </si>
   <si>
     <t>226992138-978549979</t>
   </si>
   <si>
     <t>saidacc@gmail.com</t>
   </si>
   <si>
     <t>pcaglevic@crsabogados.cl</t>
   </si>
   <si>
     <t>Totalidad de los Tribunales ordinarios de la jurisdicción</t>
   </si>
   <si>
     <t>CAJAS HARVEY, 
 GLADYS ANDREA</t>
   </si>
   <si>
     <t>Chacabuco N° 748, San Fernando</t>
   </si>
   <si>
     <t>722719593-977583943</t>
   </si>
   <si>
     <t>andreacajashabog@gmail.com</t>
@@ -169,72 +171,60 @@
   <si>
     <t>CONTRERAS BOLLA, JUAN JOSE</t>
   </si>
   <si>
     <t>Bueras N° 359 oficina 410, Rancagua</t>
   </si>
   <si>
     <t>jucontreras.bolla@gmail.com</t>
   </si>
   <si>
     <t>Rancagua, Graneros, Mostazal, Machalí, Codegua, Coltauco, Doñihue, Coinco, Olivar y Rengo</t>
   </si>
   <si>
     <t>CORNEJO VIDAL, MARCELA JANETTE</t>
   </si>
   <si>
     <t>mjcv35@yahoo.es</t>
   </si>
   <si>
     <t>Santa Cruz, Peralillo, Juzgados Civiles de San Fernando y Pichilemu</t>
   </si>
   <si>
     <t>Plaza de armas N° 276 piso 2, Santa Cruz</t>
   </si>
   <si>
-    <t>984171717-722821130</t>
-[...4 lines deleted...]
-  <si>
     <t>DONOSO SILVA, LUIS ENRIQUE</t>
   </si>
   <si>
-    <t>992340979-228250698</t>
-[...1 lines deleted...]
-  <si>
     <t>enriquedonososilva@edsabogados.cl</t>
   </si>
   <si>
     <t>Dentro del territorio de la jurisdicción</t>
   </si>
   <si>
     <t>rauldurangonzalez@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rancagua, Rengo y San Fernando</t>
   </si>
   <si>
     <t>Jurisdicción de Rancagua</t>
   </si>
   <si>
     <t>GALVEZ MELLA, JULIO CÉSAR</t>
   </si>
   <si>
     <t>993205889-722711156</t>
   </si>
   <si>
     <t>jgalvezmella@gmail.com</t>
   </si>
   <si>
     <t>San Fernando</t>
   </si>
   <si>
     <t>GARCIA DIEGUEZ, MACARENA
 ANDREA</t>
   </si>
   <si>
     <t>Bueras N° 359 oficina 708, Rancagua</t>
   </si>
   <si>
     <t>garciadieguezmacarena@gmail.com</t>
@@ -245,4084 +235,2652 @@
   <si>
     <t>GOMPERTZ PUMARINO, JORGE ALAN</t>
   </si>
   <si>
     <t>Avenida Illanes 883, Rancagua</t>
   </si>
   <si>
     <t>jorge.gompertz@gompertz.cl</t>
   </si>
   <si>
     <t>Territorio jurisdiccional de Rancagua</t>
   </si>
   <si>
     <t>GONZALEZ PINO, SERGIO ORLANDO</t>
   </si>
   <si>
     <t>Calle Curalí N° 532, San Fernando</t>
   </si>
   <si>
     <t>722711464-997826811</t>
   </si>
   <si>
     <t>sergopi1@gmail.com</t>
   </si>
   <si>
-    <t>Tribunales Civiles ordinarios de la jurisdicción</t>
-[...7 lines deleted...]
-  <si>
     <t>jfinfante@uc.cl</t>
   </si>
   <si>
     <t>Toda la jurisdicción de Rancagua</t>
-  </si>
-[...10 lines deleted...]
-    <t>joseairazabal@gmail.com</t>
   </si>
   <si>
     <t>LAGOS LARENAS, JOSE PABLO</t>
   </si>
   <si>
     <t>josepablolagos@gmail.com</t>
   </si>
   <si>
     <t>LARENAS PEÑA, RICARDO
  ANTONIO</t>
   </si>
   <si>
-    <t>O´Higgins N° 437, Peralillo
-[...2 lines deleted...]
-  <si>
     <t>722861168-993420164</t>
   </si>
   <si>
     <t>abogadoricardolarenas@gmail.com</t>
   </si>
   <si>
     <t>LOPEZ RECABARREN, VIVIANA 
 ALEJANDRA</t>
   </si>
   <si>
     <t>vlopezrecabarren@gmail.com</t>
   </si>
   <si>
-    <t>MARINOVIC VIAL, NICOLAS</t>
-[...19 lines deleted...]
-  <si>
     <t>MORALES AVENDAÑO, PACIFICO 
 CLAUDIO</t>
   </si>
   <si>
     <t>722821034-992493768</t>
   </si>
   <si>
     <t>pacifimoa@hotmail.com</t>
   </si>
   <si>
     <t>Juzgados de Letras de Santa Cruz y Peralillo.</t>
   </si>
   <si>
     <t>MOSCOSO GONZALEZ, LIZARDO 
 ALBERTO</t>
   </si>
   <si>
     <t>España N° 679 2° piso, San Fernando.        Rafael Casanova N° 365 2° piso, Santa Cruz</t>
   </si>
   <si>
     <t>722717268-722822558</t>
   </si>
   <si>
     <t>lizardomoscoso@gmail.com</t>
   </si>
   <si>
     <t>Toda la jurisdicción preferentemente en las comunas de Rengo, San Vicente, Peumo, San Fernando, Santa Cruz, Peralillo, Litueche y Pichilemu</t>
   </si>
   <si>
-    <t>NUÑEZ CONTRERAS, HECTOR ROBINSON</t>
-[...13 lines deleted...]
-  <si>
     <t>Dentro de todo el territorio de la jurisdicción</t>
   </si>
   <si>
     <t>PINO PINO, JUAN PABLO</t>
   </si>
   <si>
     <t>722821130-989209683</t>
   </si>
   <si>
     <t>abogadomarchigue@gmail.com</t>
   </si>
   <si>
     <t>San Fernando, Santa Cruz, Peralillo, Pichilemu y Litueche</t>
   </si>
   <si>
-    <t>PINOCHET CATWELL, FRANCISCO
-[...18 lines deleted...]
-  <si>
     <t>QUIROZ ALEGRIA, WALDO ALFREDO</t>
   </si>
   <si>
     <t>Mujica N° 609, oficina 401 Rancagua</t>
   </si>
   <si>
     <t>RENCORET MENDEZ, JACQUELINE</t>
   </si>
   <si>
     <t>Yumbel N° 591, San Fernando</t>
   </si>
   <si>
     <t>jrencoret@reis.cl</t>
   </si>
   <si>
     <t>San Fernando, Santa Cruz y San Vicente</t>
   </si>
   <si>
     <t>SAN MARTIN SALDAÑA, LUIS RODRIGO</t>
   </si>
   <si>
     <t>Rafael Casanova N° 290, segundo piso, Santa Cruz</t>
   </si>
   <si>
     <t>722829535-964959355</t>
   </si>
   <si>
     <t>sanmartin.rodrigo@gmail.com</t>
   </si>
   <si>
-    <t>SANCHEZ GORTARY, BRAULIO RODRIGO</t>
-[...10 lines deleted...]
-  <si>
     <t>narciso.soto.j@gmail.com</t>
   </si>
   <si>
     <t>Pichilemu y alrededores</t>
-  </si>
-[...5 lines deleted...]
-    <t>curquietasalazar@gmail.com</t>
   </si>
   <si>
     <t>ZARONGAS MUÑOZ, ALEJANDRO HUMBERTO</t>
   </si>
   <si>
     <t>Nicolás Palacios N° 358, Santa Cruz</t>
   </si>
   <si>
     <t xml:space="preserve">
 Bueras N° 359 piso 7 oficina 708, Edificio Génesis, Rancagua</t>
   </si>
   <si>
-    <t>manuelzunigap@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>CARRILLO SALAZAR, 
 VISITACIÓN</t>
   </si>
   <si>
     <t>visitacioncarrillos@gmail.com</t>
   </si>
   <si>
     <t>ALVAREZ SEPULVEDA, CLAUDIA 
 ANDREA</t>
   </si>
   <si>
-    <t>claudia.legalcalvarez@gmail.com</t>
-[...1 lines deleted...]
-  <si>
     <t>ARRUÉ ORDENES, PABLO ANDRÉS</t>
   </si>
   <si>
     <t>parrueordenes@gmail.com</t>
   </si>
   <si>
     <t>BELLEMANS VALENZUELA, SERGIO
 ORLANDO</t>
   </si>
   <si>
     <t>Bueras N° 359 oficina 601, Rancagua</t>
   </si>
   <si>
     <t>722230703-999599248</t>
   </si>
   <si>
     <t>bellemansyberner@gmail.com</t>
   </si>
   <si>
-    <t>Materia Juicios civiles, partición y contratos</t>
-[...1 lines deleted...]
-  <si>
     <t>Rancagua, Machalí, Graneros, Codegua, San Francisco, Olivar, Doñihue, Coltauco y Olivar.</t>
   </si>
   <si>
     <t>ncisternasa@gmail.com</t>
   </si>
   <si>
     <t>CONTRERAS CALDERON, OSCAR RICARDO</t>
   </si>
   <si>
     <t>Jose Toribio Medina N° 48, Santa Cruz</t>
   </si>
   <si>
     <t>orcontre@gmail.com</t>
   </si>
   <si>
     <t>Bueras N° 359 oficina 904, Rancagua</t>
   </si>
   <si>
     <t>rauldonosogomez@gmail.com</t>
   </si>
   <si>
-    <t>Materia civil, derecho sucesorio, partición y derecho comercial</t>
-[...4 lines deleted...]
-  <si>
     <t>GONZALEZ VARAS, JORGE ALBERTO</t>
   </si>
   <si>
     <t>no indica</t>
   </si>
   <si>
     <t>jorgegonzalezvaras@gmail.com</t>
   </si>
   <si>
-    <t>MORALES MATUS, RAUL IVAN</t>
-[...19 lines deleted...]
-  <si>
     <t>VERDUGO SILVA, MAURICIO ANDRES</t>
   </si>
   <si>
     <t>Claudio Cancino N° 17, piso 2 oficina 9, Santa Cruz.</t>
   </si>
   <si>
     <t>mverdugo1@hotmail.com</t>
-  </si>
-[...11 lines deleted...]
-    <t>Rancagua, San Vicente, Peumo y San Fernando</t>
   </si>
   <si>
     <t>ALVEAR CASTILLO, JORGE ANDRES</t>
   </si>
   <si>
     <t>jalvear@alvearabogados.cl</t>
   </si>
   <si>
     <t>CASALE TORREALBA, 
 JOSEFINA</t>
   </si>
   <si>
     <t>ESTAY RAMIREZ, HECTOR RUBEN</t>
   </si>
   <si>
-    <t>232079100-979596784</t>
-[...1 lines deleted...]
-  <si>
     <t>contacto@byes.cl</t>
   </si>
   <si>
     <t>OKSENBERG GONZALEZ, DANIEL 
 IGNACIO</t>
   </si>
   <si>
     <t>962388366-232243186</t>
   </si>
   <si>
-    <t>doksenberg@osycia.cl</t>
-[...4 lines deleted...]
-  <si>
     <t>998262336-223785050</t>
   </si>
   <si>
     <t>rplaza@phr.cl</t>
   </si>
   <si>
     <t>TOLEDO COUCHAUX, BARBARA 
 ANDREA</t>
   </si>
   <si>
     <t>Punta de Lobos S/N, Pichilemu</t>
   </si>
   <si>
     <t>toledocouchaux@gmail.com</t>
   </si>
   <si>
-    <t>aawegman@uc.cl</t>
-[...1 lines deleted...]
-  <si>
     <t>SOTO JAQUES, NARCISO 
 ANTONIO</t>
   </si>
   <si>
     <t>TOLEDO COUCHAUX, 
 ANITA MARIA</t>
   </si>
   <si>
     <t>ZUÑIGA PIÑA, MANUEL 
 ENRIQUE</t>
   </si>
   <si>
     <t>DURAN GONZALEZ, RAUL
 ANDRES</t>
   </si>
   <si>
     <t>DONOSO GOMEZ, RAUL 
 ESTEBAN</t>
   </si>
   <si>
     <t>LETURIA INFANTE, 
 FRANCISCO JAVIER</t>
   </si>
   <si>
-    <t>ABADAL VEAS, TOMAS 
-[...2 lines deleted...]
-  <si>
     <t>PLAZA MONTERO, 
 REYNALDO ANDRES</t>
   </si>
   <si>
     <t>Toda la Jurisdicción</t>
   </si>
   <si>
-    <t>toda la Jurisdicción</t>
-[...1 lines deleted...]
-  <si>
     <t>aurzuas@gmail.com</t>
   </si>
   <si>
     <t>Pasaje Las Palmas 100, Villa Fernando de Aragón, Rancagua
 Matías Cousiño N° 82, oficina N° 603, comuna de Santiago, Región Metropolitana</t>
   </si>
   <si>
     <t>989021503-996439090</t>
   </si>
   <si>
     <t>URZUA SIQUES, ANA MARÍA</t>
   </si>
   <si>
     <t>URZUA SIQUES, ALEJANDO JAVIER</t>
   </si>
   <si>
     <t>ajurzua@uc.cl</t>
   </si>
   <si>
     <t>996439090-989021503</t>
   </si>
   <si>
-    <t>Materia; derecho Civil, arbitrajes, particiones, liquidaciones de sociedad conyugal, particiones de herencia, sucesorios, leasing mineros, leasing en general, arrendamientos y otras materias, contratos en Minería.</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTRO BECERRA, KISNA BELEN</t>
   </si>
   <si>
     <t>Kisna.castro.kc@gmail.com</t>
   </si>
   <si>
-    <t>Pichilemu, Paredones, Peralillo
-[...2 lines deleted...]
-  <si>
     <t>Toda la jurisdicción</t>
   </si>
   <si>
     <t>AGUIRRE RIVERA, JORGE ENRIQUE</t>
   </si>
   <si>
     <t>Carmen Gallegos N° 350, oficina 5, San Vicente</t>
-  </si>
-[...1 lines deleted...]
-    <t>aguirreriveraj615@gmail.com</t>
   </si>
   <si>
     <t>Rancagua, San Vicente, Peumo,
 Santa Cruz, Rengo, Peralillo, 
 Pichilemu y Litueche</t>
   </si>
   <si>
-    <t>TREJOS GUTIERREZ, JOSE IGNACIO</t>
-[...10 lines deleted...]
-  <si>
     <t>931041124
 922352515</t>
   </si>
   <si>
     <t>stephaniediazabogada@gmail.com</t>
   </si>
   <si>
     <t>DIAZ LIRA, STEPHANIE CAROLINA</t>
   </si>
   <si>
-    <t>Materia; derecho civil y juicios partición de
-[...11 lines deleted...]
-  <si>
     <t>CAMPOS BENAVIDES, JHON</t>
   </si>
   <si>
     <t>jcb.abog@gmail.com</t>
   </si>
   <si>
     <t>Morandé N° 580, Dpto. 1001, Santiago</t>
   </si>
   <si>
     <t>9 6963898</t>
   </si>
   <si>
-    <t>johnparada@gmail.com
-[...2 lines deleted...]
-  <si>
     <t>GONZALEZ KAZAZIAN, JAIME MELKON</t>
-  </si>
-[...1 lines deleted...]
-    <t>Av. Los Conquistadores N° 1700 piso 6-A Providencia</t>
   </si>
   <si>
     <t>jaime.gonzalez@defol.cl
 jkgonzal@uc.cl</t>
   </si>
   <si>
     <t>Camino el Oliveto 088, Talagante</t>
   </si>
   <si>
-    <t>998896871-233059089</t>
-[...10 lines deleted...]
-  <si>
     <t>Bueras N° 359, oficina 708, Rancagua</t>
   </si>
   <si>
     <t>CAGLEVIC MEDINA, PABLO ANDRES</t>
   </si>
   <si>
     <t>Flor de Azucenas N° 111, piso 4, Las Condes, Santiago</t>
   </si>
   <si>
     <t>222429900-974761693</t>
   </si>
   <si>
     <t>Yumbel N° 673, San Fernando</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bello Horizonte N° 869, oficina 402, Rancagua</t>
   </si>
   <si>
     <t>CISTERNA SALINAS, 
 NOE ANDRES</t>
   </si>
   <si>
-    <t>72-2823656-974967850</t>
-[...1 lines deleted...]
-  <si>
     <t>Claudio Cancino N° 60, piso 2, Santa Cruz</t>
   </si>
   <si>
-    <t>Rancagua, Rengo, San Vicente, San Fernando, Santa Cruz y Pichilemu</t>
-[...4 lines deleted...]
-  <si>
     <t>Rubio N° 285 oficina 705, Rancagua</t>
   </si>
   <si>
     <t>Tribunales de Justicia de la ciudad de Rancagua y Rengo</t>
   </si>
   <si>
-    <t>Pasaje Lautaro N° 8, Villa Araucaria, Chimbarongo</t>
-[...1 lines deleted...]
-  <si>
     <t>Avenida Membrillar N° 230, oficina 66, Rancagua</t>
   </si>
   <si>
-    <t>Compañía 1068, oficina 407, comuna de Santiago
-[...14 lines deleted...]
-  <si>
     <t>Edificio Andrés Bello, Rubio N° 285 oficina 610, Rancagua</t>
   </si>
   <si>
     <t>mboycia@gmail.com</t>
   </si>
   <si>
     <t>Rafael Casanova N° 131, piso 2, Santa Cruz</t>
   </si>
   <si>
     <t>abogazarongas@gmail.com</t>
   </si>
   <si>
     <t>Calle Longitudinal Oiente N° 776, Cerro La Cruz, Pichilemu</t>
   </si>
   <si>
     <t>ANITA.TOLEDOCOUCHAUX@GMAIL.COM</t>
   </si>
   <si>
     <t>José Toribio Medina N° 28, segundo piso, oficina 2, Santa Cruz</t>
-  </si>
-[...2 lines deleted...]
-particiones</t>
   </si>
   <si>
     <t>BARRIOS ORMEÑO,
 MARGARETTE ISABEL</t>
   </si>
   <si>
-    <t>WEGMANN STOCKEBRAND, ADOLFO ANDRÉS</t>
-[...8 lines deleted...]
-  <si>
     <t>Rancagua, San Fernando, San Vicente, Rengo, Peumo, Santa Cruz, Litueche y Pichilemu</t>
   </si>
   <si>
     <t>226723000-982328547</t>
   </si>
   <si>
     <t>jcasale@alvearabogados.cl</t>
   </si>
   <si>
-    <t>Materia; inmobiliarias, corporativas, juicios de partición y litigios en materias civiles, laborales y familia y propiedad intelectual</t>
-[...4 lines deleted...]
-  <si>
     <t>Tribunales de Rancagua, Rengo, San Fernando,  Santa Cruz, Peralillo, Litueche y Pichilemu.</t>
   </si>
   <si>
     <t>En jurisdicción de la Corte con preferencia Pichilemu y alrededores</t>
   </si>
   <si>
     <t>Alameda N° 335 oficina 9C comuna y ciudad de Santiago</t>
-  </si>
-[...35 lines deleted...]
-german.ovalle@monttgroup.com</t>
   </si>
   <si>
     <t>GAYMER SAN MARTIN, 
 RODDY JURGENS</t>
   </si>
   <si>
-    <t>226328474-978479572</t>
-[...1 lines deleted...]
-  <si>
     <t>Pasaje Luis Alberto Heiremans N° 441, Rancagua</t>
   </si>
   <si>
-    <t>rgaymer@gmail.com
-[...2 lines deleted...]
-  <si>
     <t>Todo el territorio jurisdiccional</t>
   </si>
   <si>
-    <t>Materia; derecho Civil, arbitrajes, particiones, liquidaciones de sociedad conyugal, particiones de herencia, sucesorios, leasing mineros, leasing en general, arrendamientos y otras materias</t>
-[...7 lines deleted...]
-  <si>
     <t>Pasaje Fundo Las Bandurrias N° 1068, Villa Caren, Rancagua</t>
-  </si>
-[...6 lines deleted...]
-Nueva Providencia N° 2155, Torre B, oficina 1012, Providencia</t>
   </si>
   <si>
     <t>franciscoleturia@gmail.com
 fjleturia@cna.cl</t>
   </si>
   <si>
-    <t>Apoquindo N° 3650, piso 12, Las Condes</t>
-[...1 lines deleted...]
-  <si>
     <t>oramirezm@uft.edu</t>
   </si>
   <si>
     <t>RAMIREZ MORAGA, OSVALDO 
 ALEJANDRO</t>
   </si>
   <si>
-    <t>Materia; arbitraje civil</t>
-[...1 lines deleted...]
-  <si>
     <t>Santa Cruz</t>
-  </si>
-[...79 lines deleted...]
-    <t>Rancagua, Rengo, Graneros, San Vicente, San Fernando, Santa Cruz, Peumo, Pichilemu, Litueche y Peralillo</t>
   </si>
   <si>
     <t>MONTERO ECHEVERRÍA, SANTIAGO
 MARTIN</t>
   </si>
   <si>
     <t>Parcela 15, San Joaquín de los Mayos,
 Machalí</t>
   </si>
   <si>
     <t>22331234-983612627</t>
   </si>
   <si>
     <t>smontero@monteroycia.cl</t>
   </si>
   <si>
     <t>mmontero@monteroycia.cl</t>
   </si>
   <si>
     <t>992237499-22331234</t>
   </si>
   <si>
     <t>MONTERO MATTA, MANUEL
 ANTONIO</t>
   </si>
   <si>
-    <t>Territorios jurisdiccionales de Corte de Apelaciones de
-[...2 lines deleted...]
-  <si>
     <t>CAMPOS FUENTES, RODRIGO 
 JAVIER</t>
   </si>
   <si>
     <t>Vicuña Mackenna N° 31, Peumo</t>
   </si>
   <si>
     <t>rcampos@camposasociados.cl
 ro.campos.f@gmail.com</t>
   </si>
   <si>
-    <t>Materia; derechos contractuales y cuasicontractuales, comunitarios, derecho sucesorio, particiones en general, derechos de aguas, ley de pesca, derechos territoriales, marítimos, propiedad intelectual. Arbitrajes en derechos societarios, sociedades anónimas, limitadas y Spa, etc. En general en la resolución de todo tipo de negocios jurídicos, acciones y derechos susceptibles de ser resueltos por la vía del arbitraje en materias civiles.</t>
-[...37 lines deleted...]
-  <si>
     <t>Jose Joaquín Aguirre N° 119, Pichilemu</t>
   </si>
   <si>
-    <t>Málaga N° 89, oficina 62, Las Condes, RM.</t>
-[...1 lines deleted...]
-  <si>
     <t>Huérfanos N° 1117 oficina 601, Santiago</t>
   </si>
   <si>
-    <t>San Martín n° 255, Rancagua</t>
-[...4 lines deleted...]
-  <si>
     <t>Avenida Membrillar N° 230, oficina 22, Rancagua</t>
   </si>
   <si>
-    <t>Materia: Civil y Comercial</t>
-[...31 lines deleted...]
-  <si>
     <t>Bueras N° 359, oficina 410, Rancagua</t>
-  </si>
-[...73 lines deleted...]
-    <t>Materia; Derecho Procesal Civil, Derecho Civil y Derecho Comercial</t>
   </si>
   <si>
     <t>Avda. Nueva Tajamar N° 481, Edificio
 WTC Torre Norte piso 19 of. 1902, Las Condes Santiago.</t>
   </si>
   <si>
-    <t>Materia; Derecho Civil y Comercial en general, particularmente con controversias y diferencias en el ámbito sucesorio, particiones de bienes y contractuales, responsabilidad contractual y extracontractual, comercio en actividades inmobiliarias y de construcción, seguros y relaciones corporativas y societarias.</t>
-[...26 lines deleted...]
-  <si>
     <t>ALVAREZ BULACIO, TERESA ALEJANDRA</t>
   </si>
   <si>
-    <t>Agustinas N°  1022, oficina 307, comuna de Santiago</t>
-[...1 lines deleted...]
-  <si>
     <t>tababogados@gmail.com</t>
   </si>
   <si>
-    <t>Materia; Derecho Civil, Derecho Comercial, Derecho bancario y financiero; Derecho Administrativo; Derecho Inmobiliario, Derecho Penal, Procesal civil; Particiones y liquidaciones; Arbitrajes relativos a conflictos o diferencias en el ámbito de todo tipo de sociedades; Seguros; Responsabilidad contractual y extracontractual; Conflictos relativos al dominio y otros derechos reales respecto de todo tipo de bienes, muebles o inmuebles, corporales o incorporales</t>
-[...17 lines deleted...]
-  <si>
     <t>CANDIA BECERRA, LUIS ALBERTO</t>
   </si>
   <si>
     <t>luiscandia_abogado@hotmail.com</t>
   </si>
   <si>
-    <t>Materia; civil, comercial, particion de bienes, 
-[...24 lines deleted...]
-  <si>
     <t>ABADIE DELGADO, IRLANDA ISABEL</t>
-  </si>
-[...2 lines deleted...]
-224778590</t>
   </si>
   <si>
     <t>iabadie@novalex.cl
 arbitrajes@serviciosasociados.cl</t>
   </si>
   <si>
-    <t>Materia; liquidaciones de sociedades, particiones y seguros</t>
-[...1 lines deleted...]
-  <si>
     <t>LEOZ CLUNES. DANTE ALIGERI</t>
   </si>
   <si>
     <t>danteleoz@gmail.com</t>
-  </si>
-[...1 lines deleted...]
-    <t>Materia; juicios de particiones de herencia, cuenta, seguros, liquidaciones mineras y ambientales</t>
   </si>
   <si>
     <t>Cachapoal, Cardenal Caro y
 Colchagua</t>
   </si>
   <si>
     <t>CASERA UBILLA, MARIANO ALFREDO</t>
   </si>
   <si>
     <t>989219599
 23339 2891 - 23392889</t>
   </si>
   <si>
-    <t>Materia; Derecho Civil, Derecho Comercial, Contratación y licitaciones pública, Derecho Corporativos, Conflictos Societarios, (administración) Rendición de Cuentas, Liquidación y disoluciones de Sociedades, Leasing, Partición y liquidación de Herencias, Liquidación de Comunidades y Sociedad Conyugal, Conflictos Comerciales, Conflictos de Contratos Nominados e Innominados y Resoluciones de Contratos, Diferencias entre Comuneros Derivadas del Cuasicontrato de Comunidad. Responsabilidad Contractual y Extracontractual</t>
-[...34 lines deleted...]
-  <si>
     <t>mjpierotic@gmail.com</t>
   </si>
   <si>
     <t>AMAT POMÉS, CRISTIAN DANIEL</t>
   </si>
   <si>
     <t>Condominio Golf Los Lirios, Los Peumos J5, comuna de Requínoa</t>
   </si>
   <si>
     <t>226711139-978061657</t>
   </si>
   <si>
     <t>camat@amatruiztagle.cl</t>
   </si>
   <si>
-    <t>Materia; Derecho Civil, Derecho Comercial, especialmente partición de bienes, liquidación de sociedad conyugal, liquidación de comunidades y sociedades, diferencias o conflictos societarios, controversias contractuales, juicio de cuentas</t>
-[...1 lines deleted...]
-  <si>
     <t>Rancagua, Rengo, San Vicente, Peumo, San Fernando, Santa Cruz, Pichilemu, Litueche y Peralillo.</t>
   </si>
   <si>
-    <t>LEPPE GUZMAN, JUAN PABLO</t>
-[...1 lines deleted...]
-  <si>
     <t>HÜBNER VALDIVIESO, FELIPE</t>
   </si>
   <si>
     <t>Callao 3860, Departamento 211, Las Condes, Santiago</t>
   </si>
   <si>
-    <t>Materia; Derecho Civil responsabilidad contractual y extracontractual, nulidades, particiones, sucesorio, liquidación de sociedades, rendición y objeción de cuentas, etc.); Derecho Comercial (derecho de seguros, liquidación de sociedades mercantiles, conflictos societarios, infraestructura, construcción); Derecho Público (incluyendo derecho administrativo y derecho constitucional. Especial énfasis en aspectos regulatorios de recursos naturales, como derecho minero, de aguas, y energía); Litigación en tribunales ordinarios (Corte Suprema, Cortes de Apelaciones y tribunales de primera instancia), tribunales especiales, arbitrales y administrativos.</t>
-[...11 lines deleted...]
-  <si>
     <t>Rancagua, Rengo, San Vicente, Peumo, San Fernando, Santa Cruz, Pichilemu, Litueche y Peralillo</t>
   </si>
   <si>
     <t>URBINA MUÑOZ, EDUARDO FRANCISCO</t>
   </si>
   <si>
     <t>Bombero Luis Salgado 797, Rancagua</t>
   </si>
   <si>
     <t>eurbina@gmail.com</t>
-  </si>
-[...3 lines deleted...]
-y mineras</t>
   </si>
   <si>
     <t>FIGUEROA WEITZMAN, JOSE MANUEL</t>
   </si>
   <si>
     <t>224818620
 992312188</t>
   </si>
   <si>
     <t>jmfigueroaw@gmail.com</t>
   </si>
   <si>
-    <t>Materia; derecho civil, particularmente particiones, conflictos entre socios y en temas de resolución, cumplimiento o incumplimiento de contratos, indemnización de perjuicios especialmente en el ámbito del derecho urbanístico e inmobiliario, Ley General de Urbanismo y Construcciones, Derecho Público y Administrativo</t>
-[...4 lines deleted...]
-  <si>
     <t>LENG GAUSSET, FERNANDO
 ADOLFO</t>
   </si>
   <si>
-    <t>Nueva Tajamar N° 481, Torre Sur oficina
-[...2 lines deleted...]
-  <si>
     <t>22671 1139-99825 8040</t>
   </si>
   <si>
     <t>fleng@artabogados.cl</t>
-  </si>
-[...2 lines deleted...]
-entre otros)</t>
   </si>
   <si>
     <t>Territorio de compentencia de 
 esta Corte de Apelaciones</t>
   </si>
   <si>
-    <t>RUIZ-TAGLE ORTUZAR, NICOLAS
-[...127 lines deleted...]
-  <si>
     <t>MURILLO VALDERRAMA, FELIPE
 HERNAN</t>
   </si>
   <si>
     <t>fmurillovalderrama@gmail.com</t>
   </si>
   <si>
-    <t>Materias; derecho procesal, particiones de herencias y liquidaciones de sociedades conyugales.</t>
-[...29 lines deleted...]
-  <si>
     <t>Alameda N° 335, piso 3, oficina C,
 Santiago</t>
   </si>
   <si>
     <t>NZ@ZlatarAbogados.cl</t>
   </si>
   <si>
     <t>MUÑOZ ESCUDERO, GONZALO
 CRISTIAN</t>
   </si>
   <si>
     <t>Avenida Apoquindo N° 3910, piso 10
 Las Condes, Santiago</t>
   </si>
   <si>
     <t>77498623-222634040</t>
-  </si>
-[...33 lines deleted...]
-general.</t>
   </si>
   <si>
     <t>ROA PACHECO, CRISTOBAL 
 ANDRES</t>
   </si>
   <si>
     <t>Julio Jeria Sagredo Sitio D2, Las Brisas, 
 comuna de Navidad, Región de O’Higgins,
 Chile</t>
   </si>
   <si>
     <t>cristobal.roa@gmail.com</t>
   </si>
   <si>
-    <t>Materia; partición de comunidad hereditaria, liquidación de otras comunidades, liquidación de la sociedad conyugal y conflicto entre socios, al tenor del artículo 227 del Código Orgánico de Tribunales</t>
-[...1 lines deleted...]
-  <si>
     <t>Litueche, Navidad y La Estrella</t>
   </si>
   <si>
     <t>sin especialidad</t>
   </si>
   <si>
-    <t>Materias; Derecho Civil y Comercial, Construcción e Ingeniería Seguros y reaseguros, Responsabilidad civil en general, Liquidación de sociedades, comunidades y sociedades, conyugales, Particiones, Comercio electrónico, Conflictos societarios, Licencias, Franquicias y Distribución, Derecho sucesorio, Derecho de Propiedad Intelectual e Industrial, Leasing Habitacional, Transporte por Tierra, Aire y Mar con Daños a Pasajeros, Mercaderías.</t>
-[...45 lines deleted...]
-    <t>Martín de Zamora N° 4459, Las Condes, 
+    <t>ROL CORTE</t>
+  </si>
+  <si>
+    <t>GONZALEZ BARRIGA, LUIS JESUS</t>
+  </si>
+  <si>
+    <t>Brasil N° 850, oficina 408, Rancagua</t>
+  </si>
+  <si>
+    <t>luisjesusgonzalez.abogado@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales de la jurisdicción, 
+provincia de Cachapoal</t>
+  </si>
+  <si>
+    <t>PARRA PIZARRO, WALDO LEONIDAS</t>
+  </si>
+  <si>
+    <t>9 9448 5538</t>
+  </si>
+  <si>
+    <t>wparra.abogado@gmail.com</t>
+  </si>
+  <si>
+    <t>abogada.wcomicheo@gmail.com</t>
+  </si>
+  <si>
+    <t>COMICHEO ESPINOSA, WALESCA 
+ALEJANDRA</t>
+  </si>
+  <si>
+    <t>Todo el territorio jurisdiccional de la Iltma. Corte Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>buriarte@apparcel.cl</t>
+  </si>
+  <si>
+    <t>Málaga N° 85, oficina 201, Las Condes,
 Santiago</t>
   </si>
   <si>
-    <t>robertovergara@asesoriasvergara.cl</t>
-[...59 lines deleted...]
-extracontractual, informáticos, sucesiones hereditarias, sociedades conyugales o de cualquier naturaleza.</t>
+    <t>222335911-952162081</t>
+  </si>
+  <si>
+    <t>YAÑEZ REBOLLEDO, MARIA PAZ</t>
+  </si>
+  <si>
+    <t>Antonio Varas N° 303 oficina 409,
+Providencia, R. Metropolitana</t>
+  </si>
+  <si>
+    <t>pazyre@gmail.com</t>
+  </si>
+  <si>
+    <t>GANA ROJAS, SERGIO ALFONSO</t>
+  </si>
+  <si>
+    <t>alfonsoganarojas@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales Civiles de Rancagua, Tribunal de Letras de Rengo; San Vicente de Tagua Tagua, Peumo y San Fernando.</t>
+  </si>
+  <si>
+    <t>MELO MONTENEGRO, CATALINA CAROL</t>
+  </si>
+  <si>
+    <t>Bello Horizonte N°845 B piso 3, Rancagua</t>
+  </si>
+  <si>
+    <t>9 2120 1813-99204 2722</t>
+  </si>
+  <si>
+    <t>catalina.melo@asislegal.cl</t>
+  </si>
+  <si>
+    <t>FUENZALIDA CASTRO, CESAR PATRICIO</t>
+  </si>
+  <si>
+    <t>Avenida Juan Guillermo Day sin número, comuna de Palmilla y Paseo Estado 215, oficina 414, Santiago</t>
+  </si>
+  <si>
+    <t>cesar.ccff@gmail.com</t>
+  </si>
+  <si>
+    <t>Peralillo, Santa Cruz, San Fernando, Litueche, Pichilemu, San Vicente de Tagua Tagua, Rengo, Rancagua</t>
+  </si>
+  <si>
+    <t>PINILLA ROJAS, CAMILA FERNANDA</t>
+  </si>
+  <si>
+    <t>Agustinas 1070, oficina 417, piso 5, Santiago.</t>
+  </si>
+  <si>
+    <t>995326755- 2 3203 9101</t>
+  </si>
+  <si>
+    <t>camilapinilla.r@gmail.com</t>
+  </si>
+  <si>
+    <t>FUENTES ARAYA, PEDRO ANTONIO</t>
+  </si>
+  <si>
+    <t>Vice Parroquia s/n. Ruta H 76, Larmahue. Comuna de Puchidegua</t>
+  </si>
+  <si>
+    <t>pedroantoniofuentes@yahoo.es</t>
+  </si>
+  <si>
+    <t>SAEZ BERTULINI, MABEL ALEJANDRA</t>
+  </si>
+  <si>
+    <t>mabelsaezb@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales de Letras con competencia en lo civil del territorio jurisdiccional</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ JIMENEZ, MANUEL JESUS</t>
+  </si>
+  <si>
+    <t>9 960 924 96</t>
+  </si>
+  <si>
+    <t>Manuel26rodriguez@gmail.com</t>
+  </si>
+  <si>
+    <t>nelsonmunoz.pucv@gmail.com</t>
+  </si>
+  <si>
+    <t>Todos los Tribunales del Territorio Jurisdiccional</t>
+  </si>
+  <si>
+    <t>SELAIVE GUZMAN, REINALDO ANDRES</t>
+  </si>
+  <si>
+    <t>Carmen Gallegos N° 140 B, San Vicente</t>
+  </si>
+  <si>
+    <t>reinaldoselaive@gmail.com</t>
+  </si>
+  <si>
+    <t>CABALLERO RIVERA, GONZALO JAIME</t>
+  </si>
+  <si>
+    <t>contacto@gonzalocaballero.cl</t>
+  </si>
+  <si>
+    <t>ESPINOSA GALVEZ, EDUARDO ANDRES</t>
+  </si>
+  <si>
+    <t>eduardo@eegabogados.cl</t>
+  </si>
+  <si>
+    <t>FAUNDEZ DEL HOYO, MARIA TERESA</t>
+  </si>
+  <si>
+    <t>mtf@fdhycia.cl</t>
+  </si>
+  <si>
+    <t>RIVERA ROJAS, JOSE BERNARDO</t>
+  </si>
+  <si>
+    <t>jose.rivera@arsabogados.cl
+jose.rivera@polvora.cl</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ ROMO, PAZ ALBERTINA</t>
+  </si>
+  <si>
+    <t>ryfabogados@gmail.com</t>
+  </si>
+  <si>
+    <t>Moneda 973 Oficina 1015, Santiago</t>
+  </si>
+  <si>
+    <t>226328474/978479572</t>
+  </si>
+  <si>
+    <t>FASANI PUELMA, ROBERTO</t>
+  </si>
+  <si>
+    <t>Avda. Apoquindo N° 4499, oficina 402 B, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>2-25702300-990005225</t>
+  </si>
+  <si>
+    <t>rfasani@fpa.cl</t>
+  </si>
+  <si>
+    <t>DONOSO VALDES, RICARDO ANDRES</t>
+  </si>
+  <si>
+    <t>9 90685446</t>
+  </si>
+  <si>
+    <t>ricardo.donosov@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Rubio N° 285 Oficina 320 Rancagua
+Calle Monjitas N 527 Of. 517 Santiago.</t>
+  </si>
+  <si>
+    <t>fhubner@uc.cl</t>
+  </si>
+  <si>
+    <t>Av. Andrés Bello 2687, Of. 1702, Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>Daniel Vial N° 299, Requinoa,</t>
+  </si>
+  <si>
+    <t>BUSTOS GUTIERREZ, INGRID YESSABEL</t>
+  </si>
+  <si>
+    <t>arbitro.ibustos@gmail.com</t>
+  </si>
+  <si>
+    <t>Todo el territorio</t>
+  </si>
+  <si>
+    <t>FONTENA ARANEDA, ALBERTO JAVIER</t>
+  </si>
+  <si>
+    <t>226328474- 978497408</t>
+  </si>
+  <si>
+    <t>VASQUEZ SOTO, NATALIE NICOLE</t>
+  </si>
+  <si>
+    <t>9 56673760</t>
+  </si>
+  <si>
+    <t>ULLOA ULLOA, YERALD VALENTIN ALFREDO</t>
+  </si>
+  <si>
+    <t>Parcela N° 2 Los Tilos, comuna de Vilcún</t>
+  </si>
+  <si>
+    <t>yulloatrabajo@gmail.com</t>
+  </si>
+  <si>
+    <t>Todo el territorio de la Jurisdicción</t>
+  </si>
+  <si>
+    <t>BAHAMONDES ABU-GOSCH, LEYLA ALEJANDRA</t>
+  </si>
+  <si>
+    <t>Morandé Nº 322, oficina 404</t>
+  </si>
+  <si>
+    <t>997323065-  226971797 228940811</t>
+  </si>
+  <si>
+    <t>leyla@litigio.cl
+leyla@bahamondes.cl
+leyla.bahamondes@gmail.com</t>
+  </si>
+  <si>
+    <t>PALACIOS BAZA, RODRIGO GONZALO</t>
+  </si>
+  <si>
+    <t>Brasil 850 oficina 411, Rancagua</t>
+  </si>
+  <si>
+    <t>rpalacios@justiciaarbitral.com</t>
+  </si>
+  <si>
+    <t>Todos del territorio de la I.Corte</t>
+  </si>
+  <si>
+    <t>VERDUGO GUTIERREZ, PAULA ANDREA</t>
+  </si>
+  <si>
+    <t>calle Yumbel N° 662, comuna de San Fernando</t>
+  </si>
+  <si>
+    <t>Monseñor Nuncio Sotero Sanz N° 100, Oficina 604, Providencia</t>
+  </si>
+  <si>
+    <t>marianocasera@gmail.com
+mcasera@caseraycia.com</t>
+  </si>
+  <si>
+    <t>abogadapaulaverdugo@gmail.com</t>
+  </si>
+  <si>
+    <t>Condominio Cima de Nogales, casa N° 20
+Machalí</t>
+  </si>
+  <si>
+    <t>SILVA NEVEU, CRISTIAN GABRIEL</t>
+  </si>
+  <si>
+    <t>Brasil N° 828, Rancagua </t>
+  </si>
+  <si>
+    <t>csilvaneveu@gmail.com</t>
+  </si>
+  <si>
+    <t>SALAS MORALES, OSCAR RAUL</t>
+  </si>
+  <si>
+    <t>osalas@salasyabogados.com
+oscarsalasmorales@gmail.com</t>
+  </si>
+  <si>
+    <t>Huérfanos N° 835 oficina 2103, piso 21, Edificio Opera, comuna de Santiago</t>
+  </si>
+  <si>
+    <t>BRACHO GARCIA, IRENE</t>
+  </si>
+  <si>
+    <t>ROJAS ALIAGA, DIEGO MATIAS</t>
+  </si>
+  <si>
+    <t>dtrojas@uc.cl</t>
+  </si>
+  <si>
+    <t>985012329.</t>
+  </si>
+  <si>
+    <t>SOTO REBOLLEDO, CARLOS HUMBERTO</t>
+  </si>
+  <si>
+    <t>Rancagua, Rengo, San Vicente de Tagua Tagua, Peumo, San Fernando, Santa Cruz, Peralillo, Litueche y Pichilemu</t>
+  </si>
+  <si>
+    <t>carlos@estudiosoto.cl</t>
+  </si>
+  <si>
+    <t>ALBORNOZ SATELER, PEDRO IGNACIO</t>
+  </si>
+  <si>
+    <t>ignacioalbornozs@gmail.com
+arbitraje.particional@gmail.com</t>
+  </si>
+  <si>
+    <t>Avenida Illanes N° 883, Rancagua</t>
+  </si>
+  <si>
+    <t>SOTO FARIAS, BERNARDA JEANNETTE</t>
+  </si>
+  <si>
+    <t>Avenida Madero N° 466, El Polo de Machalí</t>
+  </si>
+  <si>
+    <t>bernisotof@gmail.com</t>
+  </si>
+  <si>
+    <t>MANRRIQUE-GANZUR AL MISLEH, JULIO ANDRÉS EDUARDO</t>
+  </si>
+  <si>
+    <t>Cáceres número 62 comuna y ciudad de Rancagua</t>
+  </si>
+  <si>
+    <t>ACUÑA PEÑALOZA, MANUEL ANDRES</t>
+  </si>
+  <si>
+    <t>Avenida Errázuriz N° 498, Peralillo</t>
+  </si>
+  <si>
+    <t>abogadoacunapenaloza@gmail.com</t>
+  </si>
+  <si>
+    <t>Juzgados de la Provincia de Cardenal Caro (Litueche y Pichilemu); y Colchagua (Peralillo y Santa Cruz)</t>
+  </si>
+  <si>
+    <t>LEOZ MOYANO, TAREK EMANUEL</t>
+  </si>
+  <si>
+    <t>Pulmahue N° 01305, Villa Los Pinares
+3, Rancagua</t>
+  </si>
+  <si>
+    <t>tarekleoz@gmail.com</t>
+  </si>
+  <si>
+    <t>LASO ULLOA, JAVIER</t>
+  </si>
+  <si>
+    <t>calle Diego de Deza N°1111, dpto. 402, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>jlaso@rfl.cl</t>
+  </si>
+  <si>
+    <t>LOAYZA URBINA, MANUEL EDUARDO</t>
+  </si>
+  <si>
+    <t>calle Díaz Besoaín 169, Santa Cruz</t>
+  </si>
+  <si>
+    <t>me_loayza@hotmail.com</t>
+  </si>
+  <si>
+    <t>GONZALEZ ESPINOZA, ALVARO DANIEL</t>
+  </si>
+  <si>
+    <t>Avenida Apoquindo N° 4775, oficina 1001, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>agonzalez@anvp.cl
+alvaro.gonzalez@derecho.uchile.cl</t>
+  </si>
+  <si>
+    <t>FRIAS RIVAS, FELIPE IGNACIO</t>
+  </si>
+  <si>
+    <t>Av. Paseo Pie Andino N° 7935, casa 804, comuna de Lo Barnechea</t>
+  </si>
+  <si>
+    <t>ffrias@rfl.cl</t>
+  </si>
+  <si>
+    <t>NAVARRO QUINTEROS, SANDRA ANDREA</t>
+  </si>
+  <si>
+    <t>Calle San Sebastian N° 2750, oficina 603, Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>sandranavarrojuezarbitro@gmail.com</t>
+  </si>
+  <si>
+    <t>Nueva Tajamar Nº 481, Torre Norte, oficina 1601, Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>waldo.quiroz.alegria@gmail.com</t>
+  </si>
+  <si>
+    <t>CHEREAU GONZALEZ, AGUSTÍN 
+ALFONSO</t>
+  </si>
+  <si>
+    <t>agustin.ch@cheycia.cl</t>
+  </si>
+  <si>
+    <t>221-2025</t>
+  </si>
+  <si>
+    <t>Buchupureo s/n</t>
+  </si>
+  <si>
+    <t>Libertador N° 480, Comuna Rancagua</t>
+  </si>
+  <si>
+    <t>claudioariaseriza@gmail.com</t>
+  </si>
+  <si>
+    <t>Todo el territorio jurisdiccional de la Ilustrísima Corte de Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>325-2025</t>
+  </si>
+  <si>
+    <t>ARIAS ERIZA, CLAUDIO IGNACIO</t>
+  </si>
+  <si>
+    <t>GARCÍA ACEVEDO, RODRIGO 
+FERNANDO</t>
+  </si>
+  <si>
+    <t>Avenida Rafael Casanova N°657, piso 2, de la comuna y Ciudad de Santa Cruz</t>
+  </si>
+  <si>
+    <t>rgarcia.abogado@gmail.com</t>
+  </si>
+  <si>
+    <t>348-2025</t>
+  </si>
+  <si>
+    <t>ibracho@hdgroup.cl</t>
+  </si>
+  <si>
+    <t>417-2023
+430-2025
+renovado</t>
+  </si>
+  <si>
+    <t>525-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>568-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>523-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>659-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>561-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>268-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>690-2024
+430-2025 
+renueva</t>
+  </si>
+  <si>
+    <t>656-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>558-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>El Mirador de Olivar, Parcela 39, 
+comuna del Olivar</t>
+  </si>
+  <si>
+    <t>989201950-225831219</t>
+  </si>
+  <si>
+    <t>Territorios jurisdiccionales dependientes de esta Iltma. Corte de Rancagua</t>
+  </si>
+  <si>
+    <t>Manuel Bulnes N° 110, oficina 203, 
+Temuco</t>
+  </si>
+  <si>
+    <t>germanovallem@gmail.com
+german.ovalle@ovalle.cl</t>
+  </si>
+  <si>
+    <t>Avenida La Dehesa N°222, of. 215, Comuna de Lo Barnechea, Santiago</t>
+  </si>
+  <si>
+    <t>nnvasquezs@gmail.com
+nvasquez@vasquezvaldes.cl</t>
+  </si>
+  <si>
+    <t>417-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>657-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>551-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Isidora Goyenechea 3250, piso 8, comuna de Las Condes, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>507-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>506-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Tribunales de la Jurisdicción de la Ilustrísima Corte de Apelaciones, especialmente en la ciudad de Rancagua, Graneros, Machalí, San Francisco de Mostazal, Pichilemu, Pichidegua, Quinta de Tilcoco, Rengo, Requínoa, San Vicente de Tagua Tagua.</t>
+  </si>
+  <si>
+    <t>719-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Rubio N° 285, oficina 610, Rancagua</t>
+  </si>
+  <si>
+    <t>Tribunales del territorio jurisdiccional de esta Ilustrísima Corte de Apelaciones</t>
+  </si>
+  <si>
+    <t>433-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>511-2023
+530-2025
+renueva</t>
+  </si>
+  <si>
+    <t>992340979-223652964</t>
+  </si>
+  <si>
+    <t>Tribunales civiles de Rancagua,  Rengo, San Vicente y Peumo.</t>
+  </si>
+  <si>
+    <t>aguirreriveraj615@gmail.com
+jear_46@yahoo.es</t>
+  </si>
+  <si>
+    <t>Juzgados Civiles de Rancagua, Rengo, San Fernando, San Vicente, Peumo, Sta. Cruz, Peralillo, Litueche y Pichilemu</t>
+  </si>
+  <si>
+    <t>666-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>618-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Huérfanos N°1160, Oficina 706, Comuna de Santiago, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>Tribunales de Pichilemu, Litueche, Peralillo, Santa Cruz, San Fernando, San Vicente y Rancagua</t>
+  </si>
+  <si>
+    <t>563-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>705-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>709-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>jmganzura.notificacion@gmail.com</t>
+  </si>
+  <si>
+    <t>565-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Rengo y Requinoa</t>
+  </si>
+  <si>
+    <t>725-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>581-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Calle Nicolás Palacios 192, ciudad de Santa Cruz</t>
+  </si>
+  <si>
+    <t>Tribunales de toda la jurisdicción de la Iltma. Corte de Apelaciones de Rancagua, incluyendo Rancagua, Rengo, San Vicente, Peumo, San Fernando, Santa Cruz, Pichilemu, Litueche y Peralillo</t>
+  </si>
+  <si>
+    <t>Territorio de Desempeño Preferente: San Fernando, Rancagua y Territorio región de O´Higgins en general</t>
+  </si>
+  <si>
+    <t>708-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>718-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>materias civiles y comerciales.</t>
+  </si>
+  <si>
+    <t>614-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Avenida Isidora Goyenechea 2934 oficina 802, Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>Miraflores 660 B, comuna de Chimbarongo</t>
+  </si>
+  <si>
+    <t>681-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>790-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>702-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>636-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>San Martín N°255, comuna y ciudad de Rancagua</t>
+  </si>
+  <si>
+    <t>621-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Varillas 1063, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>PIEROTIC CERDA, MARIA JOSE ALEJANDRA</t>
+  </si>
+  <si>
+    <t>564-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>715-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>576-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>608-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Plaza de armas N° 276, 2° piso
+Santa Cruz</t>
+  </si>
+  <si>
+    <t>jurisdicción de la Corte, de preferencia en las jurisdicciones de los Tribunales de Pichilemu, Litueche, Peralillo, Santa Cruz y San Fernando</t>
+  </si>
+  <si>
+    <t>631-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Pasaje Las Palmas 100, Villa Fernando de Aragón, Rancagua</t>
+  </si>
+  <si>
+    <t>Toda la Jurisdicción de la Iltma. Corte de Apelaciones de Rancagua</t>
+  </si>
+  <si>
+    <t>Badajoz N° 100, oficina N° 1014, comuna de Las Condes, Región Metropolitana.</t>
+  </si>
+  <si>
+    <t>814-2023
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Camino Central N° 2.400, depto. 43A, comuna de Lo Barnechea, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>694-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Calle 21 de mayo N°172, segundo piso, comuna de Santa Cruz</t>
+  </si>
+  <si>
+    <t>990154818 - 224778590</t>
+  </si>
+  <si>
+    <t>Todo el territorio jurisdiccional de la Corte de Apelaciones de Rancagua</t>
+  </si>
+  <si>
+    <t>635-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Agustinas N° 1070, oficina 417, Santiago</t>
+  </si>
+  <si>
+    <t>Comunas de Rancagua, Graneros, Codegua, San Vicente y San Fernando</t>
+  </si>
+  <si>
+    <t>San Martín N° 255, Rancagua
+Américo Vespucio Norte 1090, oficina
+602, Vitacura, Santiago</t>
+  </si>
+  <si>
+    <t>doksenberg@oksenberg.cl</t>
+  </si>
+  <si>
+    <t>684-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>714-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>720-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>URIARTE MOLINA, BENJAMIN
+SALVADOR</t>
+  </si>
+  <si>
+    <t>717-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>226328474-983614428</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+rgaymer@gaymer.cl</t>
+  </si>
+  <si>
+    <t>665-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>655-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>626-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>Tribunales con competencia en
+lo civil del territorio jurisdiccional</t>
+  </si>
+  <si>
+    <t>Avenida Santa María N° 571, Torre B Depto. 1608 Recoleta, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>Edificio Génesis, Bueras N° 359, 
+oficina 903, Rancagua</t>
+  </si>
+  <si>
+    <t>Profesor Carlos Rivera Cruchaga Nº 0752, Villa Los Tilos, Rancagua</t>
+  </si>
+  <si>
+    <t>Compañía de Jesús N° 1390, piso 16, oficinas 1604 y 1605, Santiago</t>
+  </si>
+  <si>
+    <t>Territorios jurisdiccionales de Corte de Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>Avenida 11 de septiembre N° 474, San Vicente</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Toda la jurisdicción.</t>
+  </si>
+  <si>
+    <t>Juzgados de Letras de Rancagua, Rengo, San Vicente, Peumo, San Fernando, Santa Cruz, Pichilemu, Litueche, Peralillo</t>
+  </si>
+  <si>
+    <t>materias; Particiones hereditarias. Liquidaciones societarias. Litigios de construcción, daños contractuales y extracontractuales, incumplimientos de contratos, exportación de fruta, derecho de seguros.</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Civil y Derecho Comercial, derecho de familia y derecho del trabajo</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil y Derecho Comercial</t>
+  </si>
+  <si>
+    <t>materias; Civil y familia</t>
+  </si>
+  <si>
+    <t>materias; civiles y comerciales, particiones, liquidaciones de sociedades y aquellas materiass administrativas en que por mandato de leyes especiales, puedan ser sometidas a arbitraje.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">materias; Civil y Comercial </t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Laboral y Seguridad Social</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil y Derecho de Familia, particiones de bienes en comunidad, especialmente comunidades hereditarias, liquidación de sociedades conyugales</t>
+  </si>
+  <si>
+    <t>materias; derecho Civil patrimonial, en general, 
+cumplimiento e incumplimiento de contratos y obligaciones, derechos ReaIes, Liquidación de comunidades hereditarias y particiones de bienes; Liquidación de otras comunidades y copropiedades; Liquidación de sociedad conyugal y participación en los gananciales; Rendición de cuentas, derecho comercial, Contratos comerciales; Sociedades, conflictos societarios, Liquidaciones societarias, partición de bienes, asuntos de giro comercial con la administración entre socios, de diferentes sociedades, Liquidación y partición de Sociedades; Rendición de cuentas y Asuntos comerciales.</t>
+  </si>
+  <si>
+    <t>materias; especialidades de Minería, Civil, Comercial,
+Laboral, Familia, Derecho Internacional Privado</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil Patrimonial, juicios de partición de herencias, liquidación de sociedades conyugales, Derecho societario, partidor y liquidador de sociedades comerciales y civiles.</t>
+  </si>
+  <si>
+    <t>materias; sucesorias de Derecho Civil y Comercial</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil y Comercial</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, comercial, Ambiental, Sanitario y Derechos de Agua</t>
+  </si>
+  <si>
+    <t>materias; Civil y Laboral</t>
+  </si>
+  <si>
+    <t>materias; Particiones de herencias, comunidades y liquidación de sociedad conyugal</t>
+  </si>
+  <si>
+    <t>materias; Derecho civil, comercial y societario y juicios de partición, liquidación de sociedad conyugal o colectiva o en comandita civil y la de las comunidades, participon de bienes, diferencias que existan entre socios de una sociedad anónima o sociedad colectiva o en comandita comercial</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Familia, arbitrajes civiles y contratación civil</t>
+  </si>
+  <si>
+    <t>materias; civil</t>
+  </si>
+  <si>
+    <t>materias; civiles y Familia</t>
+  </si>
+  <si>
+    <t>materias; Particiones de Herencias, Partición de comunidades y liquidación de sociedad conyugal</t>
+  </si>
+  <si>
+    <t>materias; de bienes, liquidación, adjudicaciones y enajenación, materiass comerciales y societarias</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Comercial, particiones, liquidación de comunidades</t>
+  </si>
+  <si>
+    <t>materias Juicios civiles, partición y contratos</t>
+  </si>
+  <si>
+    <t>materias: Civil y Comercial</t>
+  </si>
+  <si>
+    <t>materias; derecho Civil y familia</t>
+  </si>
+  <si>
+    <t>materias; Civiles y Laborales</t>
+  </si>
+  <si>
+    <t>materias;  Civil</t>
+  </si>
+  <si>
+    <t>materias; particiones de bienes inmuebles, herencias, liquidación de sociedades y temas referidos a salud</t>
+  </si>
+  <si>
+    <t>materias; controversias complejas y particularmente en la litigación civil y comercial</t>
+  </si>
+  <si>
+    <t>materias;  civiles, sucesiones y particiones, comerciales, asuntos corporativos y societarios, inmobiliarias, compraventas, promesas y contratos preparatorios</t>
+  </si>
+  <si>
+    <t>materias; civiles, contratos, responsabilidad civil contractual y extracontractual, asuntos mineros y litigios civiles, especialmente particiones de bienes en comunidades, tanto en sucesiones hereditarias, sociedades conyugales o de cualquier otra naturaleza, comerciales, contratos de diverso tipo, asuntos societarios en general, pactos de accionistas, disolución y liquidación de sociedades, transporte terrestre y marítimo, asuntos de seguros, inmobiliarios, construcción.</t>
+  </si>
+  <si>
+    <t>materias; civil y comercial, Asuntos Societarios, sucesorio y particiones, asuntos inmobiliarios, construcción y aguas</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, comercial, administrativo, minero, aguas y la litigación en todas esas áreas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">materias; Derecho Civil, especialmente juicios partición y liquidaciones de comunidades hereditarias, liquidaciones de sociedades conyugales, liquidación cosas comunes del cuasicontrato de comunidad, derecho de familia </t>
+  </si>
+  <si>
+    <t>materias; Juicios arbitrales civiles y comerciales,
+partición de comunidades hereditarias, liquidación de sociedades conyugales, comunidad en general y temas comerciales</t>
+  </si>
+  <si>
+    <t>materias; derecho civil y juicios partición de
+herencias</t>
+  </si>
+  <si>
+    <t>materias; civiles, comerciales, minería, aguas y
+particiones</t>
+  </si>
+  <si>
+    <t>materias; arbitraje civil</t>
+  </si>
+  <si>
+    <t>materias; materiass civiles y comerciales -responsabilidad por daños contractuales
+y extracontractuales, incumplimientos de contratos, nulidades, particiones, liquidación de
+sociedades, construcción, negligencias médicas, exportación de fruta, deslindes, posesión
+y propiedad raíz- derecho de seguros, derecho de aguas, transporte terrestre y marítimo, derecho
+marítimo</t>
+  </si>
+  <si>
+    <t>materias; arbitrajes civiles, Partición de comunidades, partición de herencias</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, inmobiliario y familia</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial, Derecho bancario y financiero; Derecho Administrativo; Derecho Inmobiliario, Derecho Penal, Procesal civil; Particiones y liquidaciones; Arbitrajes relativos a conflictos o diferencias en el ámbito de todo tipo de sociedades; Seguros; Responsabilidad contractual y extracontractual; Conflictos relativos al dominio y otros derechos reales respecto de todo tipo de bienes, muebles o inmuebles, corporales o incorporales</t>
+  </si>
+  <si>
+    <t>materias; civil, comercial, específicamente particion de bienes,  liquidacion sociedades conyugales, liquidacion sociedades mineras, comerciales e industriales y arbitrajes seguros.</t>
+  </si>
+  <si>
+    <t>materias; liquidaciones de sociedades, particiones y seguros</t>
+  </si>
+  <si>
+    <t>materias; juicios de particiones de herencia, cuenta, seguros, liquidaciones mineras y ambientales</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial, Contratos, Contratación Pública y Licitaciones Públicas, Pactos de Accionistas y Conflictos Societarios, Rendición de Cuentas y Liquidación de Sociedades, Leasing, Partición de Herencias, Liquidador de Comunidades, Sociedades y Sociedad Conyugal, Conflictos del Tipo Comercial, Incumplimiento de Contratos entre Agentes de Comercio, Conflictos de Contratos Nominados e Innominados y Resoluciones de Contratos, Diferencias entre Comuneros Derivadas del Cuasicontrato de Comunidad. Responsabilidad Contractual y Extracontractual.</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial, especialmente partición de bienes, liquidación de sociedad conyugal, liquidación de comunidades y sociedades, diferencias o conflictos societarios, controversias contractuales, juicio de cuentas</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil responsabilidad contractual y extracontractual, nulidades, particiones, sucesorio, liquidación de sociedades, rendición y objeción de cuentas, etc.); Derecho Comercial (derecho de seguros, liquidación de sociedades mercantiles, conflictos societarios, infraestructura, construcción); Derecho Público (incluyendo derecho administrativo y derecho constitucional. Especial énfasis en aspectos regulatorios de recursos naturales, como derecho minero, de aguas, y energía); Litigación en tribunales ordinarios (Corte Suprema, Cortes de Apelaciones y tribunales de primera instancia), tribunales especiales, arbitrales y administrativos.</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, particularmente particiones, conflictos entre socios y en temas de resolución, cumplimiento o incumplimiento de contratos, indemnización de perjuicios especialmente en el ámbito del derecho urbanístico e inmobiliario, Ley General de Urbanismo y Construcciones, Derecho Público y Administrativo</t>
+  </si>
+  <si>
+    <t>materias; derecho de aguas</t>
+  </si>
+  <si>
+    <t>materias; partición de comunidad hereditaria, liquidación de otras comunidades, liquidación de la sociedad conyugal y conflicto entre socios, al tenor del artículo 227 del Código Orgánico de Tribunales</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Particiones de bienes, herencias y comunidades, liquidación de sociedad conyugal (Magister en mediación: Gestión colaborativa de conflictos) Derecho Comercial, de Minería y Aguas.</t>
+  </si>
+  <si>
+    <t>materias; Particiones de comunidades hereditarias y partición en general, Responsabilidad contractual y extracontractual, Derecho de minería y Derecho inmobiliario</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho de Familia, Derecho Laboral, Derecho Comercial, Consumo y Financiero.</t>
+  </si>
+  <si>
+    <t>materias civil, derecho sucesorio-partición y en derecho comercial</t>
+  </si>
+  <si>
+    <t>materiass; Derecho Público, Derecho Civil y Derecho Comercial</t>
+  </si>
+  <si>
+    <t>materiass; partición de bienes, liquidación de sociedad conyugal o de una sociedad colectiva o en comandita civil y la de las comunidades, las diferencias que ocurran entre los socios de determinadas sociedades, en los casos de los artículos 415 del Código de Comercio y 4° N°10 de la Ley N°18.046, arbitrajes en materias de seguros.</t>
+  </si>
+  <si>
+    <t>materias; especialidad general</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil y el Derecho Comercial en general, y particularmente, con controversias y diferencias en el ámbito sucesorio y de las particiones y liquidaciones de comunidades, de la responsabilidad contractual y extracontractual, y del comercio en las actividades inmobiliarias y de la construcción, de los seguros y de las relaciones corporativas y societarias</t>
+  </si>
+  <si>
+    <t>materias;Civiles, tales como Particiones de bienes en Comunidades, tanto por sucesiones hereditarias como de cualquier otra naturaleza, Contratos, Responsabilidad Civil Contractual y Extracontractual, Asuntos de Aguas y Litigios civiles, Comerciales, tales como asuntos Inmobiliarios, Construcción, Asuntos Societarios en general, especialmente disolución y liquidación de Sociedades, Transporte terrestre y marítimo, asuntos de Seguros y Comercio electrónico, Propiedad Intelectual e Industrial</t>
+  </si>
+  <si>
+    <t>materias; Liquidación de sociedades conyugales, sociedades comerciales, partición y liquidación de bienes comunes</t>
+  </si>
+  <si>
+    <t>materias; Liquidaciones de comunidades, particiones hereditarias, conflictos societarios, derecho eléctrico y derecho concursal</t>
+  </si>
+  <si>
+    <t>materias;  civiles, derecho sucesorio, partición y derecho comercial</t>
+  </si>
+  <si>
+    <t>materias; civiles y comerciales, responsabilidad por daños contractuales y extracontractuales, incumplimientos de contratos, nulidades, particiones, liquidación de sociedades, rendición y objeción de cuentas, construcción, negligencias medicas,  exportación de fruta, deslindes, posesión y propiedad raíz, derecho de seguros, derecho de aguas, transporte terrestre y marítimo, derecho marítimo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">materias; derecho constitucional, derecho civil, derecho sucesorio, derecho comercial, derecho económico, derecho laboral, derecho penal, derecho administrativo, derecho regulatorio, derecho minero, derecho eléctrico, derecho ambiental y derecho de propiedad intelectual e industrial. </t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial (especialmente, partición de bienes, liquidación de sociedad conyugal,  liquidación de comunidades, diferencias y/o conflictos societarios, controversias contractuales, juicios de cuentas, 
+entre otros)</t>
+  </si>
+  <si>
+    <t>materias; derecho procesal, particiones de herencias y liquidaciones de sociedades conyugales.</t>
+  </si>
+  <si>
+    <t>materias; herencias y partición de bienes, juicios de cuentas, liquidación de sociedades y responsabilidad civil contractual.</t>
+  </si>
+  <si>
+    <t>materias; Particiones, partidor, comunidades hereditarias, sociedad conyugal y otras comunidades, derecho civil</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil (Liquidación y Partición de Bienes en Comunidades, de Bienes Hereditarios, de Sociedad Conyugal, conflictos societarios, Leasing -muebles e inmuebles, Arriendos, Rendición de cuentas); Derecho Comercial.</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial, en especial Particiones de Bienes, Liquidaciones de Sociedad conyugal y sociedades Comerciales, solución de controversias entre socios, Leasing habitacional. Inmobiliarios. Comunidades. Educacionales. Derecho Administrativo. Contractuales y Extracontractuales.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">materias; civil, comercial, específicamente partición de bienes, liquidación de sociedad conyugal, liquidaciones de sociedades mineras, comerciales e industriales, arbitrajes en seguros </t>
+  </si>
+  <si>
+    <t>materias; Partición de Herencias, Partición de Comunidades, Liquidación de Sociedad Conyugal y Contratos de Seguros</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, inmobiliario y registral, derechos de aguas, sucesorio y partición de bienes</t>
+  </si>
+  <si>
+    <t>materias; Especialización en Arbitraje Civil y Comercial, en especial: Liquidación de Sociedades: Sociedad Conyugal, Sociedades Colectivas y en Comandita Civiles, y Comunidades; Partición de Bienes: Herencias y Comunidades de Bienes; Conflictos Relacionados con la Rendición de Cuentas: Gerentes y Liquidadores de Sociedades Comerciales; Diferencias entre Socios: Socios o Accionistas de Sociedades Anónimas, por Acciones, Limitadas, Colectivas Comerciales y en Comandita Comerciales; Arbitrajes en Juicios de Hacienda; y, Conflictos en materias de Seguros.</t>
+  </si>
+  <si>
+    <t>materias: derecho civil y comercial</t>
+  </si>
+  <si>
+    <t>materias; juicios partición de bienes, liquidación de sociedad conyugal o de una sociedad colectiva o en comandita civil y la de las comunidades, las diferencias que ocurran entre los socios de determinadas sociedades, en los casos de los artículos 415 del Código de comercio y 4° N° 10 de la ley N° 18046, arbitraje en materias de seguros
+juicios de indemnizaciones de perjuicios, cumplimiento forzado, interpretación, resciliación y resolución de conflictos en materiass de contratos de construcción, compraventas y promesas de compraventa en relación a bienes inmuebles o muebles, leasing, lease back y otros contratos de financiamiento.</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil (Liquidación y Partición de Bienes en Comunidad Hereditaria, Conflictos Societarios, Leasing -muebles e inmuebles-, Responsabilidad Contractual y Extracontractual, Rendición de Cuentas); Derecho Administrativo y Derecho Procesal.</t>
+  </si>
+  <si>
+    <t>materias; Particiones de Comunidades de Bienes.
+Controversias, Disolución y Liquidación de Sociedades</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, derecho comercial y derecho privado</t>
+  </si>
+  <si>
+    <t>materias; Magister en Derecho, con mención en Derecho público. Diploma Litigación estratégica en Derecho Administrativo Sancionador,  partición de herencia, liquidación de sociedad conyugal y preparación para arribar a soluciones colaborativas cuando ello resulta viable, en diversas materiass</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, liquidaciones de sociedades, Responsabilidad Contractual, Extracontractual, Accidentes de Tránsito, Derecho de Familia.</t>
+  </si>
+  <si>
+    <t>materias; Particiones de Comunidades de Bienes con activos Navieros, Comerciales, Agrícolas, Industriales y Mineros. Controversias, Disolución y Liquidación de Sociedades. Arbitraje de Seguros, Leasing Inmobiliario. Contratos de Construcción, Mercantiles y Marítimos.</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, causas voluntarias, acciones de dominio y juicios de partición</t>
+  </si>
+  <si>
+    <t>materias; partición de bienes, leasing ley 19281, Juicios sobre cuentas. Las cuestiones a que diere lugar la presentación de la cuenta del gerente o del liquidador de las sociedades comerciales, Diferencias que ocurrieren entre los socios de una sociedad anónima, o de una sociedad colectiva o en comandita comercial, o entre los asociados de una participación, en el caso del artículo 415 del Código de Comercio, liquidación de una sociedad conyugal o de una sociedad colectiva o en comandita civil, y la de las comunidades, Juicios de cumplimiento de contrato en materias de seguros</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Derecho Comercial y  Seguros.</t>
+  </si>
+  <si>
+    <t>materias; Inmobiliario, derechos de agua, sucesorio,
+resolución de controversias, tributario, administrativo y comercio exterior</t>
+  </si>
+  <si>
+    <t>materias; partición de bienes de comunidades, hereditarias, quedadas a la disolución de la sociedad conyugal y otras personas jurídicas y sociedades; negligencias médicas; exportación e importación de mercaderías y servicios; derecho de aguas, minero, ambiental, agrícola, construcción, inmobiliario; disputas contractuales civiles y comerciales; deslindes; diferendos societarios y de pactos de socios o accionistas; cobertura de contratos de seguro; rendición de cuentas; liquidaciones</t>
+  </si>
+  <si>
+    <t xml:space="preserve">materias; civiles, comerciales, societarias, administrativas, telecomunicaciones y otros
+mercados regulados, negociaciones complejas y otras operaciones ajenas a la resolución de controversias, fusiones y adquisiciones, financiamientos, restructuraciones de deuda, aperturas en bolsa, etc., conducidas tanto en español, como en inglés. </t>
+  </si>
+  <si>
+    <t>materias;  civiles, tales como partición de bienes en comunidad, ya sea hereditaria o de cualquier otra naturaleza, así como cualquier otra materias civil que pueda ser sometida a arbitraje de común acuerdo por las partes, especialmente asuntos asociados a responsabilidad civil. Adicionalmente, cualquier controversia de carácter mercantil y/o societaria, especialmente asuntos relativos a la liquidación y disolución de sociedades comerciales.</t>
+  </si>
+  <si>
+    <t>materias; partición de bienes, liquidación y disolución de sociedades, conflictos societarios y leasing</t>
+  </si>
+  <si>
+    <t>materias; civiles, comerciales, asuntos societarios,
+sucesorios y particiones, asuntos inmobiliarios y
+construcción y aguas</t>
+  </si>
+  <si>
+    <t>materias; Derecho Comercial y Civil (responsabilidad contractual y extracontractual, nulidades, particiones)</t>
+  </si>
+  <si>
+    <t>materia; Civil</t>
+  </si>
+  <si>
+    <t>Jurisdicción de la Iltma. Corte de Apelaciones de Rancagua</t>
+  </si>
+  <si>
+    <t>materias; Derecho civil,Juicios de Partición de Bienes, 
+Derecho Comercial:  Solución de conflictos en Contratos de Seguro; Solución de conflictos en Contratos de Seguro Marítimo; Solución de conflictos en contratos de Transporte marítimo, avería común y abordaje</t>
+  </si>
+  <si>
+    <t>materiass; juicios de partición de bienes y en juicios arbitrales civiles y comerciales</t>
+  </si>
+  <si>
+    <t>materias; derechos contractuales y cuasicontractuales, comunitarios, derecho sucesorio, particiones en general, derechos de aguas, ley de pesca, derechos territoriales, marítimos, propiedad intelectual. Arbitrajes en derechos societarios, sociedades anónimas, limitadas y SpA, etc. En general en la resolución de todo tipo de negocios jurídicos, acciones y derechos susceptibles de ser resueltos por la vía del arbitraje en materias civiles</t>
+  </si>
+  <si>
+    <t>materia; Arbitraje Nacional</t>
+  </si>
+  <si>
+    <t>Región del Libertador Bernardo O´Higgins, principalmente comunas de Santa Cruz, Pichilemu, Peralillo</t>
+  </si>
+  <si>
+    <t>materias; preferentemente en las áreas corporativa y judicial, con especial énfasis en materias civiles, comerciales, societarias, inmobiliaria y construcción</t>
+  </si>
+  <si>
+    <t>ZLATAR DÍAZ, LIBORIO NICOLÁS 
+ANTONIO</t>
+  </si>
+  <si>
+    <t>materias; Particiones de bienes. Partición de comunidades, ya sean hereditarias, originadas en sociedades conyugales o en participaciones en los gananciales; Herencias. Cumplimiento e incumplimiento de contratos y obligaciones, en general. Derechos Reales. Derecho Civil patrimonial, en general, Contratos comerciales, ya sean tradicionales o modernos. Sociedades Anónimas, por Acciones, de Responsabilidad Limitada, en Comanditas, Colectivas, etc. Conflictos societarios; Liquidación de sociedades; Rendición de cuentas.
+Derecho Comercial, en general</t>
+  </si>
+  <si>
+    <t>materias; Derecho de Familia, Derecho Civil y Derecho Administrativo, Derecho Sucesorio, Partición de Bienes, Herencias, Sociedad Conyugal, Sociedades, Rendición de Cuentas, Seguros aquellas materias administrativas en que, por mandato de leyes especiales, puedan ser sometidas a arbitraje.</t>
+  </si>
+  <si>
+    <t>Málaga N° 89, oficina 62, Las Condes, Región Metropolitana.</t>
+  </si>
+  <si>
+    <t>materias; derecho mixto y arbitrador, sucesiones hereditarias, como de comunidades, liquidación de sociedades, comerciales, societarias y seguros, conforme lo dispone el Código de Comercio.</t>
+  </si>
+  <si>
+    <t>materias;  civiles y comerciales, liquidación de comunidades matrimoniales, hereditarias y comerciales</t>
+  </si>
+  <si>
+    <t>calle Coronel Santiago Bueras N°359, oficina 411, Rancagua</t>
+  </si>
+  <si>
+    <t>Huérfanos N° 903, oficina 605, comuna de Santiago</t>
+  </si>
+  <si>
+    <t>Avenida Bernado O´Higgins N° 378, San Vicente</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, liquidación y partición de
+bienes en comunidad, bienes hereditarios, sociedad
+conyugal u otro tipo. Conflictos societarios, leasing-muebles e inmuebles, arriendos, responsabilidad contractual y extracontractual, rendición de cuentas, derecho comercial, sociedades y seguros, derecho marítimo y aduanero.</t>
+  </si>
+  <si>
+    <t>MUÑOZ RODRIGUEZ, NELSON EXEQUIEL</t>
+  </si>
+  <si>
+    <t>Nueva York N° 57, Santiago</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, Liquidación y Partición de Bienes en Comunidad, de Bienes Hereditarios, de Sociedad Conyugal, conflictos societarios, Leasing -muebles e inmuebles-, Arriendos, Responsabilidad Contractual, Responsabilidad Extracontractual, Rendición de cuentas; Derecho Comercial y Derecho Procesal.</t>
+  </si>
+  <si>
+    <t>materias; civiles y comerciales, liquidaciones de sociedades civiles, comerciales y mineras,
+comunidades hereditarias y solución de conflictos en materias comerciales, de construcción y mineras</t>
+  </si>
+  <si>
+    <t>manuelzunigapina@gmail.com</t>
+  </si>
+  <si>
+    <t>Calle Quechereguas 369, San Fernando.</t>
+  </si>
+  <si>
+    <t>materias; derecho Civil, arbitrajes, particiones, liquidaciones de sociedad conyugal, particiones de herencia, sucesorios, leasing mineros, leasing en general, arrendamientos y otras materias, contratos en Minería.</t>
+  </si>
+  <si>
+    <t>Jose Toribio Medina N° 48, segundo piso, Santa Cruz</t>
+  </si>
+  <si>
+    <t>General Blanche N° 12260, comuna de Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>Territorio Preferente: Rancagua</t>
+  </si>
+  <si>
+    <t>claudia.legalcalvarez2@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales de Rancagua y de la sexta región</t>
+  </si>
+  <si>
+    <t>materias; Derecho Civil, partición de bienes, liquidación de sociedad conyugal, liquidación de comunidades, controversias contractuales, responsabilidad civil contractual y extracontractual; además de materias de Derecho Público, entre tales asuntos administrativos y acciones constitucionales.</t>
+  </si>
+  <si>
+    <t>materias; derecho contractuales y cuasicontractuales, comunitarios, derecho sucesorio, particiones en general, derechos de aguas, ley de pesca, derechos territoriales, marítimos, propiedad intelectual, arbitrajes en derechos societarios, sociedades anónimas, limitadas y SPA, etc. En general en la resolución de todo tipo de negocios jurídicos, acciones y derechos susceptibles de ser resueltos por la vía del arbitraje en materias civiles.</t>
+  </si>
+  <si>
+    <t>INFANTE MARTIN, JAVIER FRANCISCO JESUS</t>
+  </si>
+  <si>
+    <t>Camino Padre Hurtado N° 5100, casa 2 Comuna de Paine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toda la jurisdicción </t>
+  </si>
+  <si>
+    <t>OVALLE MADRID, GERMAN LUIS</t>
+  </si>
+  <si>
+    <t>VARGAS ROCO, IGNACIO SEBASTIAN</t>
+  </si>
+  <si>
+    <t>La Brabanzon 2717, Departamento 1202, Comuna de Providencia, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>ivargasroco@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Derecho de la Construcción, Derecho Contractual, Derecho Comercial, Concesiones -de distintos tipos-, Seguros, Derecho Minero, Sucesiones y Responsabilidad Contractual</t>
+  </si>
+  <si>
+    <t>Rancagua, San Fernando, San Vicente, Santa Cruz, Pichilemu, Peumo, Peralillo, Litueche y Rengo.</t>
+  </si>
+  <si>
+    <t>446-2025</t>
+  </si>
+  <si>
+    <t>URIBE MONJE, NATALIA ANDREA</t>
+  </si>
+  <si>
+    <t>calle Cayetano Letelier N° 225, oficina N° 207, comuna de La Unión, Región de Los Ríos</t>
+  </si>
+  <si>
+    <t>nataliauribemonje@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Derecho civil y comercial, especialmente Partición de bienes y Liquidaciones de todo tipo, entre ellas de sociedades conyugales, sociedades civiles y comerciales, comunidades, sucesiones hereditarias y organizaciones en general; Incumplimiento de contratos; Responsabilidad por daños contractuales y extracontractuales; derecho inmobiliario y de construcción, indemnización de perjuicios y Nulidades; Deslindes, posesión y propiedad raíz, juicio de cuentas,Resolución de conflictos societarios, comunitarios y de asociaciones, disoluciones y cuestiones entre socios, comuneros y o con terceros, Resolución de conflictos en arbitrajes forzosos y voluntarios, en cumplimiento a cláusulas compromisorias o por simple solicitud de algún interesado, Todas las demás materias que la ley entregue a la resolución de jueces árbitros</t>
+  </si>
+  <si>
+    <t>449-2025</t>
+  </si>
+  <si>
+    <t>CONTRERAS SALAZAR, ALEXIS HERNAN</t>
+  </si>
+  <si>
+    <t>acs.abogadosasociados@gmail.com</t>
+  </si>
+  <si>
+    <t>Lago Cochrane 9522, La Florida, Santiago</t>
+  </si>
+  <si>
+    <t>materias; Particiones de Herencias, Partición de Comunidades y Liquidación de Sociedad y Sociedad Conyugal</t>
+  </si>
+  <si>
+    <t>Tribunales comprendidos en la Jurisdicción</t>
+  </si>
+  <si>
+    <t>462-2025</t>
+  </si>
+  <si>
+    <t>TOLEDO SOBARZO, HUGO EDUARDO</t>
+  </si>
+  <si>
+    <t>Paseo Ahumada N° 312 oficina 308, Santiago</t>
+  </si>
+  <si>
+    <t>htoledos@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; resolución de contratos, liquidación de sociedades comerciales, sociedad conyugal, liquidación de comunidad hereditarias y derecho inmobiliario</t>
+  </si>
+  <si>
+    <t>473-2025</t>
+  </si>
+  <si>
+    <t>ZUÑIGA VELASQUEZ, JUAN PABLO</t>
+  </si>
+  <si>
+    <t>calle Napoleón 3010, oficina 51, comuna de Las Condes, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>jpablozv@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Diferencias entre Socios de Sociedades Anónimas, Juicios de Partición, Liquidación de sociedades y comunidades, Derecho de seguros, Responsabilidad Civil: contractual y extracontractual</t>
+  </si>
+  <si>
+    <t>475-2025</t>
+  </si>
+  <si>
+    <t>HUERTA ORELLANA, NICOLAS MAXIMILIANO</t>
+  </si>
+  <si>
+    <t>San Fernando, Placilla, Chimbarongo y Nancagua</t>
+  </si>
+  <si>
+    <t>materias; derecho civil y penal</t>
+  </si>
+  <si>
+    <t>nmhuerta@uc.cl</t>
+  </si>
+  <si>
+    <t>Federico Froebel, Providencia. RM.
+Quechereguas N° 688, San Fernando</t>
+  </si>
+  <si>
+    <t>486-2025</t>
+  </si>
+  <si>
+    <t>BEGAZO AHUMADA, OSCAR ORLANDO</t>
+  </si>
+  <si>
+    <t>Campos N.º 363, Of. 45, Rancagua</t>
+  </si>
+  <si>
+    <t>begazoabogado@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; principalmente en Derecho Administrativo/Regulatorio y Civil-Comercial</t>
+  </si>
+  <si>
+    <t>487-2025</t>
+  </si>
+  <si>
+    <t>PLACENCIA AGUILERA, PASCUAL BAUTISTA</t>
+  </si>
+  <si>
+    <t>Calle Tenientes José y Manuel Campos N° 363, oficina 45, Rancagua</t>
+  </si>
+  <si>
+    <t>pascualplacencia@gmail.com</t>
+  </si>
+  <si>
+    <t>488-2025</t>
+  </si>
+  <si>
+    <t>ALARCON GARCIA, MARIA JESUS</t>
+  </si>
+  <si>
+    <t>Calle Yumbel N° 673, oficina 2, comuna de San Fernando</t>
+  </si>
+  <si>
+    <t>abogada.mariajesusalarcon@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales de San Fernando</t>
+  </si>
+  <si>
+    <t>489-2025</t>
+  </si>
+  <si>
+    <t>RIVERA ROJAS, NICOLAS ALEJANDRO</t>
+  </si>
+  <si>
+    <t>Don Carlos Nº 2939, oficina 712, Las Condes</t>
+  </si>
+  <si>
+    <t>nrivera@rrycia.cl</t>
+  </si>
+  <si>
+    <t>materias; Derecho de seguros, Partición de Bienes, Liquidación de Sociedad Conyugal o de una Sociedad Colectiva o En comandita Civil y la de las Comunidades, Derecho de Propiedad Intelectual e Industrial</t>
+  </si>
+  <si>
+    <t>Rancagua, Graneros, San Francisco de Mostazal, San Fernando, Santa Cruz, Rengo, San Vicente, Peumo, Peralillo, Pichilemu y Litueche</t>
+  </si>
+  <si>
+    <t>498-2025</t>
+  </si>
+  <si>
+    <t>FUENTES FUENTES, NICOLE ALEJANDRA</t>
+  </si>
+  <si>
+    <t>José Toribio Medina N°48 segundo piso oficina 2, Santa Cruz</t>
+  </si>
+  <si>
+    <t>nicolefuentes.abogada@gmail.com</t>
+  </si>
+  <si>
+    <t>499-2025</t>
+  </si>
+  <si>
+    <t>MIDDLETON JORQUERA, PAULA JEANETTE</t>
+  </si>
+  <si>
+    <t>Bueras N° 359 Oficina 901, Rancagua</t>
+  </si>
+  <si>
+    <t>paulamiddleton.abogada@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Civiles y Laborales.</t>
+  </si>
+  <si>
+    <t>503-2025</t>
+  </si>
+  <si>
+    <t>AREVALO LARA, LUIS ANDRES</t>
+  </si>
+  <si>
+    <t>Bello Horizonte N° 869, of 402, ciudad de Rancagua</t>
+  </si>
+  <si>
+    <t>andresarevalolara@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; especialidad de los juicios en que se requiera intervención respecto a materias propias de derecho civil ( sucesorio, partición), derecho comercial, derecho tributario</t>
+  </si>
+  <si>
+    <t>505-2025</t>
+  </si>
+  <si>
+    <t>IBARRA BUSTOS, MARIA SUJEI</t>
+  </si>
+  <si>
+    <t>Ibarra.causas@gmail.com</t>
+  </si>
+  <si>
+    <t>Tribunales de la Jurisdicción</t>
+  </si>
+  <si>
+    <t>510-2025</t>
+  </si>
+  <si>
+    <t>Americo Vespucio N° 1307, oficina 523, comuna de Las Condes, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>CAMPOS ORELLANA, FERNANDA JAVIERA</t>
+  </si>
+  <si>
+    <t>materias; Particiones de Herencias, Partición de Comunidades y Liquidación de Sociedad Conyugal</t>
+  </si>
+  <si>
+    <t>Sotero del Río N° 508, oficina 514, comuna de Santiago</t>
+  </si>
+  <si>
+    <t>fcamposo@miucsh.cl</t>
+  </si>
+  <si>
+    <t>511-2025</t>
+  </si>
+  <si>
+    <t>POBLETE RIOS, VICTOR ANTONIO</t>
+  </si>
+  <si>
+    <t>Av. Manuel Rodríguez Nº 311 de San Fernando</t>
+  </si>
+  <si>
+    <t>Rancagua, San Fernando, Rengo, San Vicente, Santa Cruz y Pichilemu</t>
+  </si>
+  <si>
+    <t>materias; especialización Magister en Derecho del Trabajo y Seguridad Social</t>
+  </si>
+  <si>
+    <t>vpobleterios@gmail.com</t>
+  </si>
+  <si>
+    <t>513-2025</t>
+  </si>
+  <si>
+    <t>SALAZAR MEZA, ANDRES EDUARDO</t>
+  </si>
+  <si>
+    <t>Av. Manuel Rodríguez Nº 311 de la
+ciudad de San Fernando</t>
+  </si>
+  <si>
+    <t>materias; especialización en Derecho Civil y
+Arbitraje, resolución de conflictos comerciales y laborales</t>
+  </si>
+  <si>
+    <t>Región de O’Higgins</t>
+  </si>
+  <si>
+    <t>514-2025</t>
+  </si>
+  <si>
+    <t>PALMA QUIROZ, MANUEL WLADIMIR</t>
+  </si>
+  <si>
+    <t>domiciliado en Agustinas 611, oficina 71, comuna de Santiago</t>
+  </si>
+  <si>
+    <t>palmaquiroz@gmail.com</t>
+  </si>
+  <si>
+    <t>Nivel regional</t>
+  </si>
+  <si>
+    <t>530-2025</t>
+  </si>
+  <si>
+    <t>andres@salazarabogados.cl</t>
+  </si>
+  <si>
+    <t>RETAMAL VIDELA, VALENTINA PAOLA</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, en particular responsabilidad y derecho sucesorio, particiones de herencias y comunidades</t>
+  </si>
+  <si>
+    <t>vpretamal@gmail.com</t>
+  </si>
+  <si>
+    <t>531-2025</t>
+  </si>
+  <si>
+    <t>MUÑOZ ALVAREZ, JORGE ANIBAL</t>
+  </si>
+  <si>
+    <t>Avda. Nueva Providencia 2214, of. 113, Providencia</t>
+  </si>
+  <si>
+    <t>jmunoz@bymabogados.cl</t>
+  </si>
+  <si>
+    <t>materias; juicios de partición de bienes y liquidación de sociedad conyugal</t>
+  </si>
+  <si>
+    <t>537-2025</t>
+  </si>
+  <si>
+    <t>VERGARA CARVALLO, ANDREA XIMENA</t>
+  </si>
+  <si>
+    <t>Camino Padre Hurtado N° 5100. Casa 2 Comuna de Paine</t>
+  </si>
+  <si>
+    <t>materias; Civiles, tales como Particiones de bienes en Comunidades, tanto por sucesiones hereditarias como de cualquier otra naturaleza, Contratos, Responsabilidad Civil Contractual y Extracontractual, Asuntos de Aguas y Litigios civiles, Comerciales, tales como asuntos Inmobiliarios, Construcción, Asuntos Societarios en general, especialmente disolución y liquidación de Sociedades, Transporte terrestre y marítimo, asuntos de Seguros y Comercio electrónico, Propiedad Intelectual e Industrial</t>
+  </si>
+  <si>
+    <t>544-2025</t>
+  </si>
+  <si>
+    <t>Andrea.vergaracarvallo@gmail.com</t>
+  </si>
+  <si>
+    <t>543-2025</t>
+  </si>
+  <si>
+    <t>VALDEBENITO CORREA, NICOLE ALEJANDRA</t>
+  </si>
+  <si>
+    <t>Codegua, Coinco, Coltauco, Doñihue, Graneros, Las Cabras, Machali, Malloa, Mostazal, Olivar, Peumo, Pichidegua, Quinta de Tilcoco, Rancagua, Rengo, Requinoa, San Vicente de Tagua Tagua, La Estrella, Litueche, Marchigue, Navidad, Paredones, Pichilemu, Chépica, Chimbarongo, Lolol, Nancagua, Palmilla, Peralillo, Placilla, Pumanque, San Fernando y Santa Cruz.</t>
+  </si>
+  <si>
+    <t>Bueras N° 359, Oficinas. 601 y 602, Rancagua</t>
+  </si>
+  <si>
+    <t>722-230703
+ 722-232579- 964185929</t>
+  </si>
+  <si>
+    <t>navaldebenitoc@gmail.com</t>
+  </si>
+  <si>
+    <t>SILVA GALVEZ, BARBARA CONSTANZA</t>
+  </si>
+  <si>
+    <t>barbara.constanza.sg@gmail.com</t>
+  </si>
+  <si>
+    <t>Edificio Génesis, calle Bueras N° 359, oficina 904 de Rancagua</t>
+  </si>
+  <si>
+    <t>materias; civil, derecho sucesorio-partición y en derecho comercial</t>
+  </si>
+  <si>
+    <t>546-2025</t>
+  </si>
+  <si>
+    <t>ZAMORANO QUITRAL, CESAR EDUARDO</t>
+  </si>
+  <si>
+    <t>Avenida San Juan N° 376, casa 10,
+Condominio Jardín Inglés, Machalí</t>
+  </si>
+  <si>
+    <t>czamorano@litigantes.net
+cesarzq@gmail.com</t>
+  </si>
+  <si>
+    <t>548-2025</t>
+  </si>
+  <si>
+    <t>CANTÓ CABALLERO, TOMAS EZAU</t>
+  </si>
+  <si>
+    <t>Región del Libertador General Bernardo O'Higgins</t>
+  </si>
+  <si>
+    <t>550-2025</t>
+  </si>
+  <si>
+    <t>tomascantocaballero@gmail.com</t>
+  </si>
+  <si>
+    <t>Américo Vespucio  Norte N° 970, Depto. 10, comuna de Las Condes, Santiago</t>
+  </si>
+  <si>
+    <t>LAGOS HARTARD, MICHAELA CONSTANZA</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, en particular derecho inmobiliario y de la construcción, responsabilidad y garantías de la construcción, responsabilidad contractual y extracontractual, derecho sucesorio, particiones de herencias y comunidades</t>
+  </si>
+  <si>
+    <t>551-2025</t>
+  </si>
+  <si>
+    <t>lagos.michaela@gmail.com</t>
+  </si>
+  <si>
+    <t>BRAVO VELASQUEZ, MANUEL ANTONIO</t>
+  </si>
+  <si>
+    <t>Calle Cardenal Caro N° 392, departamento 209, Comuna de San Fernando</t>
+  </si>
+  <si>
+    <t>mbravo.velasquez@gmail.com</t>
+  </si>
+  <si>
+    <t>552-2025</t>
+  </si>
+  <si>
+    <t>URBANO SANDOVAL, JOSE ANIBAL</t>
+  </si>
+  <si>
+    <t>555-2025</t>
+  </si>
+  <si>
+    <t>aurbano@urbanoabogados.cl</t>
+  </si>
+  <si>
+    <t>226971350 
+989003172</t>
+  </si>
+  <si>
+    <t>Huérfanos N° 1147 Oficina 442, Santiago</t>
+  </si>
+  <si>
+    <t>JARAMILLO LIRA, ARMANDO</t>
+  </si>
+  <si>
+    <t>Avda. Nueva Tajamar Nº 481, torre Norte, Of. 1405, Las Condes, Región Metropolitana
+El Cardal s/n de la comuna de Nancagua, Colchagua, VI-Región</t>
+  </si>
+  <si>
+    <t>materias; Particiones, testadas e intestadas, resolución y cumplimiento de contratos, promesas de compraventa, leasing habitacional, arrendamientos, usufructos, fideicomisos, conflictos contractuales con empresas inmobiliarias y/o de construcción, liquidación de sociedades civiles y comerciales, comunidades, resolución de conflictos de socios y/o accionistas y asuntos civiles y comerciales que precisen de arbitraje</t>
+  </si>
+  <si>
+    <t>556-2025</t>
+  </si>
+  <si>
+    <t>jaramilloabogado@gmail.com</t>
+  </si>
+  <si>
+    <t>222062270 
+993334701</t>
+  </si>
+  <si>
+    <t>474-2025</t>
+  </si>
+  <si>
+    <t>ULLOA ULLOA, VALERY ANTONELLA</t>
+  </si>
+  <si>
+    <t>Parcela N° 2 Los Tilos, comuna y ciudad de Vilcún, Región de la Araucanía</t>
+  </si>
+  <si>
+    <t>ulloaulloavalery@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Magíster en Derecho con Especialización en Derecho Público, resolución colaborativa de conflictos, Derecho Registral Inmobiliario, partición de herencias y liquidación de sociedad conyugal cuando en el patrimonio de la comunidad respectiva existen bienes inmuebles involucrados.</t>
+  </si>
+  <si>
+    <t>materias; Arbitrajes Civiles: Contratos,
+responsabilidad civil contractual y extracontractual, asuntos mineros, derecho de aguas y litigios civiles. Especialmente particiones de bienes en comunidades, tanto por sucesiones hereditarias, sociedades conyugales o de cualquier naturaleza; Arbitrajes Comerciales: contratos de diverso tipo, asuntos societarios en general, como pacto de accionistas, disolución y liquidación de sociedades, transporte terrestre y marítimo, asunto de seguros (en particular todo riesgo en construcción);- Arbitraje Construcción e Inmobiliario: Contratos de construcción, infraestructura e ingeniería, Dispute Board, seguro todo riesgo en construcción y perjuicio por paralización; Arbitraje Comercial Internacional: contratos, responsabilidad civil contractual y extracontractual, informáticos, sucesiones hereditarias, sociedades conyugales o de cualquier naturaleza.</t>
+  </si>
+  <si>
+    <t>materias; litigios civiles y comerciales</t>
+  </si>
+  <si>
+    <t>573-2024
+430-2025
+renueva</t>
+  </si>
+  <si>
+    <t>72-222610
+999972256</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                                             </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NOMINA DE JUECES ARBITROS RENOVADOS Y NUEVOS JUECES ARBITROS  DE LA SEXTA REGION</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">NOMINA DE JUECES ARBITROS SEXTA REGION </t>
+      <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>790-2023</t>
-[...1247 lines deleted...]
-  <si>
     <t>OLEA ARAMBURU, PEDRO PABLO</t>
   </si>
   <si>
-    <t>Las Abejas 5.860, departamento número 12, La Reina, Santiago</t>
-[...455 lines deleted...]
-    <t>territorio jurisdiccional de los tribunales de San Fernando,
+    <t>Las Abejas 5.860, departamento número 12, La Reina, Santiago.</t>
+  </si>
+  <si>
+    <t>ppolea.aramburu@gmail.com
+pedropablo@oleaaramburu.cl</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, comercial, derecho de seguros, particiones y liquidaciones</t>
+  </si>
+  <si>
+    <t>San Fernando, Santa Cruz y Rancagua.</t>
+  </si>
+  <si>
+    <t>1045-2025</t>
+  </si>
+  <si>
+    <t>SAAVEDRA SEPULVEDA, FRANCISO JAVIER</t>
+  </si>
+  <si>
+    <t>Lote 1H Lihueimo S/N, comuna de Palmilla, Región de O´Higgins</t>
+  </si>
+  <si>
+    <t>materia; juicios de partición</t>
+  </si>
+  <si>
+    <t>franciscosaavedra@santanenita.cl</t>
+  </si>
+  <si>
+    <t>Región de O´Higgins</t>
+  </si>
+  <si>
+    <t>1095-2025</t>
+  </si>
+  <si>
+    <t>materias; derecho civil, partición de herencias, comunidades, sociedad conyugal, contratos de arriendo y  Ley N° 19.281 normas sobre arrendamiento de viviendas con promesa de compraventa.</t>
+  </si>
+  <si>
+    <t>materias; civil, comercial, tributario, ambiental, del Derecho Internacional de Derechos Humanos y Estatuto de Derechos Humanos y Empresa.</t>
+  </si>
+  <si>
+    <t>Todo el terriorio de la región</t>
+  </si>
+  <si>
+    <t>Toda la jurisdicción de la Iltma. Corte de Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>Todo Tribunal Civil de esta jurisdicción</t>
+  </si>
+  <si>
+    <t>Todo el territorio que comprende la Ilustrísima Corte de Apelaciones de Rancagua</t>
+  </si>
+  <si>
+    <t>Todo el territorio jurisdiccional de la Corte.</t>
+  </si>
+  <si>
+    <t>Territorio correspondiente a la region de Rancagua</t>
+  </si>
+  <si>
+    <t>Todos los tribunales civiles de la Sexta Región, principalmente  Rancagua, San Vicente, Peumo, Rengo, San Fernando y Santa Cruz</t>
+  </si>
+  <si>
+    <t>Todo el territorio Jurisdiccional</t>
+  </si>
+  <si>
+    <t>Sin territorio de desempeño preferente</t>
+  </si>
+  <si>
+    <t>Territorio jurisdiccional de los tribunales de San Fernando,
 Santa Cruz, Peralillo, Pichilemu y Litueche.</t>
   </si>
   <si>
-    <t>SILVA HANISCH, MAXIMILIANO
-[...623 lines deleted...]
-    <t xml:space="preserve"> GARCÍA ACEVEDO, RODRIGO FERNANDO</t>
+    <t>Tribunales de la Jurisdicción de la Ilustrísima Corte de apelaciones de Rancagua, esto es comunas de Litueche, Peralillo, Peumo, Pichilemu, Rancagua, Rengo, San Fernando, San Vicente de Tagüa Tagüa, Santa Cruz y demás pertinentes</t>
+  </si>
+  <si>
+    <t>Toda la jurisdicción de la Corte de Apelaciones de Rancagua</t>
+  </si>
+  <si>
+    <t>Todo el territorio de competencia</t>
+  </si>
+  <si>
+    <t>Todos los tribunales de la jurisdicción</t>
+  </si>
+  <si>
+    <t>No indica</t>
+  </si>
+  <si>
+    <t>Tribunales civiles de Rancagua, Rengo, San Vicente, Peumo y San Fernando</t>
+  </si>
+  <si>
+    <t>Totalidad de la Región del Libertador General Bernardo O´higgins.</t>
+  </si>
+  <si>
+    <t>Territorios jurisdiccionales correspondiente a los Tribunales Civiles o de Letras de la Región</t>
+  </si>
+  <si>
+    <t>Tribunales con asiento de Corte</t>
+  </si>
+  <si>
+    <t>Dentro del territorio jurisdiccional</t>
+  </si>
+  <si>
+    <t>Territorios jurisdiccionales de los juzgados civiles</t>
+  </si>
+  <si>
+    <t>Toda la Jurisdicción de la I. Corte</t>
+  </si>
+  <si>
+    <t>Territorio jurisdiccional de la Ilustrísima Corte de Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>Tribunales de la Jurisdicción de la Ilustrísima Corte, especialmente en las comunas de Pichilemu, Peralillo, San Fernando, Paredones, Rancagua</t>
+  </si>
+  <si>
+    <t>Dentro de todo el territorio de la Sexta Región</t>
+  </si>
+  <si>
+    <t>Todo el territorio de la Sexta Región</t>
+  </si>
+  <si>
+    <t>Toda la Sexta Región, en especial en las ciudades de Rancagua y San Fernando.</t>
+  </si>
+  <si>
+    <t>Todo el territorio jurisdiccional de la I. Corte de Apelaciones de Rancagua.</t>
+  </si>
+  <si>
+    <t>Territorio jurisdiccional de los juzgados civiles y de jurisdicción común</t>
+  </si>
+  <si>
+    <t>Calle Teatinos N° 361, oficina N° 310, comuna de Santiago,</t>
+  </si>
+  <si>
+    <t>96658 7022</t>
+  </si>
+  <si>
+    <t>materias; Derecho Administrativo, Derecho Penal; Corretaje de propiedades, partición de Bienes, juicios civiles, loteos de propiedades, loteos de sitios, condominios,  disputa deslindes de propiedad raíz, Resolución de conflictos en arbitrajes forzosos y voluntarios, en cumplimiento a cláusulas compromisorias o por simple solicitud de algún interesado</t>
+  </si>
+  <si>
+    <t>gmunoz@vergaraycia.cl
+gme_@vtr.net</t>
+  </si>
+  <si>
+    <t>ABADAL VEAS, TOMAS IGNACIO</t>
+  </si>
+  <si>
+    <t>Osmán Pérez Freire, N° 648, Villa El
+Portal, Rancagua.</t>
+  </si>
+  <si>
+    <t>materias inmobiliarias, corporativas, Juicios de Partición y Litigios en materias Civiles, Labores, Familia y Propiedad Intelectual.</t>
+  </si>
+  <si>
+    <t>la totalidad de territorio</t>
+  </si>
+  <si>
+    <t>1116-2025</t>
+  </si>
+  <si>
+    <t>tiabadal@uc.cl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -4367,73 +2925,95 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.34998626667073579"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <fgColor theme="9" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -4580,258 +3160,235 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...124 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5076,7324 +3633,4396 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciocortesrosso@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrgs@vaeabogados.cl" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorojasabgs@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@amatruiztagle.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor.readi@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maryellcornejot@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosraicevich@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmorales@bomberos.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sguijarro@uc.cl" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jose.Reitze@Arbitral.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhermidab@gmail.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@arbitrorodriguez.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdroguettsilva@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@osycia.cl" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebahamondesabogado@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marceloalfaroabogado@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdiaz@diazabogados.cl" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leguabarrales22@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseairazabal@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm@manasevichmembers.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelcuadra07@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aawegman@uc.cl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clopezpaulus@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.lillo.astorga@gmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gonzaloarmijorivera@gmail.com" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:platorre@latorreycia.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robertovergara@asesoriasvergara.cl" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzur.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curquietasalazar@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avalabogado@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artabogados.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.sepulveda.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quinteros.gloria@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhernandez@cmgabogados.cl" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:janicequiroz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelmatteuccim@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alempsepulveda@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresojedavial@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolfojmontecinos@gmail.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbaezavivanco@gmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:POZAABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedropablo@oleaaramburu.cl" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:p.nunez.jimenez@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hector.robinson@hotmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo@dintransabogados.cl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccornejo@mackennacruzat.cl" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmsilva2h@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.fuentes@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hozven@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.toloza@ga-abogados.cl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigap@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelotejos.a@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GBORE@BFLEGAL.CL" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipevercellinoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado-cristi@hotmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreshassen@yahoo.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroavilac@yahoo.es" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cseguel.pelayo@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrieldiazabogado@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemartir@uc.cl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weissermauricio@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Lmsalvar@gmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmarinovic@marinovicyasociados.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmontalb@uc.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jclatifeh@gmail.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.trejosg@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochiu6626@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cporzio@porzio.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.ignacio13@icloud.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@arbitrorodriguez.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdiaz@diazabogados.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzur.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clopezpaulus@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gonzaloarmijorivera@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroavilac@yahoo.es" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marceloalfaroabogado@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciocortesrosso@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leguabarrales22@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelotejos.a@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolfojmontecinos@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhernandez@cmgabogados.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor.readi@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmsilva2h@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:p.nunez.jimenez@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.fuentes@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roberto.soto@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.sepulveda.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochiu6626@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quinteros.gloria@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbaezavivanco@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdroguettsilva@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorojasabgs@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jclatifeh@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agonzalez@anvp.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avalabogado@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm@manasevichmembers.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artabogados.cl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccornejo@mackennacruzat.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedropablo@oleaaramburu.cl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado-cristi@hotmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robsolat@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sguijarro@uc.cl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alempsepulveda@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.lillo.astorga@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hozven@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreshassen@yahoo.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrgs@vaeabogados.cl" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemartir@uc.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebahamondesabogado@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosraicevich@hotmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@amatruiztagle.cl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A2:I240"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A237" workbookViewId="0">
-      <selection activeCell="F247" sqref="F247"/>
+    <sheetView tabSelected="1" topLeftCell="A154" workbookViewId="0">
+      <selection activeCell="B128" sqref="B128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.28515625" style="10" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="11.42578125" style="39"/>
+    <col min="1" max="1" width="7.28515625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="29" style="8" customWidth="1"/>
+    <col min="3" max="3" width="31.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="18.7109375" style="34" customWidth="1"/>
+    <col min="5" max="5" width="35.7109375" customWidth="1"/>
+    <col min="6" max="6" width="43.28515625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="30.42578125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="9" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="53"/>
+      <c r="D3" s="35"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+    </row>
+    <row r="4" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="54" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="55" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="56" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="55" t="s">
+        <v>4</v>
+      </c>
+      <c r="F4" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="G4" s="57" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="58" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="59">
+        <v>1</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>642</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D5" s="16">
+        <v>992251842</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>425</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="D6" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>575</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="D7" s="31">
+        <v>997354692</v>
+      </c>
+      <c r="E7" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="F7" s="19" t="s">
+        <v>574</v>
+      </c>
+      <c r="G7" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="D8" s="31" t="s">
+        <v>440</v>
+      </c>
+      <c r="E8" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>572</v>
+      </c>
+      <c r="G8" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>639</v>
+      </c>
+      <c r="C9" s="19" t="s">
+        <v>640</v>
+      </c>
+      <c r="D9" s="36">
+        <v>966458571</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>573</v>
+      </c>
+      <c r="G9" s="19" t="s">
+        <v>641</v>
+      </c>
+      <c r="H9" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="19" t="s">
+        <v>431</v>
+      </c>
+      <c r="D10" s="31">
+        <v>993355300</v>
+      </c>
+      <c r="E10" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>514</v>
+      </c>
+      <c r="G10" s="19" t="s">
+        <v>842</v>
+      </c>
+      <c r="H10" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>515</v>
+      </c>
+      <c r="G11" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" s="31">
+        <v>985661164</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>516</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>179</v>
+      </c>
+      <c r="D13" s="36" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>517</v>
+      </c>
+      <c r="G13" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="H13" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="D14" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>518</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="H14" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="36">
+        <v>998262077</v>
+      </c>
+      <c r="E15" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>614</v>
+      </c>
+      <c r="G15" s="19" t="s">
+        <v>841</v>
+      </c>
+      <c r="H15" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" s="36" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" s="19" t="s">
+        <v>519</v>
+      </c>
+      <c r="G16" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" s="19" t="s">
+        <v>185</v>
+      </c>
+      <c r="D17" s="36">
+        <v>993444492</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>520</v>
+      </c>
+      <c r="G17" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="200.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="19" t="s">
+        <v>510</v>
+      </c>
+      <c r="D18" s="31">
+        <v>941471232</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" s="19" t="s">
+        <v>521</v>
+      </c>
+      <c r="G18" s="19" t="s">
+        <v>187</v>
+      </c>
+      <c r="H18" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="19" t="s">
+        <v>508</v>
+      </c>
+      <c r="D19" s="36" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="F19" s="19" t="s">
+        <v>522</v>
+      </c>
+      <c r="G19" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="H19" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" s="36" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="F20" s="19" t="s">
+        <v>607</v>
+      </c>
+      <c r="G20" s="19" t="s">
+        <v>608</v>
+      </c>
+      <c r="H20" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" s="36">
+        <v>989401817</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" s="19" t="s">
+        <v>523</v>
+      </c>
+      <c r="G21" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="19" t="s">
+        <v>524</v>
+      </c>
+      <c r="G22" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="H22" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="C23" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="D23" s="31" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="F23" s="19" t="s">
+        <v>525</v>
+      </c>
+      <c r="G23" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H23" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="31">
+        <v>997443227</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>396</v>
+      </c>
+      <c r="F24" s="19" t="s">
+        <v>526</v>
+      </c>
+      <c r="G24" s="19" t="s">
+        <v>443</v>
+      </c>
+      <c r="H24" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>178</v>
+      </c>
+      <c r="D25" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="19" t="s">
+        <v>527</v>
+      </c>
+      <c r="G25" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="H25" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="D26" s="31">
+        <v>981399500</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="19" t="s">
+        <v>612</v>
+      </c>
+      <c r="G26" s="19" t="s">
+        <v>613</v>
+      </c>
+      <c r="H26" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C27" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="31">
+        <v>954156373</v>
+      </c>
+      <c r="E27" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" s="19" t="s">
+        <v>528</v>
+      </c>
+      <c r="G27" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="19" t="s">
+        <v>176</v>
+      </c>
+      <c r="D28" s="31">
+        <v>992762430</v>
+      </c>
+      <c r="E28" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" s="19" t="s">
+        <v>529</v>
+      </c>
+      <c r="G28" s="19" t="s">
+        <v>840</v>
+      </c>
+      <c r="H28" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="D29" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="E29" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>530</v>
+      </c>
+      <c r="G29" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="H29" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="C30" s="19" t="s">
+        <v>477</v>
+      </c>
+      <c r="D30" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="F30" s="19" t="s">
+        <v>531</v>
+      </c>
+      <c r="G30" s="19" t="s">
+        <v>478</v>
+      </c>
+      <c r="H30" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="39" t="s">
+        <v>85</v>
+      </c>
+      <c r="C31" s="19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D31" s="31" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="F31" s="19" t="s">
+        <v>532</v>
+      </c>
+      <c r="G31" s="19" t="s">
+        <v>447</v>
+      </c>
+      <c r="H31" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C32" s="19" t="s">
+        <v>183</v>
+      </c>
+      <c r="D32" s="31">
+        <v>931052179</v>
+      </c>
+      <c r="E32" s="20" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" s="19" t="s">
+        <v>611</v>
+      </c>
+      <c r="G32" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H32" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="C33" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" s="31">
+        <v>962093762</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="F33" s="19" t="s">
+        <v>531</v>
+      </c>
+      <c r="G33" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" s="31">
+        <v>958725738</v>
+      </c>
+      <c r="E34" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="19" t="s">
+        <v>533</v>
+      </c>
+      <c r="G34" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H34" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C35" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" s="31">
+        <v>722226361</v>
+      </c>
+      <c r="E35" s="20" t="s">
+        <v>629</v>
+      </c>
+      <c r="F35" s="19" t="s">
+        <v>607</v>
+      </c>
+      <c r="G35" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="H35" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D36" s="31">
+        <v>722237721</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="F36" s="19" t="s">
+        <v>607</v>
+      </c>
+      <c r="G36" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="H36" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="C37" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="D37" s="31">
+        <v>968394242</v>
+      </c>
+      <c r="E37" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="F37" s="19" t="s">
+        <v>518</v>
+      </c>
+      <c r="G37" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H37" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C38" s="19" t="s">
+        <v>623</v>
+      </c>
+      <c r="D38" s="31">
+        <v>987622157</v>
+      </c>
+      <c r="E38" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="F38" s="19" t="s">
+        <v>534</v>
+      </c>
+      <c r="G38" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H38" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="22" t="s">
+        <v>193</v>
+      </c>
+      <c r="C39" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="D39" s="31" t="s">
+        <v>499</v>
+      </c>
+      <c r="E39" s="23" t="s">
+        <v>500</v>
+      </c>
+      <c r="F39" s="19" t="s">
+        <v>535</v>
+      </c>
+      <c r="G39" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="H39" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C40" s="19" t="s">
+        <v>436</v>
+      </c>
+      <c r="D40" s="36">
+        <v>972124401</v>
+      </c>
+      <c r="E40" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F40" s="19" t="s">
+        <v>525</v>
+      </c>
+      <c r="G40" s="19" t="s">
+        <v>437</v>
+      </c>
+      <c r="H40" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="31" t="s">
+        <v>111</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F41" s="19" t="s">
+        <v>536</v>
+      </c>
+      <c r="G41" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="H41" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" s="31">
+        <v>990851762</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F42" s="19" t="s">
+        <v>576</v>
+      </c>
+      <c r="G42" s="19" t="s">
+        <v>441</v>
+      </c>
+      <c r="H42" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C43" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="D43" s="31">
+        <v>997429315</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="F43" s="19" t="s">
+        <v>620</v>
+      </c>
+      <c r="G43" s="19" t="s">
+        <v>190</v>
+      </c>
+      <c r="H43" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="19" t="s">
+        <v>213</v>
+      </c>
+      <c r="D44" s="36" t="s">
+        <v>121</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="F44" s="19" t="s">
+        <v>537</v>
+      </c>
+      <c r="G44" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="H44" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C45" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="D45" s="31">
+        <v>976966397</v>
+      </c>
+      <c r="E45" s="25" t="s">
+        <v>635</v>
+      </c>
+      <c r="F45" s="26" t="s">
+        <v>538</v>
+      </c>
+      <c r="G45" s="24" t="s">
+        <v>636</v>
+      </c>
+      <c r="H45" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="C46" s="19" t="s">
+        <v>175</v>
+      </c>
+      <c r="D46" s="31">
+        <v>951774267</v>
+      </c>
+      <c r="E46" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="F46" s="19" t="s">
+        <v>539</v>
+      </c>
+      <c r="G46" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="H46" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C47" s="21" t="s">
+        <v>632</v>
+      </c>
+      <c r="D47" s="36">
+        <v>968246946</v>
+      </c>
+      <c r="E47" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="F47" s="19" t="s">
+        <v>540</v>
+      </c>
+      <c r="G47" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="H47" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>166</v>
+      </c>
+      <c r="C48" s="19" t="s">
+        <v>168</v>
+      </c>
+      <c r="D48" s="36">
+        <v>998896871</v>
+      </c>
+      <c r="E48" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="F48" s="19" t="s">
+        <v>541</v>
+      </c>
+      <c r="G48" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="H48" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C49" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="D49" s="31">
+        <v>979596784</v>
+      </c>
+      <c r="E49" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="F49" s="19" t="s">
+        <v>609</v>
+      </c>
+      <c r="G49" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C50" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D50" s="31">
+        <v>976006131</v>
+      </c>
+      <c r="E50" s="20" t="s">
+        <v>137</v>
+      </c>
+      <c r="F50" s="19" t="s">
+        <v>638</v>
+      </c>
+      <c r="G50" s="19" t="s">
+        <v>191</v>
+      </c>
+      <c r="H50" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="D51" s="36" t="s">
+        <v>132</v>
+      </c>
+      <c r="E51" s="20" t="s">
+        <v>493</v>
+      </c>
+      <c r="F51" s="19" t="s">
+        <v>542</v>
+      </c>
+      <c r="G51" s="19" t="s">
+        <v>491</v>
+      </c>
+      <c r="H51" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="22" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="19" t="s">
+        <v>212</v>
+      </c>
+      <c r="D52" s="31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E52" s="20" t="s">
+        <v>189</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>543</v>
+      </c>
+      <c r="G52" s="19" t="s">
+        <v>511</v>
+      </c>
+      <c r="H52" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C53" s="19" t="s">
+        <v>482</v>
+      </c>
+      <c r="D53" s="31">
+        <v>952283899</v>
+      </c>
+      <c r="E53" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="F53" s="19" t="s">
+        <v>544</v>
+      </c>
+      <c r="G53" s="19" t="s">
+        <v>481</v>
+      </c>
+      <c r="H53" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="C54" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="D54" s="31">
+        <v>988035165</v>
+      </c>
+      <c r="E54" s="25" t="s">
+        <v>127</v>
+      </c>
+      <c r="F54" s="24" t="s">
+        <v>545</v>
+      </c>
+      <c r="G54" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="H54" s="44" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C55" s="19" t="s">
+        <v>618</v>
+      </c>
+      <c r="D55" s="31" t="s">
+        <v>133</v>
+      </c>
+      <c r="E55" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="F55" s="19" t="s">
+        <v>546</v>
+      </c>
+      <c r="G55" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H55" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C56" s="28" t="s">
+        <v>147</v>
+      </c>
+      <c r="D56" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="E56" s="25" t="s">
+        <v>146</v>
+      </c>
+      <c r="F56" s="28" t="s">
+        <v>631</v>
+      </c>
+      <c r="G56" s="28" t="s">
+        <v>839</v>
+      </c>
+      <c r="H56" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C57" s="28" t="s">
+        <v>480</v>
+      </c>
+      <c r="D57" s="38" t="s">
+        <v>152</v>
+      </c>
+      <c r="E57" s="25" t="s">
+        <v>151</v>
+      </c>
+      <c r="F57" s="28" t="s">
+        <v>631</v>
+      </c>
+      <c r="G57" s="28" t="s">
+        <v>838</v>
+      </c>
+      <c r="H57" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="27" t="s">
+        <v>153</v>
+      </c>
+      <c r="C58" s="28" t="s">
+        <v>211</v>
+      </c>
+      <c r="D58" s="38">
+        <v>985878142</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>154</v>
+      </c>
+      <c r="F58" s="28" t="s">
+        <v>547</v>
+      </c>
+      <c r="G58" s="28" t="s">
+        <v>837</v>
+      </c>
+      <c r="H58" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C59" s="28" t="s">
+        <v>157</v>
+      </c>
+      <c r="D59" s="38">
+        <v>989906617</v>
+      </c>
+      <c r="E59" s="40" t="s">
+        <v>442</v>
+      </c>
+      <c r="F59" s="28" t="s">
+        <v>548</v>
+      </c>
+      <c r="G59" s="28" t="s">
+        <v>158</v>
+      </c>
+      <c r="H59" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C60" s="28" t="s">
+        <v>464</v>
+      </c>
+      <c r="D60" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="E60" s="25" t="s">
+        <v>160</v>
+      </c>
+      <c r="F60" s="28" t="s">
+        <v>549</v>
+      </c>
+      <c r="G60" s="28" t="s">
+        <v>155</v>
+      </c>
+      <c r="H60" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="27" t="s">
+        <v>162</v>
+      </c>
+      <c r="C61" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="D61" s="38" t="s">
+        <v>165</v>
+      </c>
+      <c r="E61" s="25" t="s">
+        <v>163</v>
+      </c>
+      <c r="F61" s="28" t="s">
+        <v>550</v>
+      </c>
+      <c r="G61" s="28" t="s">
+        <v>836</v>
+      </c>
+      <c r="H61" s="44" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="4">
+        <v>58</v>
+      </c>
+      <c r="B62" s="27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C62" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D62" s="31">
+        <v>959055452</v>
+      </c>
+      <c r="E62" s="25" t="s">
+        <v>198</v>
+      </c>
+      <c r="F62" s="26" t="s">
+        <v>551</v>
+      </c>
+      <c r="G62" s="26" t="s">
+        <v>200</v>
+      </c>
+      <c r="H62" s="44" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C63" s="24" t="s">
+        <v>202</v>
+      </c>
+      <c r="D63" s="31" t="s">
+        <v>203</v>
+      </c>
+      <c r="E63" s="25" t="s">
+        <v>204</v>
+      </c>
+      <c r="F63" s="24" t="s">
+        <v>577</v>
+      </c>
+      <c r="G63" s="24" t="s">
+        <v>509</v>
+      </c>
+      <c r="H63" s="44" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="27" t="s">
+        <v>207</v>
+      </c>
+      <c r="C64" s="24" t="s">
+        <v>202</v>
+      </c>
+      <c r="D64" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E64" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="F64" s="24" t="s">
+        <v>552</v>
+      </c>
+      <c r="G64" s="24" t="s">
+        <v>509</v>
+      </c>
+      <c r="H64" s="44" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="27" t="s">
+        <v>208</v>
+      </c>
+      <c r="C65" s="26" t="s">
+        <v>209</v>
+      </c>
+      <c r="D65" s="31">
+        <v>997575283</v>
+      </c>
+      <c r="E65" s="29" t="s">
+        <v>210</v>
+      </c>
+      <c r="F65" s="24" t="s">
+        <v>553</v>
+      </c>
+      <c r="G65" s="24" t="s">
+        <v>512</v>
+      </c>
+      <c r="H65" s="44" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="30" t="s">
+        <v>259</v>
+      </c>
+      <c r="C66" s="26" t="s">
+        <v>260</v>
+      </c>
+      <c r="D66" s="31">
+        <v>949468806</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>261</v>
+      </c>
+      <c r="F66" s="26" t="s">
+        <v>554</v>
+      </c>
+      <c r="G66" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" s="44" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="30" t="s">
+        <v>263</v>
+      </c>
+      <c r="C67" s="24" t="s">
+        <v>484</v>
+      </c>
+      <c r="D67" s="31" t="s">
+        <v>264</v>
+      </c>
+      <c r="E67" s="25" t="s">
+        <v>265</v>
+      </c>
+      <c r="F67" s="24" t="s">
+        <v>578</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="H67" s="44" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="27" t="s">
+        <v>216</v>
+      </c>
+      <c r="C68" s="28" t="s">
+        <v>633</v>
+      </c>
+      <c r="D68" s="38">
+        <v>995493455</v>
+      </c>
+      <c r="E68" s="25" t="s">
+        <v>217</v>
+      </c>
+      <c r="F68" s="28" t="s">
+        <v>555</v>
+      </c>
+      <c r="G68" s="28" t="s">
+        <v>634</v>
+      </c>
+      <c r="H68" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="4">
+        <v>65</v>
+      </c>
+      <c r="B69" s="27" t="s">
+        <v>218</v>
+      </c>
+      <c r="C69" s="28" t="s">
+        <v>424</v>
+      </c>
+      <c r="D69" s="38">
+        <v>998695246</v>
+      </c>
+      <c r="E69" s="25" t="s">
+        <v>219</v>
+      </c>
+      <c r="F69" s="28" t="s">
+        <v>556</v>
+      </c>
+      <c r="G69" s="28" t="s">
+        <v>504</v>
+      </c>
+      <c r="H69" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="4">
+        <v>66</v>
+      </c>
+      <c r="B70" s="27" t="s">
+        <v>220</v>
+      </c>
+      <c r="C70" s="28" t="s">
+        <v>323</v>
+      </c>
+      <c r="D70" s="37" t="s">
+        <v>487</v>
+      </c>
+      <c r="E70" s="29" t="s">
+        <v>221</v>
+      </c>
+      <c r="F70" s="28" t="s">
+        <v>557</v>
+      </c>
+      <c r="G70" s="28" t="s">
+        <v>488</v>
+      </c>
+      <c r="H70" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="4">
+        <v>67</v>
+      </c>
+      <c r="B71" s="27" t="s">
+        <v>222</v>
+      </c>
+      <c r="C71" s="28" t="s">
+        <v>351</v>
+      </c>
+      <c r="D71" s="38">
+        <v>958406388</v>
+      </c>
+      <c r="E71" s="25" t="s">
+        <v>223</v>
+      </c>
+      <c r="F71" s="28" t="s">
+        <v>558</v>
+      </c>
+      <c r="G71" s="28" t="s">
+        <v>224</v>
+      </c>
+      <c r="H71" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="4">
+        <v>68</v>
+      </c>
+      <c r="B72" s="27" t="s">
+        <v>225</v>
+      </c>
+      <c r="C72" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="D72" s="37" t="s">
+        <v>226</v>
+      </c>
+      <c r="E72" s="29" t="s">
+        <v>349</v>
+      </c>
+      <c r="F72" s="28" t="s">
+        <v>559</v>
+      </c>
+      <c r="G72" s="28" t="s">
+        <v>835</v>
+      </c>
+      <c r="H72" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" ht="260.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="4">
+        <v>69</v>
+      </c>
+      <c r="B73" s="27" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" s="28" t="s">
+        <v>622</v>
+      </c>
+      <c r="D73" s="38">
+        <v>985851019</v>
+      </c>
+      <c r="E73" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="F73" s="28" t="s">
+        <v>795</v>
+      </c>
+      <c r="G73" s="28" t="s">
+        <v>155</v>
+      </c>
+      <c r="H73" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="4">
+        <v>70</v>
+      </c>
+      <c r="B74" s="27" t="s">
+        <v>228</v>
+      </c>
+      <c r="C74" s="28" t="s">
+        <v>229</v>
+      </c>
+      <c r="D74" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="E74" s="25" t="s">
+        <v>231</v>
+      </c>
+      <c r="F74" s="28" t="s">
+        <v>560</v>
+      </c>
+      <c r="G74" s="28" t="s">
+        <v>232</v>
+      </c>
+      <c r="H74" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="4">
+        <v>71</v>
+      </c>
+      <c r="B75" s="27" t="s">
+        <v>233</v>
+      </c>
+      <c r="C75" s="28" t="s">
+        <v>234</v>
+      </c>
+      <c r="D75" s="38">
+        <v>993327817</v>
+      </c>
+      <c r="E75" s="29" t="s">
+        <v>324</v>
+      </c>
+      <c r="F75" s="28" t="s">
+        <v>561</v>
+      </c>
+      <c r="G75" s="28" t="s">
+        <v>155</v>
+      </c>
+      <c r="H75" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="4">
+        <v>72</v>
+      </c>
+      <c r="B76" s="27" t="s">
+        <v>236</v>
+      </c>
+      <c r="C76" s="28" t="s">
+        <v>237</v>
+      </c>
+      <c r="D76" s="38">
+        <v>985730883</v>
+      </c>
+      <c r="E76" s="29" t="s">
+        <v>238</v>
+      </c>
+      <c r="F76" s="28" t="s">
+        <v>628</v>
+      </c>
+      <c r="G76" s="28" t="s">
+        <v>155</v>
+      </c>
+      <c r="H76" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="4">
+        <v>73</v>
+      </c>
+      <c r="B77" s="27" t="s">
+        <v>239</v>
+      </c>
+      <c r="C77" s="28" t="s">
+        <v>325</v>
+      </c>
+      <c r="D77" s="37" t="s">
+        <v>240</v>
+      </c>
+      <c r="E77" s="25" t="s">
+        <v>241</v>
+      </c>
+      <c r="F77" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="G77" s="28" t="s">
+        <v>834</v>
+      </c>
+      <c r="H77" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="4">
+        <v>74</v>
+      </c>
+      <c r="B78" s="27" t="s">
+        <v>242</v>
+      </c>
+      <c r="C78" s="24" t="s">
+        <v>395</v>
+      </c>
+      <c r="D78" s="31" t="s">
+        <v>243</v>
+      </c>
+      <c r="E78" s="41" t="s">
+        <v>244</v>
+      </c>
+      <c r="F78" s="24" t="s">
+        <v>579</v>
+      </c>
+      <c r="G78" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="H78" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="13">
+        <v>75</v>
+      </c>
+      <c r="B79" s="27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C79" s="26" t="s">
+        <v>326</v>
+      </c>
+      <c r="D79" s="31">
+        <v>997910443</v>
+      </c>
+      <c r="E79" s="41" t="s">
+        <v>247</v>
+      </c>
+      <c r="F79" s="24" t="s">
+        <v>580</v>
+      </c>
+      <c r="G79" s="26" t="s">
+        <v>453</v>
+      </c>
+      <c r="H79" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="200.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="4">
+        <v>76</v>
+      </c>
+      <c r="B80" s="27" t="s">
+        <v>615</v>
+      </c>
+      <c r="C80" s="24" t="s">
+        <v>248</v>
+      </c>
+      <c r="D80" s="31">
+        <v>995192551</v>
+      </c>
+      <c r="E80" s="41" t="s">
+        <v>249</v>
+      </c>
+      <c r="F80" s="24" t="s">
+        <v>616</v>
+      </c>
+      <c r="G80" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="H80" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="4">
+        <v>77</v>
+      </c>
+      <c r="B81" s="27" t="s">
+        <v>250</v>
+      </c>
+      <c r="C81" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="D81" s="31" t="s">
+        <v>252</v>
+      </c>
+      <c r="E81" s="32" t="s">
+        <v>846</v>
+      </c>
+      <c r="F81" s="26" t="s">
+        <v>563</v>
+      </c>
+      <c r="G81" s="26" t="s">
+        <v>145</v>
+      </c>
+      <c r="H81" s="44" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="4">
+        <v>78</v>
+      </c>
+      <c r="B82" s="27" t="s">
+        <v>253</v>
+      </c>
+      <c r="C82" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="D82" s="31">
+        <v>934231296</v>
+      </c>
+      <c r="E82" s="33" t="s">
+        <v>255</v>
+      </c>
+      <c r="F82" s="24" t="s">
+        <v>564</v>
+      </c>
+      <c r="G82" s="26" t="s">
+        <v>256</v>
+      </c>
+      <c r="H82" s="44" t="s">
+        <v>412</v>
+      </c>
+      <c r="I82" s="6"/>
+    </row>
+    <row r="83" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="4">
+        <v>79</v>
+      </c>
+      <c r="B83" s="27" t="s">
+        <v>267</v>
+      </c>
+      <c r="C83" s="24" t="s">
+        <v>505</v>
+      </c>
+      <c r="D83" s="31">
+        <v>978729049</v>
+      </c>
+      <c r="E83" s="25" t="s">
+        <v>266</v>
+      </c>
+      <c r="F83" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="G83" s="24" t="s">
+        <v>268</v>
+      </c>
+      <c r="H83" s="44" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="4">
+        <v>80</v>
+      </c>
+      <c r="B84" s="42" t="s">
+        <v>497</v>
+      </c>
+      <c r="C84" s="24" t="s">
+        <v>270</v>
+      </c>
+      <c r="D84" s="43" t="s">
+        <v>271</v>
+      </c>
+      <c r="E84" s="25" t="s">
+        <v>269</v>
+      </c>
+      <c r="F84" s="24" t="s">
+        <v>566</v>
+      </c>
+      <c r="G84" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="H84" s="51" t="s">
+        <v>414</v>
+      </c>
+      <c r="I84" s="6"/>
+    </row>
+    <row r="85" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="4">
+        <v>81</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>272</v>
+      </c>
+      <c r="C85" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D85" s="16">
+        <v>978094910</v>
+      </c>
+      <c r="E85" s="17" t="s">
+        <v>274</v>
+      </c>
+      <c r="F85" s="15" t="s">
+        <v>567</v>
+      </c>
+      <c r="G85" s="15" t="s">
+        <v>833</v>
+      </c>
+      <c r="H85" s="10" t="s">
+        <v>430</v>
+      </c>
+      <c r="I85" s="6"/>
+    </row>
+    <row r="86" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="4">
+        <v>82</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="C86" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D86" s="16">
+        <v>999177773</v>
+      </c>
+      <c r="E86" s="17" t="s">
+        <v>276</v>
+      </c>
+      <c r="F86" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="G86" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="H86" s="10" t="s">
+        <v>420</v>
+      </c>
+      <c r="I86" s="6"/>
+    </row>
+    <row r="87" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="4">
+        <v>83</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D87" s="16" t="s">
+        <v>280</v>
+      </c>
+      <c r="E87" s="17" t="s">
+        <v>281</v>
+      </c>
+      <c r="F87" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="G87" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H87" s="10" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="4">
+        <v>84</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>282</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D88" s="16">
+        <v>997536992</v>
+      </c>
+      <c r="E88" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="F88" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="G88" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="H88" s="10" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="4">
+        <v>85</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="C89" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D89" s="16" t="s">
+        <v>288</v>
+      </c>
+      <c r="E89" s="17" t="s">
+        <v>289</v>
+      </c>
+      <c r="F89" s="15" t="s">
+        <v>583</v>
+      </c>
+      <c r="G89" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H89" s="10" t="s">
+        <v>473</v>
+      </c>
+      <c r="I89" s="6"/>
+    </row>
+    <row r="90" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="4">
+        <v>86</v>
+      </c>
+      <c r="B90" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D90" s="16">
+        <v>996470325</v>
+      </c>
+      <c r="E90" s="17" t="s">
+        <v>292</v>
+      </c>
+      <c r="F90" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="G90" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H90" s="10" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="4">
+        <v>87</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="C91" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="D91" s="16">
+        <v>990014262</v>
+      </c>
+      <c r="E91" s="17" t="s">
+        <v>294</v>
+      </c>
+      <c r="F91" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="G91" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="H91" s="10" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="4">
+        <v>88</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>843</v>
+      </c>
+      <c r="D92" s="16" t="s">
+        <v>297</v>
+      </c>
+      <c r="E92" s="17" t="s">
+        <v>298</v>
+      </c>
+      <c r="F92" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="G92" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="H92" s="10" t="s">
+        <v>797</v>
+      </c>
+      <c r="I92" s="6"/>
+    </row>
+    <row r="93" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="4">
+        <v>89</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>625</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D93" s="16">
+        <v>997031636</v>
+      </c>
+      <c r="E93" s="17" t="s">
+        <v>299</v>
+      </c>
+      <c r="F93" s="15" t="s">
+        <v>627</v>
+      </c>
+      <c r="G93" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="H93" s="10" t="s">
+        <v>475</v>
+      </c>
+      <c r="I93" s="6"/>
+    </row>
+    <row r="94" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="4">
+        <v>90</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>301</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D94" s="16">
+        <v>948441167</v>
+      </c>
+      <c r="E94" s="17" t="s">
+        <v>303</v>
+      </c>
+      <c r="F94" s="15" t="s">
         <v>587</v>
       </c>
-      <c r="E2" s="10"/>
-[...38 lines deleted...]
-      <c r="B5" s="61" t="s">
+      <c r="G94" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="H94" s="10" t="s">
+        <v>455</v>
+      </c>
+      <c r="I94" s="6"/>
+    </row>
+    <row r="95" spans="1:9" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="13">
+        <v>91</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="D95" s="16">
+        <v>984184530</v>
+      </c>
+      <c r="E95" s="17" t="s">
+        <v>305</v>
+      </c>
+      <c r="F95" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="G95" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="H95" s="10" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="4">
+        <v>92</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="C96" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D96" s="16">
+        <v>999171113</v>
+      </c>
+      <c r="E96" s="17" t="s">
+        <v>307</v>
+      </c>
+      <c r="F96" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="G96" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H96" s="10" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="4">
+        <v>93</v>
+      </c>
+      <c r="B97" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="C97" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D97" s="16">
+        <v>992186836</v>
+      </c>
+      <c r="E97" s="17" t="s">
+        <v>309</v>
+      </c>
+      <c r="F97" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="G97" s="15" t="s">
+        <v>816</v>
+      </c>
+      <c r="H97" s="10" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="4">
+        <v>94</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="C98" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D98" s="16">
+        <v>987767265</v>
+      </c>
+      <c r="E98" s="17" t="s">
+        <v>311</v>
+      </c>
+      <c r="F98" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="G98" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="H98" s="10" t="s">
+        <v>470</v>
+      </c>
+      <c r="I98" s="6"/>
+    </row>
+    <row r="99" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="4">
+        <v>95</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="C99" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D99" s="16" t="s">
+        <v>315</v>
+      </c>
+      <c r="E99" s="17" t="s">
+        <v>313</v>
+      </c>
+      <c r="F99" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="G99" s="15" t="s">
+        <v>818</v>
+      </c>
+      <c r="H99" s="10" t="s">
+        <v>503</v>
+      </c>
+      <c r="I99" s="6"/>
+    </row>
+    <row r="100" spans="1:9" ht="200.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="4">
+        <v>96</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>316</v>
+      </c>
+      <c r="C100" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D100" s="16" t="s">
+        <v>318</v>
+      </c>
+      <c r="E100" s="17" t="s">
+        <v>319</v>
+      </c>
+      <c r="F100" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="G100" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="H100" s="10" t="s">
+        <v>479</v>
+      </c>
+      <c r="I100" s="6"/>
+    </row>
+    <row r="101" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="4">
+        <v>97</v>
+      </c>
+      <c r="B101" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="C101" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D101" s="16" t="s">
+        <v>321</v>
+      </c>
+      <c r="E101" s="17" t="s">
+        <v>322</v>
+      </c>
+      <c r="F101" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="G101" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="H101" s="10" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="4">
+        <v>98</v>
+      </c>
+      <c r="B102" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="C102" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D102" s="16">
+        <v>998138543</v>
+      </c>
+      <c r="E102" s="17" t="s">
+        <v>328</v>
+      </c>
+      <c r="F102" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="G102" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="H102" s="10" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="4">
+        <v>99</v>
+      </c>
+      <c r="B103" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C103" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D103" s="16" t="s">
+        <v>331</v>
+      </c>
+      <c r="E103" s="17" t="s">
+        <v>313</v>
+      </c>
+      <c r="F103" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="G103" s="15" t="s">
+        <v>818</v>
+      </c>
+      <c r="H103" s="10" t="s">
+        <v>502</v>
+      </c>
+      <c r="I103" s="6"/>
+    </row>
+    <row r="104" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="4">
+        <v>100</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>332</v>
+      </c>
+      <c r="C104" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>333</v>
+      </c>
+      <c r="E104" s="17" t="s">
+        <v>427</v>
+      </c>
+      <c r="F104" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="G104" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H104" s="10" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="4">
+        <v>101</v>
+      </c>
+      <c r="B105" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="C105" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D105" s="16">
+        <v>974055467</v>
+      </c>
+      <c r="E105" s="17" t="s">
+        <v>336</v>
+      </c>
+      <c r="F105" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="G105" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="H105" s="10" t="s">
+        <v>429</v>
+      </c>
+      <c r="I105" s="6"/>
+    </row>
+    <row r="106" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="4">
+        <v>102</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="C106" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D106" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="E106" s="17" t="s">
+        <v>341</v>
+      </c>
+      <c r="F106" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="G106" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H106" s="10" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="4">
+        <v>103</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>342</v>
+      </c>
+      <c r="C107" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D107" s="16">
+        <v>977820974</v>
+      </c>
+      <c r="E107" s="17" t="s">
+        <v>344</v>
+      </c>
+      <c r="F107" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="G107" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="H107" s="10" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="7">
+        <v>104</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D108" s="16">
+        <v>977079402</v>
+      </c>
+      <c r="E108" s="17" t="s">
+        <v>350</v>
+      </c>
+      <c r="F108" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="G108" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="H108" s="10" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="4">
+        <v>105</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>352</v>
+      </c>
+      <c r="C109" s="26" t="s">
+        <v>353</v>
+      </c>
+      <c r="D109" s="16">
+        <v>979180928</v>
+      </c>
+      <c r="E109" s="17" t="s">
+        <v>354</v>
+      </c>
+      <c r="F109" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="G109" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="H109" s="10" t="s">
+        <v>465</v>
+      </c>
+      <c r="I109" s="6"/>
+    </row>
+    <row r="110" spans="1:9" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="4">
+        <v>106</v>
+      </c>
+      <c r="B110" s="14" t="s">
+        <v>355</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D110" s="16">
+        <v>978230061</v>
+      </c>
+      <c r="E110" s="17" t="s">
+        <v>356</v>
+      </c>
+      <c r="F110" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="G110" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="H110" s="10" t="s">
+        <v>494</v>
+      </c>
+      <c r="I110" s="6"/>
+    </row>
+    <row r="111" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="7">
+        <v>107</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D111" s="16" t="s">
+        <v>422</v>
+      </c>
+      <c r="E111" s="17" t="s">
+        <v>410</v>
+      </c>
+      <c r="F111" s="26" t="s">
+        <v>796</v>
+      </c>
+      <c r="G111" s="15" t="s">
+        <v>822</v>
+      </c>
+      <c r="H111" s="10" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="4">
+        <v>108</v>
+      </c>
+      <c r="B112" s="14" t="s">
+        <v>359</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="D112" s="16" t="s">
+        <v>361</v>
+      </c>
+      <c r="E112" s="17" t="s">
+        <v>360</v>
+      </c>
+      <c r="F112" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="G112" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="H112" s="10" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="4">
+        <v>109</v>
+      </c>
+      <c r="B113" s="27" t="s">
+        <v>362</v>
+      </c>
+      <c r="C113" s="24" t="s">
+        <v>621</v>
+      </c>
+      <c r="D113" s="36" t="s">
+        <v>798</v>
+      </c>
+      <c r="E113" s="25" t="s">
+        <v>364</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="G113" s="24" t="s">
+        <v>363</v>
+      </c>
+      <c r="H113" s="44" t="s">
+        <v>467</v>
+      </c>
+      <c r="I113" s="6"/>
+    </row>
+    <row r="114" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="4">
         <v>110</v>
       </c>
-      <c r="C5" s="32" t="s">
-[...11 lines deleted...]
-      <c r="G5" s="32" t="s">
+      <c r="B114" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="C114" s="24" t="s">
+        <v>367</v>
+      </c>
+      <c r="D114" s="31">
+        <v>982560621</v>
+      </c>
+      <c r="E114" s="29" t="s">
+        <v>366</v>
+      </c>
+      <c r="F114" s="24" t="s">
+        <v>610</v>
+      </c>
+      <c r="G114" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="H114" s="44" t="s">
+        <v>449</v>
+      </c>
+      <c r="I114" s="6"/>
+    </row>
+    <row r="115" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="4">
         <v>111</v>
       </c>
-      <c r="H5" s="70" t="s">
-[...19 lines deleted...]
-      <c r="F6" s="22" t="s">
+      <c r="B115" s="27" t="s">
+        <v>368</v>
+      </c>
+      <c r="C115" s="24" t="s">
+        <v>369</v>
+      </c>
+      <c r="D115" s="31">
+        <v>978544132</v>
+      </c>
+      <c r="E115" s="25" t="s">
+        <v>370</v>
+      </c>
+      <c r="F115" s="24" t="s">
+        <v>617</v>
+      </c>
+      <c r="G115" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="H115" s="44" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="4">
+        <v>112</v>
+      </c>
+      <c r="B116" s="27" t="s">
+        <v>371</v>
+      </c>
+      <c r="C116" s="24" t="s">
+        <v>372</v>
+      </c>
+      <c r="D116" s="31">
+        <v>954194514</v>
+      </c>
+      <c r="E116" s="25" t="s">
+        <v>451</v>
+      </c>
+      <c r="F116" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="G116" s="24" t="s">
+        <v>824</v>
+      </c>
+      <c r="H116" s="44" t="s">
+        <v>450</v>
+      </c>
+      <c r="I116" s="6"/>
+    </row>
+    <row r="117" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="4">
+        <v>113</v>
+      </c>
+      <c r="B117" s="27" t="s">
+        <v>373</v>
+      </c>
+      <c r="C117" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="D117" s="31">
+        <v>946558983</v>
+      </c>
+      <c r="E117" s="25" t="s">
+        <v>375</v>
+      </c>
+      <c r="F117" s="24" t="s">
+        <v>637</v>
+      </c>
+      <c r="G117" s="24" t="s">
+        <v>376</v>
+      </c>
+      <c r="H117" s="44" t="s">
+        <v>495</v>
+      </c>
+      <c r="I117" s="6"/>
+    </row>
+    <row r="118" spans="1:9" ht="110.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="7">
+        <v>114</v>
+      </c>
+      <c r="B118" s="27" t="s">
+        <v>377</v>
+      </c>
+      <c r="C118" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="D118" s="31">
+        <v>954194864</v>
+      </c>
+      <c r="E118" s="25" t="s">
+        <v>379</v>
+      </c>
+      <c r="F118" s="24" t="s">
+        <v>624</v>
+      </c>
+      <c r="G118" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H118" s="44" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="4">
+        <v>115</v>
+      </c>
+      <c r="B119" s="27" t="s">
+        <v>380</v>
+      </c>
+      <c r="C119" s="24" t="s">
+        <v>381</v>
+      </c>
+      <c r="D119" s="31">
+        <v>982931380</v>
+      </c>
+      <c r="E119" s="25" t="s">
+        <v>382</v>
+      </c>
+      <c r="F119" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G119" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H119" s="44" t="s">
+        <v>498</v>
+      </c>
+      <c r="I119" s="6"/>
+    </row>
+    <row r="120" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="4">
+        <v>116</v>
+      </c>
+      <c r="B120" s="27" t="s">
+        <v>383</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="D120" s="31">
+        <v>998714666</v>
+      </c>
+      <c r="E120" s="25" t="s">
+        <v>385</v>
+      </c>
+      <c r="F120" s="24" t="s">
+        <v>461</v>
+      </c>
+      <c r="G120" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="H120" s="44" t="s">
+        <v>460</v>
+      </c>
+      <c r="I120" s="6"/>
+    </row>
+    <row r="121" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="4">
+        <v>117</v>
+      </c>
+      <c r="B121" s="27" t="s">
+        <v>386</v>
+      </c>
+      <c r="C121" s="24" t="s">
+        <v>387</v>
+      </c>
+      <c r="D121" s="31">
+        <v>962304163</v>
+      </c>
+      <c r="E121" s="29" t="s">
+        <v>388</v>
+      </c>
+      <c r="F121" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="G121" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="H121" s="44" t="s">
+        <v>435</v>
+      </c>
+      <c r="I121" s="6"/>
+    </row>
+    <row r="122" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="4">
+        <v>118</v>
+      </c>
+      <c r="B122" s="27" t="s">
+        <v>389</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="D122" s="31">
+        <v>982286199</v>
+      </c>
+      <c r="E122" s="25" t="s">
+        <v>391</v>
+      </c>
+      <c r="F122" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="G122" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="H122" s="44" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="13">
+        <v>119</v>
+      </c>
+      <c r="B123" s="27" t="s">
+        <v>392</v>
+      </c>
+      <c r="C123" s="24" t="s">
+        <v>393</v>
+      </c>
+      <c r="D123" s="31">
+        <v>978581526</v>
+      </c>
+      <c r="E123" s="25" t="s">
+        <v>394</v>
+      </c>
+      <c r="F123" s="24" t="s">
+        <v>604</v>
+      </c>
+      <c r="G123" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="H123" s="44" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="4">
+        <v>120</v>
+      </c>
+      <c r="B124" s="27" t="s">
+        <v>397</v>
+      </c>
+      <c r="C124" s="26" t="s">
+        <v>400</v>
+      </c>
+      <c r="D124" s="31">
+        <v>956272437</v>
+      </c>
+      <c r="E124" s="25" t="s">
+        <v>398</v>
+      </c>
+      <c r="F124" s="24" t="s">
+        <v>605</v>
+      </c>
+      <c r="G124" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="H124" s="63" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="4">
+        <v>121</v>
+      </c>
+      <c r="B125" s="68" t="s">
+        <v>405</v>
+      </c>
+      <c r="C125" s="26" t="s">
+        <v>401</v>
+      </c>
+      <c r="D125" s="31">
+        <v>991205393</v>
+      </c>
+      <c r="E125" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="F125" s="24" t="s">
+        <v>606</v>
+      </c>
+      <c r="G125" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="H125" s="63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="4">
+        <v>122</v>
+      </c>
+      <c r="B126" s="27" t="s">
+        <v>406</v>
+      </c>
+      <c r="C126" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="D126" s="31">
+        <v>993446195</v>
+      </c>
+      <c r="E126" s="25" t="s">
+        <v>408</v>
+      </c>
+      <c r="F126" s="26" t="s">
+        <v>571</v>
+      </c>
+      <c r="G126" s="26" t="s">
+        <v>826</v>
+      </c>
+      <c r="H126" s="63" t="s">
         <v>409</v>
       </c>
-      <c r="G6" s="22" t="s">
-[...10 lines deleted...]
-      <c r="B7" s="36" t="s">
+    </row>
+    <row r="127" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="59">
+        <v>123</v>
+      </c>
+      <c r="B127" s="46" t="s">
+        <v>643</v>
+      </c>
+      <c r="C127" s="47" t="s">
+        <v>644</v>
+      </c>
+      <c r="D127" s="45" t="s">
+        <v>121</v>
+      </c>
+      <c r="E127" s="48" t="s">
+        <v>645</v>
+      </c>
+      <c r="F127" s="49" t="s">
+        <v>646</v>
+      </c>
+      <c r="G127" s="49" t="s">
+        <v>647</v>
+      </c>
+      <c r="H127" s="52" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" ht="234.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="4">
+        <v>124</v>
+      </c>
+      <c r="B128" s="30" t="s">
+        <v>649</v>
+      </c>
+      <c r="C128" s="62" t="s">
+        <v>650</v>
+      </c>
+      <c r="D128" s="36">
+        <v>973155986</v>
+      </c>
+      <c r="E128" s="29" t="s">
+        <v>651</v>
+      </c>
+      <c r="F128" s="24" t="s">
+        <v>652</v>
+      </c>
+      <c r="G128" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H128" s="63" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="4">
+        <v>125</v>
+      </c>
+      <c r="B129" s="27" t="s">
+        <v>654</v>
+      </c>
+      <c r="C129" s="62" t="s">
+        <v>656</v>
+      </c>
+      <c r="D129" s="36">
+        <v>986071057</v>
+      </c>
+      <c r="E129" s="29" t="s">
+        <v>655</v>
+      </c>
+      <c r="F129" s="24" t="s">
+        <v>657</v>
+      </c>
+      <c r="G129" s="24" t="s">
+        <v>658</v>
+      </c>
+      <c r="H129" s="63" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="4">
+        <v>126</v>
+      </c>
+      <c r="B130" s="30" t="s">
+        <v>660</v>
+      </c>
+      <c r="C130" s="62" t="s">
+        <v>661</v>
+      </c>
+      <c r="D130" s="36">
+        <v>965710786</v>
+      </c>
+      <c r="E130" s="29" t="s">
+        <v>662</v>
+      </c>
+      <c r="F130" s="24" t="s">
+        <v>663</v>
+      </c>
+      <c r="G130" s="24" t="s">
+        <v>827</v>
+      </c>
+      <c r="H130" s="63" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="4">
+        <v>127</v>
+      </c>
+      <c r="B131" s="30" t="s">
+        <v>665</v>
+      </c>
+      <c r="C131" s="62" t="s">
+        <v>666</v>
+      </c>
+      <c r="D131" s="36">
+        <v>977492215</v>
+      </c>
+      <c r="E131" s="29" t="s">
+        <v>667</v>
+      </c>
+      <c r="F131" s="24" t="s">
+        <v>668</v>
+      </c>
+      <c r="G131" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="H131" s="63" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="4">
+        <v>128</v>
+      </c>
+      <c r="B132" s="30" t="s">
+        <v>791</v>
+      </c>
+      <c r="C132" s="62" t="s">
+        <v>792</v>
+      </c>
+      <c r="D132" s="36">
+        <v>989170288</v>
+      </c>
+      <c r="E132" s="29" t="s">
+        <v>793</v>
+      </c>
+      <c r="F132" s="24" t="s">
+        <v>794</v>
+      </c>
+      <c r="G132" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="H132" s="63" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="4">
+        <v>129</v>
+      </c>
+      <c r="B133" s="27" t="s">
+        <v>670</v>
+      </c>
+      <c r="C133" s="62" t="s">
+        <v>674</v>
+      </c>
+      <c r="D133" s="36">
+        <v>944271183</v>
+      </c>
+      <c r="E133" s="29" t="s">
+        <v>673</v>
+      </c>
+      <c r="F133" s="24" t="s">
+        <v>672</v>
+      </c>
+      <c r="G133" s="24" t="s">
+        <v>671</v>
+      </c>
+      <c r="H133" s="63" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="4">
+        <v>130</v>
+      </c>
+      <c r="B134" s="27" t="s">
+        <v>676</v>
+      </c>
+      <c r="C134" s="62" t="s">
+        <v>677</v>
+      </c>
+      <c r="D134" s="36">
+        <v>954326822</v>
+      </c>
+      <c r="E134" s="29" t="s">
+        <v>678</v>
+      </c>
+      <c r="F134" s="24" t="s">
+        <v>679</v>
+      </c>
+      <c r="G134" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="H134" s="63" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="4">
+        <v>131</v>
+      </c>
+      <c r="B135" s="42" t="s">
+        <v>681</v>
+      </c>
+      <c r="C135" s="24" t="s">
+        <v>682</v>
+      </c>
+      <c r="D135" s="36">
+        <v>977914413</v>
+      </c>
+      <c r="E135" s="29" t="s">
+        <v>683</v>
+      </c>
+      <c r="F135" s="24" t="s">
+        <v>564</v>
+      </c>
+      <c r="G135" s="24" t="s">
+        <v>829</v>
+      </c>
+      <c r="H135" s="44" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="4">
         <v>132</v>
       </c>
-      <c r="C7" s="22" t="s">
+      <c r="B136" s="42" t="s">
+        <v>685</v>
+      </c>
+      <c r="C136" s="24" t="s">
+        <v>686</v>
+      </c>
+      <c r="D136" s="36">
+        <v>946448909</v>
+      </c>
+      <c r="E136" s="29" t="s">
+        <v>687</v>
+      </c>
+      <c r="F136" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G136" s="24" t="s">
+        <v>688</v>
+      </c>
+      <c r="H136" s="44" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="4">
         <v>133</v>
       </c>
-      <c r="D7" s="22">
-[...2 lines deleted...]
-      <c r="E7" s="24" t="s">
+      <c r="B137" s="42" t="s">
+        <v>690</v>
+      </c>
+      <c r="C137" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="D137" s="36">
+        <v>987274207</v>
+      </c>
+      <c r="E137" s="29" t="s">
+        <v>692</v>
+      </c>
+      <c r="F137" s="24" t="s">
+        <v>693</v>
+      </c>
+      <c r="G137" s="24" t="s">
+        <v>694</v>
+      </c>
+      <c r="H137" s="44" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="4">
         <v>134</v>
       </c>
-      <c r="F7" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="22" t="s">
+      <c r="B138" s="42" t="s">
+        <v>696</v>
+      </c>
+      <c r="C138" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="D138" s="36">
+        <v>953250406</v>
+      </c>
+      <c r="E138" s="29" t="s">
+        <v>698</v>
+      </c>
+      <c r="F138" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G138" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="H138" s="44" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="4">
         <v>135</v>
       </c>
-      <c r="H7" s="71" t="s">
-[...163 lines deleted...]
-      <c r="B14" s="36" t="s">
+      <c r="B139" s="27" t="s">
+        <v>700</v>
+      </c>
+      <c r="C139" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="D139" s="36">
+        <v>988893133</v>
+      </c>
+      <c r="E139" s="29" t="s">
+        <v>702</v>
+      </c>
+      <c r="F139" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="G139" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="H139" s="44" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="4">
+        <v>136</v>
+      </c>
+      <c r="B140" s="27" t="s">
+        <v>705</v>
+      </c>
+      <c r="C140" s="24" t="s">
+        <v>706</v>
+      </c>
+      <c r="D140" s="36">
+        <v>977075841</v>
+      </c>
+      <c r="E140" s="29" t="s">
+        <v>707</v>
+      </c>
+      <c r="F140" s="24" t="s">
+        <v>708</v>
+      </c>
+      <c r="G140" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="H140" s="44" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="4">
+        <v>137</v>
+      </c>
+      <c r="B141" s="30" t="s">
+        <v>710</v>
+      </c>
+      <c r="C141" s="24" t="s">
+        <v>714</v>
+      </c>
+      <c r="D141" s="36">
+        <v>953984117</v>
+      </c>
+      <c r="E141" s="29" t="s">
+        <v>711</v>
+      </c>
+      <c r="F141" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G141" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="H141" s="44" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="4">
+        <v>138</v>
+      </c>
+      <c r="B142" s="27" t="s">
+        <v>715</v>
+      </c>
+      <c r="C142" s="24" t="s">
+        <v>717</v>
+      </c>
+      <c r="D142" s="36">
+        <v>921768987</v>
+      </c>
+      <c r="E142" s="29" t="s">
+        <v>718</v>
+      </c>
+      <c r="F142" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G142" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="H142" s="44" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="4">
+        <v>139</v>
+      </c>
+      <c r="B143" s="27" t="s">
+        <v>720</v>
+      </c>
+      <c r="C143" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="D143" s="36">
+        <v>989213030</v>
+      </c>
+      <c r="E143" s="29" t="s">
+        <v>724</v>
+      </c>
+      <c r="F143" s="24" t="s">
+        <v>723</v>
+      </c>
+      <c r="G143" s="24" t="s">
+        <v>722</v>
+      </c>
+      <c r="H143" s="44" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4">
         <v>140</v>
       </c>
-      <c r="C14" s="22" t="s">
+      <c r="B144" s="27" t="s">
+        <v>726</v>
+      </c>
+      <c r="C144" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="D144" s="36">
+        <v>994397085</v>
+      </c>
+      <c r="E144" s="29" t="s">
+        <v>736</v>
+      </c>
+      <c r="F144" s="24" t="s">
+        <v>728</v>
+      </c>
+      <c r="G144" s="24" t="s">
+        <v>729</v>
+      </c>
+      <c r="H144" s="44" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4">
         <v>141</v>
       </c>
-      <c r="D14" s="25">
-[...435 lines deleted...]
-      <c r="B31" s="27" t="s">
+      <c r="B145" s="27" t="s">
+        <v>731</v>
+      </c>
+      <c r="C145" s="24" t="s">
+        <v>732</v>
+      </c>
+      <c r="D145" s="36">
+        <v>978732483</v>
+      </c>
+      <c r="E145" s="29" t="s">
+        <v>733</v>
+      </c>
+      <c r="F145" s="24" t="s">
+        <v>812</v>
+      </c>
+      <c r="G145" s="24" t="s">
+        <v>734</v>
+      </c>
+      <c r="H145" s="44" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="4">
+        <v>142</v>
+      </c>
+      <c r="B146" s="27" t="s">
+        <v>737</v>
+      </c>
+      <c r="C146" s="24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D146" s="36">
+        <v>998980304</v>
+      </c>
+      <c r="E146" s="29" t="s">
+        <v>739</v>
+      </c>
+      <c r="F146" s="24" t="s">
+        <v>738</v>
+      </c>
+      <c r="G146" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="H146" s="44" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="4">
+        <v>143</v>
+      </c>
+      <c r="B147" s="27" t="s">
+        <v>741</v>
+      </c>
+      <c r="C147" s="24" t="s">
+        <v>742</v>
+      </c>
+      <c r="D147" s="36">
+        <v>984293759</v>
+      </c>
+      <c r="E147" s="29" t="s">
+        <v>743</v>
+      </c>
+      <c r="F147" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="G147" s="24" t="s">
+        <v>830</v>
+      </c>
+      <c r="H147" s="44" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="159.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="4">
         <v>144</v>
       </c>
-      <c r="C31" s="22" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="24" t="s">
+      <c r="B148" s="27" t="s">
+        <v>752</v>
+      </c>
+      <c r="C148" s="24" t="s">
+        <v>754</v>
+      </c>
+      <c r="D148" s="36" t="s">
+        <v>755</v>
+      </c>
+      <c r="E148" s="29" t="s">
+        <v>756</v>
+      </c>
+      <c r="F148" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="G148" s="24" t="s">
+        <v>753</v>
+      </c>
+      <c r="H148" s="44" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="159.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="4">
         <v>145</v>
       </c>
-      <c r="F31" s="22" t="s">
-[...438 lines deleted...]
-      <c r="E48" s="23" t="s">
+      <c r="B149" s="27" t="s">
+        <v>746</v>
+      </c>
+      <c r="C149" s="24" t="s">
+        <v>747</v>
+      </c>
+      <c r="D149" s="36">
+        <v>949373931</v>
+      </c>
+      <c r="E149" s="29" t="s">
+        <v>750</v>
+      </c>
+      <c r="F149" s="24" t="s">
+        <v>748</v>
+      </c>
+      <c r="G149" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H149" s="44" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="4">
+        <v>146</v>
+      </c>
+      <c r="B150" s="27" t="s">
+        <v>757</v>
+      </c>
+      <c r="C150" s="24" t="s">
+        <v>759</v>
+      </c>
+      <c r="D150" s="36">
+        <v>986597985</v>
+      </c>
+      <c r="E150" s="29" t="s">
+        <v>758</v>
+      </c>
+      <c r="F150" s="24" t="s">
+        <v>760</v>
+      </c>
+      <c r="G150" s="24" t="s">
+        <v>831</v>
+      </c>
+      <c r="H150" s="44" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="4">
+        <v>147</v>
+      </c>
+      <c r="B151" s="27" t="s">
+        <v>762</v>
+      </c>
+      <c r="C151" s="24" t="s">
+        <v>763</v>
+      </c>
+      <c r="D151" s="36"/>
+      <c r="E151" s="29" t="s">
+        <v>764</v>
+      </c>
+      <c r="F151" s="24" t="s">
+        <v>813</v>
+      </c>
+      <c r="G151" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="H151" s="44" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="4">
+        <v>148</v>
+      </c>
+      <c r="B152" s="27" t="s">
+        <v>766</v>
+      </c>
+      <c r="C152" s="24" t="s">
+        <v>770</v>
+      </c>
+      <c r="D152" s="36">
+        <v>971094847</v>
+      </c>
+      <c r="E152" s="29" t="s">
+        <v>769</v>
+      </c>
+      <c r="F152" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="G152" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="H152" s="44" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="4">
+        <v>149</v>
+      </c>
+      <c r="B153" s="27" t="s">
+        <v>771</v>
+      </c>
+      <c r="C153" s="24" t="s">
         <v>121</v>
       </c>
-      <c r="F48" s="22" t="s">
-[...39 lines deleted...]
-      <c r="B50" s="27" t="s">
+      <c r="D153" s="36">
+        <v>978767272</v>
+      </c>
+      <c r="E153" s="29" t="s">
+        <v>774</v>
+      </c>
+      <c r="F153" s="24" t="s">
+        <v>772</v>
+      </c>
+      <c r="G153" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="H153" s="44" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="129.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="4">
         <v>150</v>
       </c>
-      <c r="C50" s="22" t="s">
+      <c r="B154" s="27" t="s">
+        <v>775</v>
+      </c>
+      <c r="C154" s="24" t="s">
+        <v>776</v>
+      </c>
+      <c r="D154" s="36">
+        <v>988284337</v>
+      </c>
+      <c r="E154" s="29" t="s">
+        <v>777</v>
+      </c>
+      <c r="F154" s="24" t="s">
+        <v>845</v>
+      </c>
+      <c r="G154" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H154" s="44" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="4">
         <v>151</v>
       </c>
-      <c r="D50" s="25" t="s">
+      <c r="B155" s="27" t="s">
+        <v>779</v>
+      </c>
+      <c r="C155" s="24" t="s">
+        <v>783</v>
+      </c>
+      <c r="D155" s="36" t="s">
+        <v>782</v>
+      </c>
+      <c r="E155" s="29" t="s">
+        <v>781</v>
+      </c>
+      <c r="F155" s="24" t="s">
+        <v>716</v>
+      </c>
+      <c r="G155" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="H155" s="44" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="13">
         <v>152</v>
       </c>
-      <c r="E50" s="24" t="s">
+      <c r="B156" s="27" t="s">
+        <v>784</v>
+      </c>
+      <c r="C156" s="24" t="s">
+        <v>785</v>
+      </c>
+      <c r="D156" s="36" t="s">
+        <v>789</v>
+      </c>
+      <c r="E156" s="29" t="s">
+        <v>788</v>
+      </c>
+      <c r="F156" s="24" t="s">
+        <v>786</v>
+      </c>
+      <c r="G156" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="H156" s="44" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="4">
         <v>153</v>
       </c>
-      <c r="F50" s="22" t="s">
+      <c r="B157" s="64" t="s">
+        <v>800</v>
+      </c>
+      <c r="C157" s="60" t="s">
+        <v>801</v>
+      </c>
+      <c r="D157" s="65" t="s">
+        <v>844</v>
+      </c>
+      <c r="E157" s="66" t="s">
+        <v>802</v>
+      </c>
+      <c r="F157" s="60" t="s">
+        <v>803</v>
+      </c>
+      <c r="G157" s="60" t="s">
+        <v>804</v>
+      </c>
+      <c r="H157" s="67" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="4">
         <v>154</v>
       </c>
-      <c r="G50" s="22" t="s">
+      <c r="B158" s="64" t="s">
+        <v>806</v>
+      </c>
+      <c r="C158" s="60" t="s">
+        <v>807</v>
+      </c>
+      <c r="D158" s="61">
+        <v>963344036</v>
+      </c>
+      <c r="E158" s="48" t="s">
+        <v>809</v>
+      </c>
+      <c r="F158" s="61" t="s">
+        <v>808</v>
+      </c>
+      <c r="G158" s="61" t="s">
+        <v>810</v>
+      </c>
+      <c r="H158" s="46" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="4">
         <v>155</v>
       </c>
-      <c r="H50" s="71" t="s">
-[...455 lines deleted...]
-      <c r="D68" s="25">
+      <c r="B159" s="46" t="s">
+        <v>847</v>
+      </c>
+      <c r="C159" s="60" t="s">
+        <v>848</v>
+      </c>
+      <c r="D159" s="71">
         <v>940758953</v>
       </c>
-      <c r="E68" s="21" t="s">
-[...2645 lines deleted...]
-      <c r="E169" s="33" t="s">
+      <c r="E159" s="48" t="s">
+        <v>852</v>
+      </c>
+      <c r="F159" s="49" t="s">
         <v>849</v>
       </c>
-      <c r="F169" s="32" t="s">
-[...13 lines deleted...]
-      <c r="B170" s="61" t="s">
+      <c r="G159" s="69" t="s">
+        <v>850</v>
+      </c>
+      <c r="H159" s="52" t="s">
         <v>851</v>
       </c>
-      <c r="C170" s="32" t="s">
-[...1837 lines deleted...]
-    </row>
+      <c r="I159" s="70"/>
+    </row>
+    <row r="160" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="200.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="196" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="197" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="198" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="206" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="207" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="209" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="180" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="220" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="221" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="159.94999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" spans="1:1" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="229" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="230" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="231" spans="1:1" ht="150" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" spans="1:1" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="236" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="237" spans="1:1" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="238" spans="1:1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="12"/>
+    </row>
+    <row r="239" spans="1:1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="11"/>
+    </row>
+    <row r="240" spans="1:1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="E8" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
-[...173 lines deleted...]
-    <hyperlink ref="E240" r:id="rId175" xr:uid="{9AE434B6-A314-4DCE-BEC4-36379FD6FC58}"/>
+    <hyperlink ref="E7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="E8" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="E10" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="E11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="E9" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="E13" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="E12" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="E14" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="E15" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="E16" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="E17" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="E49" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="E21" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="E20" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="E19" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="E40" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="E18" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="E23" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="E25" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="E22" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="E26" r:id="rId21" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="E27" r:id="rId22" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="E39" r:id="rId23" display="rgaymer@gmail.com" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="E38" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="E35" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="E36" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="E37" r:id="rId27" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="E30" r:id="rId28" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="E31" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="E33" r:id="rId30" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="E28" r:id="rId31" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="E29" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="E47" r:id="rId33" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="E46" r:id="rId34" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="E45" r:id="rId35" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="E44" r:id="rId36" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="E43" r:id="rId37" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="E41" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="E50" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="E51" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="E53" r:id="rId41" display="franciscoleturia@gmail.com" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="E54" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="E55" r:id="rId43" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="E56" r:id="rId44" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="E57" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="E58" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="E59" r:id="rId47" display="aguirreriveraj615@gmail.com" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="E60" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="E61" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="E32" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="E65" r:id="rId51" display="rcampos@camposasociados.cl_x000a_" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="E64" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="E63" r:id="rId53" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="E62" r:id="rId54" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="E78" r:id="rId55" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="E79" r:id="rId56" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="E80" r:id="rId57" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="E81" r:id="rId58" display="gmunoz@vergaraycia" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="E82" r:id="rId59" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="E69" r:id="rId60" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="E71" r:id="rId61" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="E66" r:id="rId62" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="E67" r:id="rId63" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="E83" r:id="rId64" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="E84" r:id="rId65" xr:uid="{A77CEE1C-DA88-40DD-A1DA-FC350BF81D37}"/>
+    <hyperlink ref="E75" r:id="rId66" xr:uid="{985733C0-4AEB-4DB5-8BBE-ECFE9EC38758}"/>
+    <hyperlink ref="E24" r:id="rId67" xr:uid="{ACDF59DD-BBB4-4556-BF43-C113B9570482}"/>
+    <hyperlink ref="E85" r:id="rId68" xr:uid="{027323CE-49B4-4EF3-8565-87CA494E5880}"/>
+    <hyperlink ref="E87" r:id="rId69" xr:uid="{1367575B-62EE-452F-AC9B-021E4FEC13EE}"/>
+    <hyperlink ref="E90" r:id="rId70" xr:uid="{9D47429A-3115-4536-BDC0-14FDDE2B3FC2}"/>
+    <hyperlink ref="E91" r:id="rId71" xr:uid="{9D01D46A-D60C-4C05-83D6-018A008E7B0D}"/>
+    <hyperlink ref="E92" r:id="rId72" xr:uid="{641E4F1B-DC75-4CEC-95AB-25F3FD0E7BCD}"/>
+    <hyperlink ref="E94" r:id="rId73" xr:uid="{2299528E-7B09-4552-B953-F8F8BACF4F5D}"/>
+    <hyperlink ref="E95" r:id="rId74" xr:uid="{EB764B08-D461-4048-9302-FD922168B636}"/>
+    <hyperlink ref="E96" r:id="rId75" xr:uid="{F99B94F0-AB6B-4051-9B1A-50A91AF67CE5}"/>
+    <hyperlink ref="E98" r:id="rId76" display="jose.rivera@arsabogados.cl" xr:uid="{BF004D83-2608-459D-803B-BD59C485FCA9}"/>
+    <hyperlink ref="E99" r:id="rId77" xr:uid="{0FDA1B78-68DF-47A1-93EF-AAFFB21A312C}"/>
+    <hyperlink ref="E100" r:id="rId78" xr:uid="{5DF8CA65-E7BC-4ECB-B5DC-ECD2B28E26E0}"/>
+    <hyperlink ref="E101" r:id="rId79" xr:uid="{65E25FF5-D007-4029-8BD4-22BF0290E310}"/>
+    <hyperlink ref="E102" r:id="rId80" xr:uid="{59DAA8BB-A63B-4A80-8AA9-DEA4C7994F61}"/>
+    <hyperlink ref="E103" r:id="rId81" xr:uid="{25F80102-B21F-49CB-83E8-6348EFDA75C2}"/>
+    <hyperlink ref="E107" r:id="rId82" xr:uid="{DCFE8F34-CEF2-4AA5-9D03-1EEA45A7F79E}"/>
+    <hyperlink ref="E108" r:id="rId83" xr:uid="{B197CFF5-897B-4FD8-A91F-1926DB88BFDD}"/>
+    <hyperlink ref="E109" r:id="rId84" xr:uid="{16D8C211-1709-40BE-8FB3-DA869BEC68FB}"/>
+    <hyperlink ref="E116" r:id="rId85" xr:uid="{D3E2085F-3609-42BB-A6D5-B1926E18BD80}"/>
+    <hyperlink ref="E117" r:id="rId86" xr:uid="{7072CF5C-2B5E-474C-AAE6-B7EC14593094}"/>
+    <hyperlink ref="E118" r:id="rId87" xr:uid="{B44A8D7C-C1E4-452F-8671-73177F850E68}"/>
+    <hyperlink ref="E120" r:id="rId88" xr:uid="{488BFB63-91EC-4F5D-8C67-A574C5E74C6D}"/>
+    <hyperlink ref="E122" r:id="rId89" xr:uid="{7B864EBB-69D0-4FDC-8704-C4ECDFC48E2C}"/>
+    <hyperlink ref="E123" r:id="rId90" xr:uid="{901DA347-5F1B-42AF-9E0F-ED2ADBE94457}"/>
+    <hyperlink ref="E124" r:id="rId91" xr:uid="{146FAF3A-232E-41C3-8C05-487F185F57C5}"/>
+    <hyperlink ref="E125" r:id="rId92" xr:uid="{E8F8F8FF-E327-4D21-9ED4-28D15C505803}"/>
+    <hyperlink ref="E126" r:id="rId93" xr:uid="{45713729-205E-432D-81D3-495EEBBEF575}"/>
+    <hyperlink ref="E105" r:id="rId94" xr:uid="{5F320019-4DC7-49D2-84FA-E3D9EAFE23FA}"/>
+    <hyperlink ref="E5" r:id="rId95" display="germanovallem@gmail.com_x000a__x000a_" xr:uid="{FE15B23B-B180-46F6-9848-6FB3D3E35935}"/>
+    <hyperlink ref="E127" r:id="rId96" xr:uid="{84ECAC50-2E73-486C-9F27-FAC48D132C81}"/>
+    <hyperlink ref="E128" r:id="rId97" xr:uid="{D781DFF6-28F1-47F1-BCCD-711A65404A70}"/>
+    <hyperlink ref="E129" r:id="rId98" xr:uid="{B49103A9-2221-47C3-8B95-4D604E15F4FA}"/>
+    <hyperlink ref="E130" r:id="rId99" xr:uid="{13C04846-5204-46F3-87FB-76E846A11966}"/>
+    <hyperlink ref="E131" r:id="rId100" xr:uid="{C26D2DDC-9AC4-4BB2-A56A-DCC45E7439FF}"/>
+    <hyperlink ref="E133" r:id="rId101" xr:uid="{D21497A4-BF20-49AA-9C93-F60BE66080BD}"/>
+    <hyperlink ref="E134" r:id="rId102" xr:uid="{F6B33136-6727-4058-AE14-28B8CD770B7D}"/>
+    <hyperlink ref="E135" r:id="rId103" xr:uid="{3E20D20E-2C78-4489-8866-4F30F8FD0A10}"/>
+    <hyperlink ref="E136" r:id="rId104" xr:uid="{98E34565-F37E-46AA-9521-8186617F45DF}"/>
+    <hyperlink ref="E137" r:id="rId105" xr:uid="{314D04F9-2F6B-42A6-88B4-F2271B8A49CE}"/>
+    <hyperlink ref="E138" r:id="rId106" xr:uid="{01C936CB-C85A-4A28-A166-7DCBB6395CE3}"/>
+    <hyperlink ref="E139" r:id="rId107" xr:uid="{C93E251E-4AB3-40A9-A8D5-E7ABE954A4B6}"/>
+    <hyperlink ref="E140" r:id="rId108" xr:uid="{5AB3ABCA-EC50-4196-9D6B-E2560875423E}"/>
+    <hyperlink ref="E141" r:id="rId109" xr:uid="{3C9B1DA5-6F61-432C-8C6A-90CCBA721EA3}"/>
+    <hyperlink ref="E142" r:id="rId110" xr:uid="{BEE1402B-5399-4426-AC39-8EB5E14C12B5}"/>
+    <hyperlink ref="E143" r:id="rId111" xr:uid="{49AAF7B6-F166-442E-8CC0-AAA14FF32144}"/>
+    <hyperlink ref="E145" r:id="rId112" xr:uid="{4556C7D5-21DB-4C1A-A6C9-1001B97195FB}"/>
+    <hyperlink ref="E144" r:id="rId113" xr:uid="{030435B5-969A-48F4-8B31-AD260962132C}"/>
+    <hyperlink ref="E146" r:id="rId114" xr:uid="{71294357-3409-4BE4-9FA6-E42385003242}"/>
+    <hyperlink ref="E147" r:id="rId115" xr:uid="{15699683-C225-4F0C-9609-D3F25D432171}"/>
+    <hyperlink ref="E149" r:id="rId116" xr:uid="{BEDB53FA-3F4B-427D-9CE8-1B2F82DFDF48}"/>
+    <hyperlink ref="E148" r:id="rId117" xr:uid="{8565D7D8-B140-4039-90E7-AEF931B0EFEE}"/>
+    <hyperlink ref="E150" r:id="rId118" xr:uid="{0C5C3BBF-F6FC-446D-8504-E4D43E6D591A}"/>
+    <hyperlink ref="E151" r:id="rId119" display="czamorano@litigantes.net" xr:uid="{C59EEE29-1FB4-4A52-A6D6-4E98C2ECAB8D}"/>
+    <hyperlink ref="E152" r:id="rId120" xr:uid="{F35B7ABB-EA42-420E-A690-23691B17683E}"/>
+    <hyperlink ref="E153" r:id="rId121" xr:uid="{776C0E73-08B9-4F0C-9675-C4C47BE0621C}"/>
+    <hyperlink ref="E154" r:id="rId122" xr:uid="{BC66200C-BFE9-436C-B264-5E3C4BE9F073}"/>
+    <hyperlink ref="E155" r:id="rId123" xr:uid="{10AF260E-166C-42A6-A562-059C3B745556}"/>
+    <hyperlink ref="E156" r:id="rId124" xr:uid="{0A6F0F2C-A497-446A-B7C0-8375A6C41519}"/>
+    <hyperlink ref="E132" r:id="rId125" xr:uid="{A6706DB5-F557-447C-8B39-D4FA28FD8F12}"/>
+    <hyperlink ref="E113" r:id="rId126" xr:uid="{A90996D4-DB4E-446D-8C30-6F849ADEE24E}"/>
+    <hyperlink ref="E111" r:id="rId127" xr:uid="{58D0C0E4-CED3-4196-94DC-0101D9823F13}"/>
+    <hyperlink ref="E157" r:id="rId128" display="ppolea.aramburu@gmail.com" xr:uid="{5AAA6AC2-EE3B-4F47-AA38-E8EC5DF4F55E}"/>
+    <hyperlink ref="E158" r:id="rId129" xr:uid="{0F27B3E9-0F42-4294-901C-44A39B7DF747}"/>
+    <hyperlink ref="E159" r:id="rId130" xr:uid="{3E44299B-A6FD-4AA1-BFFF-3BCBEAD4D4CD}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId176"/>
-[...853 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId131"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>correos electronicos nuevos</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>JUECES ARBITROS 2026 Y NUEVOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cecilia Elizabeht Valencia Cortez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>