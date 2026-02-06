--- v1 (2025-12-14)
+++ v2 (2026-02-06)
@@ -1,80 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\cvalencia\Scaner\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cvalencia\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\VBSM83LH\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3D090E7-910C-436F-A3BD-C59AFFC483E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE27F4CE-E763-4A45-BB5D-D22B0139F099}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13290" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="JUECES ARBITROS 2026 Y NUEVOS" sheetId="1" r:id="rId1"/>
+    <sheet name="CORREOS ELECTRONICOS" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="990" uniqueCount="853">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="911">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DIRECCIÓN</t>
   </si>
   <si>
     <t>TELEFONOS</t>
   </si>
   <si>
     <t>CORREO ELECTRÓNICO</t>
   </si>
   <si>
     <t>ESPECIALIDAD</t>
   </si>
   <si>
     <t>TERRITORIO PREFERENTE</t>
   </si>
   <si>
     <t>BARRIENTOS OSSA, MARIO RAMON</t>
   </si>
   <si>
@@ -2634,57 +2636,164 @@
 993334701</t>
   </si>
   <si>
     <t>474-2025</t>
   </si>
   <si>
     <t>ULLOA ULLOA, VALERY ANTONELLA</t>
   </si>
   <si>
     <t>Parcela N° 2 Los Tilos, comuna y ciudad de Vilcún, Región de la Araucanía</t>
   </si>
   <si>
     <t>ulloaulloavalery@gmail.com</t>
   </si>
   <si>
     <t>materias; Magíster en Derecho con Especialización en Derecho Público, resolución colaborativa de conflictos, Derecho Registral Inmobiliario, partición de herencias y liquidación de sociedad conyugal cuando en el patrimonio de la comunidad respectiva existen bienes inmuebles involucrados.</t>
   </si>
   <si>
     <t>materias; Arbitrajes Civiles: Contratos,
 responsabilidad civil contractual y extracontractual, asuntos mineros, derecho de aguas y litigios civiles. Especialmente particiones de bienes en comunidades, tanto por sucesiones hereditarias, sociedades conyugales o de cualquier naturaleza; Arbitrajes Comerciales: contratos de diverso tipo, asuntos societarios en general, como pacto de accionistas, disolución y liquidación de sociedades, transporte terrestre y marítimo, asunto de seguros (en particular todo riesgo en construcción);- Arbitraje Construcción e Inmobiliario: Contratos de construcción, infraestructura e ingeniería, Dispute Board, seguro todo riesgo en construcción y perjuicio por paralización; Arbitraje Comercial Internacional: contratos, responsabilidad civil contractual y extracontractual, informáticos, sucesiones hereditarias, sociedades conyugales o de cualquier naturaleza.</t>
   </si>
   <si>
     <t>materias; litigios civiles y comerciales</t>
   </si>
   <si>
+    <t>germanovallem@gmail.com</t>
+  </si>
+  <si>
+    <t>german.ovalle@ovalle.cl</t>
+  </si>
+  <si>
+    <t>jaime.gonzalez@defol.cl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>jkgonzal@uc.cl</t>
+  </si>
+  <si>
+    <t>franciscoleturia@gmail.com</t>
+  </si>
+  <si>
+    <t>fjleturia@cna.cl</t>
+  </si>
+  <si>
+    <t>aguirreriveraj615@gmail.com</t>
+  </si>
+  <si>
+    <t>jear_46@yahoo.es</t>
+  </si>
+  <si>
+    <t>rcampos@camposasociados.cl</t>
+  </si>
+  <si>
+    <t>ro.campos.f@gmail.com</t>
+  </si>
+  <si>
+    <t>iabadie@novalex.cl</t>
+  </si>
+  <si>
+    <t>arbitrajes@serviciosasociados.cl</t>
+  </si>
+  <si>
+    <t>marianocasera@gmail.com</t>
+  </si>
+  <si>
+    <t>mcasera@caseraycia.com</t>
+  </si>
+  <si>
+    <t>gmunoz@vergaraycia</t>
+  </si>
+  <si>
+    <t>gme_@vtr.net</t>
+  </si>
+  <si>
+    <t>jose.rivera@arsabogados.cl</t>
+  </si>
+  <si>
+    <t>jose.rivera@polvora.cl</t>
+  </si>
+  <si>
+    <t>nnvasquezs@gmail.com</t>
+  </si>
+  <si>
+    <t>nvasquez@vasquezvaldes.cl</t>
+  </si>
+  <si>
+    <t>leyla@litigio.cl</t>
+  </si>
+  <si>
+    <t>leyla@bahamondes.cl</t>
+  </si>
+  <si>
+    <t>leyla.bahamondes@gmail.com</t>
+  </si>
+  <si>
+    <t>osalas@salasyabogados.com</t>
+  </si>
+  <si>
+    <t>oscarsalasmorales@gmail.com</t>
+  </si>
+  <si>
+    <t>ignacioalbornozs@gmail.com</t>
+  </si>
+  <si>
+    <t>arbitraje.particional@gmail.com</t>
+  </si>
+  <si>
+    <t>agonzalez@anvp.cl</t>
+  </si>
+  <si>
+    <t>alvaro.gonzalez@derecho.uchile.cl</t>
+  </si>
+  <si>
+    <t>czamorano@litigantes.net</t>
+  </si>
+  <si>
+    <t>cesarzq@gmail.com</t>
+  </si>
+  <si>
+    <t>CORREOS JUECES ARBITROS NOMINA ACTUALIZADA</t>
+  </si>
+  <si>
     <t>573-2024
 430-2025
 renueva</t>
   </si>
   <si>
+    <t>123
+nuevos</t>
+  </si>
+  <si>
     <t>72-222610
 999972256</t>
+  </si>
+  <si>
+    <t>rgaymer@gaymer.cl</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                                             </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>NOMINA DE JUECES ARBITROS RENOVADOS Y NUEVOS JUECES ARBITROS  DE LA SEXTA REGION</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -2712,50 +2821,56 @@
   <si>
     <t>SAAVEDRA SEPULVEDA, FRANCISO JAVIER</t>
   </si>
   <si>
     <t>Lote 1H Lihueimo S/N, comuna de Palmilla, Región de O´Higgins</t>
   </si>
   <si>
     <t>materia; juicios de partición</t>
   </si>
   <si>
     <t>franciscosaavedra@santanenita.cl</t>
   </si>
   <si>
     <t>Región de O´Higgins</t>
   </si>
   <si>
     <t>1095-2025</t>
   </si>
   <si>
     <t>materias; derecho civil, partición de herencias, comunidades, sociedad conyugal, contratos de arriendo y  Ley N° 19.281 normas sobre arrendamiento de viviendas con promesa de compraventa.</t>
   </si>
   <si>
     <t>materias; civil, comercial, tributario, ambiental, del Derecho Internacional de Derechos Humanos y Estatuto de Derechos Humanos y Empresa.</t>
   </si>
   <si>
+    <t>ppolea.aramburu@gmail.com</t>
+  </si>
+  <si>
+    <t>pedropablo@oleaaramburu.cl</t>
+  </si>
+  <si>
     <t>Todo el terriorio de la región</t>
   </si>
   <si>
     <t>Toda la jurisdicción de la Iltma. Corte de Apelaciones de Rancagua.</t>
   </si>
   <si>
     <t>Todo Tribunal Civil de esta jurisdicción</t>
   </si>
   <si>
     <t>Todo el territorio que comprende la Ilustrísima Corte de Apelaciones de Rancagua</t>
   </si>
   <si>
     <t>Todo el territorio jurisdiccional de la Corte.</t>
   </si>
   <si>
     <t>Territorio correspondiente a la region de Rancagua</t>
   </si>
   <si>
     <t>Todos los tribunales civiles de la Sexta Región, principalmente  Rancagua, San Vicente, Peumo, Rengo, San Fernando y Santa Cruz</t>
   </si>
   <si>
     <t>Todo el territorio Jurisdiccional</t>
   </si>
   <si>
     <t>Sin territorio de desempeño preferente</t>
@@ -2830,57 +2945,125 @@
   <si>
     <t>materias; Derecho Administrativo, Derecho Penal; Corretaje de propiedades, partición de Bienes, juicios civiles, loteos de propiedades, loteos de sitios, condominios,  disputa deslindes de propiedad raíz, Resolución de conflictos en arbitrajes forzosos y voluntarios, en cumplimiento a cláusulas compromisorias o por simple solicitud de algún interesado</t>
   </si>
   <si>
     <t>gmunoz@vergaraycia.cl
 gme_@vtr.net</t>
   </si>
   <si>
     <t>ABADAL VEAS, TOMAS IGNACIO</t>
   </si>
   <si>
     <t>Osmán Pérez Freire, N° 648, Villa El
 Portal, Rancagua.</t>
   </si>
   <si>
     <t>materias inmobiliarias, corporativas, Juicios de Partición y Litigios en materias Civiles, Labores, Familia y Propiedad Intelectual.</t>
   </si>
   <si>
     <t>la totalidad de territorio</t>
   </si>
   <si>
     <t>1116-2025</t>
   </si>
   <si>
     <t>tiabadal@uc.cl</t>
+  </si>
+  <si>
+    <t>1159-2025</t>
+  </si>
+  <si>
+    <t>PUENTE SAAVEDRA, MATIAS FABIAN</t>
+  </si>
+  <si>
+    <t>Edificio Progresur 841, Talca</t>
+  </si>
+  <si>
+    <t>matiaspuentesaavedra@gmail.com</t>
+  </si>
+  <si>
+    <t>materias; Controversias Tributarias, Partición de Herencias -Liquidación Comunidad Hereditaria, Derecho comercial, Diferencias entre Socios, Liquidación de Sociedad Comerciales, Derecho Civil,
+Indemnización de Perjuicios, Responsabilidad Contractual y Extracontractual, Liquidación Sociedad
+Conyugal, Contratos de Construcción e Infraestructura en General</t>
+  </si>
+  <si>
+    <t>NICOLINI LEIVA, GIANLUCA TOMAS</t>
+  </si>
+  <si>
+    <t>Andrés Bello #443, Quilpué, Región de
+Valparaíso</t>
+  </si>
+  <si>
+    <t>nicolini.gianluca.94@gmail.com
+abogadogianlucanicolini@gmail.com</t>
+  </si>
+  <si>
+    <t>1177-2025</t>
+  </si>
+  <si>
+    <t>MORALES PEREZ, FERNANDO ROBERTO</t>
+  </si>
+  <si>
+    <t>P. Kennedy 6800 B oficina 514, Vitacura, RM</t>
+  </si>
+  <si>
+    <t>fernandomoralesperez@gmail.com</t>
+  </si>
+  <si>
+    <t>Materias; derecho sucesorio, comercial, del consumidor, particiones den general, liquidaciones, sociedades comerciales y civiles, sociedades conyugales</t>
+  </si>
+  <si>
+    <t>Materias; Seguros Generales; Sociedades, Liquidaciones y Particiones</t>
+  </si>
+  <si>
+    <t>1175-2025</t>
+  </si>
+  <si>
+    <t>aartigas@ahmm.cl
+alejandroartigas@gmail.com</t>
+  </si>
+  <si>
+    <t>Materias; derecho comercial, sociedades y conflictos societarios, derecho sucesorio, inmobiliario, de la construcción, responsabilidad civil, contratos y derechos de daños, partición de comunidades.</t>
+  </si>
+  <si>
+    <t>107-2026</t>
+  </si>
+  <si>
+    <t>ARTIGAS BARRENECHEA, ALEJANDRO JAVIER</t>
+  </si>
+  <si>
+    <t>974094067-22070596</t>
+  </si>
+  <si>
+    <t>Presidente Errazuriz N° 2999, oficina 201, comuna de Las Condes, Región Metropolitana</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -2929,91 +3112,106 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -3160,51 +3358,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="85">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
@@ -3285,110 +3483,137 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3633,117 +3858,121 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolini.gianluca.94@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomoralesperez@gmail.com" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.gonzalez@defol.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnvasquezs@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jkgonzal@uc.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacioalbornozs@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agonzalez@anvp.cl" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitraje.particional@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jear_46@yahoo.es" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gme_@vtr.net" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osalas@salasyabogados.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cesarzq@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iabadie@novalex.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dtrojas@uc.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla.bahamondes@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscarsalasmorales@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@litigio.cl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrajes@serviciosasociados.cl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:german.ovalle@ovalle.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ro.campos.f@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@bahamondes.cl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@polvora.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedropablo@oleaaramburu.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fjleturia@cna.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marianocasera@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A2:I240"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A154" workbookViewId="0">
-      <selection activeCell="B128" sqref="B128"/>
+    <sheetView tabSelected="1" topLeftCell="A160" workbookViewId="0">
+      <selection activeCell="G163" sqref="G163"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="29" style="8" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" style="34" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
-    <col min="6" max="6" width="43.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="44.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C2" s="3" t="s">
-        <v>799</v>
+        <v>834</v>
       </c>
       <c r="E2" s="4"/>
     </row>
     <row r="3" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="53"/>
       <c r="D3" s="35"/>
       <c r="E3" s="5"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
     </row>
     <row r="4" spans="1:8" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="54" t="s">
+      <c r="B4" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="55" t="s">
+      <c r="C4" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="56" t="s">
+      <c r="D4" s="64" t="s">
         <v>3</v>
       </c>
-      <c r="E4" s="55" t="s">
+      <c r="E4" s="63" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="55" t="s">
+      <c r="F4" s="63" t="s">
         <v>5</v>
       </c>
-      <c r="G4" s="57" t="s">
+      <c r="G4" s="65" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="58" t="s">
+      <c r="H4" s="66" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="59">
+      <c r="A5" s="69">
         <v>1</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>642</v>
       </c>
       <c r="C5" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D5" s="16">
         <v>992251842</v>
       </c>
       <c r="E5" s="17" t="s">
         <v>425</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>513</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>84</v>
       </c>
       <c r="H5" s="10" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
@@ -3848,51 +4077,51 @@
       </c>
       <c r="H9" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4">
         <v>6</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>431</v>
       </c>
       <c r="D10" s="31">
         <v>993355300</v>
       </c>
       <c r="E10" s="20" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="19" t="s">
         <v>514</v>
       </c>
       <c r="G10" s="19" t="s">
-        <v>842</v>
+        <v>879</v>
       </c>
       <c r="H10" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4">
         <v>7</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="36" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="20" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>515</v>
       </c>
       <c r="G11" s="19" t="s">
@@ -3978,51 +4207,51 @@
       </c>
       <c r="H14" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="15" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4">
         <v>11</v>
       </c>
       <c r="B15" s="18" t="s">
         <v>58</v>
       </c>
       <c r="C15" s="19" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="36">
         <v>998262077</v>
       </c>
       <c r="E15" s="20" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="19" t="s">
         <v>614</v>
       </c>
       <c r="G15" s="19" t="s">
-        <v>841</v>
+        <v>878</v>
       </c>
       <c r="H15" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4">
         <v>12</v>
       </c>
       <c r="B16" s="18" t="s">
         <v>95</v>
       </c>
       <c r="C16" s="19" t="s">
         <v>96</v>
       </c>
       <c r="D16" s="36" t="s">
         <v>97</v>
       </c>
       <c r="E16" s="20" t="s">
         <v>98</v>
       </c>
       <c r="F16" s="19" t="s">
         <v>519</v>
       </c>
       <c r="G16" s="19" t="s">
@@ -4316,51 +4545,51 @@
       </c>
       <c r="H27" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4">
         <v>24</v>
       </c>
       <c r="B28" s="22" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="19" t="s">
         <v>176</v>
       </c>
       <c r="D28" s="31">
         <v>992762430</v>
       </c>
       <c r="E28" s="20" t="s">
         <v>34</v>
       </c>
       <c r="F28" s="19" t="s">
         <v>529</v>
       </c>
       <c r="G28" s="19" t="s">
-        <v>840</v>
+        <v>877</v>
       </c>
       <c r="H28" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="29" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4">
         <v>25</v>
       </c>
       <c r="B29" s="22" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="19" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="31" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="20" t="s">
         <v>31</v>
       </c>
       <c r="F29" s="19" t="s">
         <v>530</v>
       </c>
       <c r="G29" s="19" t="s">
@@ -5044,103 +5273,103 @@
       </c>
       <c r="H55" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="56" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="4">
         <v>52</v>
       </c>
       <c r="B56" s="27" t="s">
         <v>149</v>
       </c>
       <c r="C56" s="28" t="s">
         <v>147</v>
       </c>
       <c r="D56" s="37" t="s">
         <v>148</v>
       </c>
       <c r="E56" s="25" t="s">
         <v>146</v>
       </c>
       <c r="F56" s="28" t="s">
         <v>631</v>
       </c>
       <c r="G56" s="28" t="s">
-        <v>839</v>
+        <v>876</v>
       </c>
       <c r="H56" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="57" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4">
         <v>53</v>
       </c>
       <c r="B57" s="27" t="s">
         <v>150</v>
       </c>
       <c r="C57" s="28" t="s">
         <v>480</v>
       </c>
       <c r="D57" s="38" t="s">
         <v>152</v>
       </c>
       <c r="E57" s="25" t="s">
         <v>151</v>
       </c>
       <c r="F57" s="28" t="s">
         <v>631</v>
       </c>
       <c r="G57" s="28" t="s">
-        <v>838</v>
+        <v>875</v>
       </c>
       <c r="H57" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="58" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="4">
         <v>54</v>
       </c>
       <c r="B58" s="27" t="s">
         <v>153</v>
       </c>
       <c r="C58" s="28" t="s">
         <v>211</v>
       </c>
       <c r="D58" s="38">
         <v>985878142</v>
       </c>
       <c r="E58" s="25" t="s">
         <v>154</v>
       </c>
       <c r="F58" s="28" t="s">
         <v>547</v>
       </c>
       <c r="G58" s="28" t="s">
-        <v>837</v>
+        <v>874</v>
       </c>
       <c r="H58" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="4">
         <v>55</v>
       </c>
       <c r="B59" s="27" t="s">
         <v>156</v>
       </c>
       <c r="C59" s="28" t="s">
         <v>157</v>
       </c>
       <c r="D59" s="38">
         <v>989906617</v>
       </c>
       <c r="E59" s="40" t="s">
         <v>442</v>
       </c>
       <c r="F59" s="28" t="s">
         <v>548</v>
       </c>
       <c r="G59" s="28" t="s">
@@ -5174,51 +5403,51 @@
       </c>
       <c r="H60" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="61" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="4">
         <v>57</v>
       </c>
       <c r="B61" s="27" t="s">
         <v>162</v>
       </c>
       <c r="C61" s="28" t="s">
         <v>164</v>
       </c>
       <c r="D61" s="38" t="s">
         <v>165</v>
       </c>
       <c r="E61" s="25" t="s">
         <v>163</v>
       </c>
       <c r="F61" s="28" t="s">
         <v>550</v>
       </c>
       <c r="G61" s="28" t="s">
-        <v>836</v>
+        <v>873</v>
       </c>
       <c r="H61" s="44" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="62" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="4">
         <v>58</v>
       </c>
       <c r="B62" s="27" t="s">
         <v>199</v>
       </c>
       <c r="C62" s="26" t="s">
         <v>116</v>
       </c>
       <c r="D62" s="31">
         <v>959055452</v>
       </c>
       <c r="E62" s="25" t="s">
         <v>198</v>
       </c>
       <c r="F62" s="26" t="s">
         <v>551</v>
       </c>
       <c r="G62" s="26" t="s">
@@ -5460,51 +5689,51 @@
       </c>
       <c r="H71" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="180" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4">
         <v>68</v>
       </c>
       <c r="B72" s="27" t="s">
         <v>225</v>
       </c>
       <c r="C72" s="28" t="s">
         <v>348</v>
       </c>
       <c r="D72" s="37" t="s">
         <v>226</v>
       </c>
       <c r="E72" s="29" t="s">
         <v>349</v>
       </c>
       <c r="F72" s="28" t="s">
         <v>559</v>
       </c>
       <c r="G72" s="28" t="s">
-        <v>835</v>
+        <v>872</v>
       </c>
       <c r="H72" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="73" spans="1:8" ht="260.10000000000002" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="4">
         <v>69</v>
       </c>
       <c r="B73" s="27" t="s">
         <v>472</v>
       </c>
       <c r="C73" s="28" t="s">
         <v>622</v>
       </c>
       <c r="D73" s="38">
         <v>985851019</v>
       </c>
       <c r="E73" s="25" t="s">
         <v>227</v>
       </c>
       <c r="F73" s="28" t="s">
         <v>795</v>
       </c>
       <c r="G73" s="28" t="s">
@@ -5590,51 +5819,51 @@
       </c>
       <c r="H76" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="77" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="4">
         <v>73</v>
       </c>
       <c r="B77" s="27" t="s">
         <v>239</v>
       </c>
       <c r="C77" s="28" t="s">
         <v>325</v>
       </c>
       <c r="D77" s="37" t="s">
         <v>240</v>
       </c>
       <c r="E77" s="25" t="s">
         <v>241</v>
       </c>
       <c r="F77" s="28" t="s">
         <v>562</v>
       </c>
       <c r="G77" s="28" t="s">
-        <v>834</v>
+        <v>871</v>
       </c>
       <c r="H77" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="78" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="4">
         <v>74</v>
       </c>
       <c r="B78" s="27" t="s">
         <v>242</v>
       </c>
       <c r="C78" s="24" t="s">
         <v>395</v>
       </c>
       <c r="D78" s="31" t="s">
         <v>243</v>
       </c>
       <c r="E78" s="41" t="s">
         <v>244</v>
       </c>
       <c r="F78" s="24" t="s">
         <v>579</v>
       </c>
       <c r="G78" s="24" t="s">
@@ -5688,51 +5917,51 @@
       </c>
       <c r="F80" s="24" t="s">
         <v>616</v>
       </c>
       <c r="G80" s="24" t="s">
         <v>457</v>
       </c>
       <c r="H80" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="4">
         <v>77</v>
       </c>
       <c r="B81" s="27" t="s">
         <v>250</v>
       </c>
       <c r="C81" s="24" t="s">
         <v>251</v>
       </c>
       <c r="D81" s="31" t="s">
         <v>252</v>
       </c>
       <c r="E81" s="32" t="s">
-        <v>846</v>
+        <v>883</v>
       </c>
       <c r="F81" s="26" t="s">
         <v>563</v>
       </c>
       <c r="G81" s="26" t="s">
         <v>145</v>
       </c>
       <c r="H81" s="44" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="4">
         <v>78</v>
       </c>
       <c r="B82" s="27" t="s">
         <v>253</v>
       </c>
       <c r="C82" s="24" t="s">
         <v>254</v>
       </c>
       <c r="D82" s="31">
         <v>934231296</v>
       </c>
       <c r="E82" s="33" t="s">
@@ -5773,78 +6002,78 @@
       </c>
       <c r="H83" s="44" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="4">
         <v>80</v>
       </c>
       <c r="B84" s="42" t="s">
         <v>497</v>
       </c>
       <c r="C84" s="24" t="s">
         <v>270</v>
       </c>
       <c r="D84" s="43" t="s">
         <v>271</v>
       </c>
       <c r="E84" s="25" t="s">
         <v>269</v>
       </c>
       <c r="F84" s="24" t="s">
         <v>566</v>
       </c>
       <c r="G84" s="24" t="s">
-        <v>828</v>
+        <v>865</v>
       </c>
       <c r="H84" s="51" t="s">
         <v>414</v>
       </c>
       <c r="I84" s="6"/>
     </row>
     <row r="85" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="4">
         <v>81</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>272</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D85" s="16">
         <v>978094910</v>
       </c>
       <c r="E85" s="17" t="s">
         <v>274</v>
       </c>
       <c r="F85" s="15" t="s">
         <v>567</v>
       </c>
       <c r="G85" s="15" t="s">
-        <v>833</v>
+        <v>870</v>
       </c>
       <c r="H85" s="10" t="s">
         <v>430</v>
       </c>
       <c r="I85" s="6"/>
     </row>
     <row r="86" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="4">
         <v>82</v>
       </c>
       <c r="B86" s="14" t="s">
         <v>275</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>506</v>
       </c>
       <c r="D86" s="16">
         <v>999177773</v>
       </c>
       <c r="E86" s="17" t="s">
         <v>276</v>
       </c>
       <c r="F86" s="15" t="s">
         <v>568</v>
       </c>
@@ -5973,144 +6202,144 @@
       </c>
       <c r="D91" s="16">
         <v>990014262</v>
       </c>
       <c r="E91" s="17" t="s">
         <v>294</v>
       </c>
       <c r="F91" s="15" t="s">
         <v>585</v>
       </c>
       <c r="G91" s="15" t="s">
         <v>295</v>
       </c>
       <c r="H91" s="10" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="4">
         <v>88</v>
       </c>
       <c r="B92" s="14" t="s">
         <v>296</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>843</v>
+        <v>880</v>
       </c>
       <c r="D92" s="16" t="s">
         <v>297</v>
       </c>
       <c r="E92" s="17" t="s">
         <v>298</v>
       </c>
       <c r="F92" s="15" t="s">
         <v>586</v>
       </c>
       <c r="G92" s="15" t="s">
         <v>434</v>
       </c>
       <c r="H92" s="10" t="s">
-        <v>797</v>
+        <v>830</v>
       </c>
       <c r="I92" s="6"/>
     </row>
     <row r="93" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="4">
         <v>89</v>
       </c>
       <c r="B93" s="14" t="s">
         <v>625</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>626</v>
       </c>
       <c r="D93" s="16">
         <v>997031636</v>
       </c>
       <c r="E93" s="17" t="s">
         <v>299</v>
       </c>
       <c r="F93" s="15" t="s">
         <v>627</v>
       </c>
       <c r="G93" s="15" t="s">
         <v>300</v>
       </c>
       <c r="H93" s="10" t="s">
         <v>475</v>
       </c>
       <c r="I93" s="6"/>
     </row>
     <row r="94" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="4">
         <v>90</v>
       </c>
       <c r="B94" s="14" t="s">
         <v>301</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D94" s="16">
         <v>948441167</v>
       </c>
       <c r="E94" s="17" t="s">
         <v>303</v>
       </c>
       <c r="F94" s="15" t="s">
         <v>587</v>
       </c>
       <c r="G94" s="15" t="s">
-        <v>814</v>
+        <v>851</v>
       </c>
       <c r="H94" s="10" t="s">
         <v>455</v>
       </c>
       <c r="I94" s="6"/>
     </row>
     <row r="95" spans="1:9" ht="180" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="13">
         <v>91</v>
       </c>
       <c r="B95" s="14" t="s">
         <v>304</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D95" s="16">
         <v>984184530</v>
       </c>
       <c r="E95" s="17" t="s">
         <v>305</v>
       </c>
       <c r="F95" s="15" t="s">
         <v>588</v>
       </c>
       <c r="G95" s="15" t="s">
-        <v>815</v>
+        <v>852</v>
       </c>
       <c r="H95" s="10" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="4">
         <v>92</v>
       </c>
       <c r="B96" s="14" t="s">
         <v>306</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>463</v>
       </c>
       <c r="D96" s="16">
         <v>999171113</v>
       </c>
       <c r="E96" s="17" t="s">
         <v>307</v>
       </c>
       <c r="F96" s="15" t="s">
         <v>619</v>
       </c>
       <c r="G96" s="15" t="s">
@@ -6118,131 +6347,131 @@
       </c>
       <c r="H96" s="10" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="4">
         <v>93</v>
       </c>
       <c r="B97" s="14" t="s">
         <v>308</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D97" s="16">
         <v>992186836</v>
       </c>
       <c r="E97" s="17" t="s">
         <v>309</v>
       </c>
       <c r="F97" s="15" t="s">
         <v>569</v>
       </c>
       <c r="G97" s="15" t="s">
-        <v>816</v>
+        <v>853</v>
       </c>
       <c r="H97" s="10" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="4">
         <v>94</v>
       </c>
       <c r="B98" s="14" t="s">
         <v>310</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D98" s="16">
         <v>987767265</v>
       </c>
       <c r="E98" s="17" t="s">
         <v>311</v>
       </c>
       <c r="F98" s="15" t="s">
         <v>570</v>
       </c>
       <c r="G98" s="15" t="s">
-        <v>817</v>
+        <v>854</v>
       </c>
       <c r="H98" s="10" t="s">
         <v>470</v>
       </c>
       <c r="I98" s="6"/>
     </row>
     <row r="99" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="4">
         <v>95</v>
       </c>
       <c r="B99" s="14" t="s">
         <v>312</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D99" s="16" t="s">
         <v>315</v>
       </c>
       <c r="E99" s="17" t="s">
         <v>313</v>
       </c>
       <c r="F99" s="15" t="s">
         <v>589</v>
       </c>
       <c r="G99" s="15" t="s">
-        <v>818</v>
+        <v>855</v>
       </c>
       <c r="H99" s="10" t="s">
         <v>503</v>
       </c>
       <c r="I99" s="6"/>
     </row>
     <row r="100" spans="1:9" ht="200.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4">
         <v>96</v>
       </c>
       <c r="B100" s="14" t="s">
         <v>316</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D100" s="16" t="s">
         <v>318</v>
       </c>
       <c r="E100" s="17" t="s">
         <v>319</v>
       </c>
       <c r="F100" s="15" t="s">
         <v>590</v>
       </c>
       <c r="G100" s="15" t="s">
-        <v>819</v>
+        <v>856</v>
       </c>
       <c r="H100" s="10" t="s">
         <v>479</v>
       </c>
       <c r="I100" s="6"/>
     </row>
     <row r="101" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4">
         <v>97</v>
       </c>
       <c r="B101" s="14" t="s">
         <v>320</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D101" s="16" t="s">
         <v>321</v>
       </c>
       <c r="E101" s="17" t="s">
         <v>322</v>
       </c>
       <c r="F101" s="15" t="s">
         <v>591</v>
       </c>
@@ -6277,51 +6506,51 @@
       </c>
       <c r="H102" s="10" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="4">
         <v>99</v>
       </c>
       <c r="B103" s="14" t="s">
         <v>330</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D103" s="16" t="s">
         <v>331</v>
       </c>
       <c r="E103" s="17" t="s">
         <v>313</v>
       </c>
       <c r="F103" s="15" t="s">
         <v>257</v>
       </c>
       <c r="G103" s="15" t="s">
-        <v>818</v>
+        <v>855</v>
       </c>
       <c r="H103" s="10" t="s">
         <v>502</v>
       </c>
       <c r="I103" s="6"/>
     </row>
     <row r="104" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="4">
         <v>100</v>
       </c>
       <c r="B104" s="14" t="s">
         <v>332</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>507</v>
       </c>
       <c r="D104" s="16" t="s">
         <v>333</v>
       </c>
       <c r="E104" s="17" t="s">
         <v>427</v>
       </c>
       <c r="F104" s="15" t="s">
         <v>593</v>
       </c>
@@ -6435,148 +6664,148 @@
       </c>
       <c r="H108" s="10" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="4">
         <v>105</v>
       </c>
       <c r="B109" s="14" t="s">
         <v>352</v>
       </c>
       <c r="C109" s="26" t="s">
         <v>353</v>
       </c>
       <c r="D109" s="16">
         <v>979180928</v>
       </c>
       <c r="E109" s="17" t="s">
         <v>354</v>
       </c>
       <c r="F109" s="15" t="s">
         <v>597</v>
       </c>
       <c r="G109" s="15" t="s">
-        <v>820</v>
+        <v>857</v>
       </c>
       <c r="H109" s="10" t="s">
         <v>465</v>
       </c>
       <c r="I109" s="6"/>
     </row>
     <row r="110" spans="1:9" ht="180" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="4">
         <v>106</v>
       </c>
       <c r="B110" s="14" t="s">
         <v>355</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>357</v>
       </c>
       <c r="D110" s="16">
         <v>978230061</v>
       </c>
       <c r="E110" s="17" t="s">
         <v>356</v>
       </c>
       <c r="F110" s="15" t="s">
         <v>598</v>
       </c>
       <c r="G110" s="15" t="s">
-        <v>821</v>
+        <v>858</v>
       </c>
       <c r="H110" s="10" t="s">
         <v>494</v>
       </c>
       <c r="I110" s="6"/>
     </row>
     <row r="111" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="7">
         <v>107</v>
       </c>
       <c r="B111" s="14" t="s">
         <v>358</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D111" s="16" t="s">
         <v>422</v>
       </c>
       <c r="E111" s="17" t="s">
         <v>410</v>
       </c>
       <c r="F111" s="26" t="s">
         <v>796</v>
       </c>
       <c r="G111" s="15" t="s">
-        <v>822</v>
+        <v>859</v>
       </c>
       <c r="H111" s="10" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="4">
         <v>108</v>
       </c>
       <c r="B112" s="14" t="s">
         <v>359</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D112" s="16" t="s">
         <v>361</v>
       </c>
       <c r="E112" s="17" t="s">
         <v>360</v>
       </c>
       <c r="F112" s="15" t="s">
         <v>600</v>
       </c>
       <c r="G112" s="15" t="s">
-        <v>823</v>
+        <v>860</v>
       </c>
       <c r="H112" s="10" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="4">
         <v>109</v>
       </c>
       <c r="B113" s="27" t="s">
         <v>362</v>
       </c>
       <c r="C113" s="24" t="s">
         <v>621</v>
       </c>
       <c r="D113" s="36" t="s">
-        <v>798</v>
+        <v>832</v>
       </c>
       <c r="E113" s="25" t="s">
         <v>364</v>
       </c>
       <c r="F113" s="24" t="s">
         <v>599</v>
       </c>
       <c r="G113" s="24" t="s">
         <v>363</v>
       </c>
       <c r="H113" s="44" t="s">
         <v>467</v>
       </c>
       <c r="I113" s="6"/>
     </row>
     <row r="114" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="4">
         <v>110</v>
       </c>
       <c r="B114" s="27" t="s">
         <v>365</v>
       </c>
       <c r="C114" s="24" t="s">
         <v>367</v>
       </c>
@@ -6621,51 +6850,51 @@
       </c>
       <c r="H115" s="44" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="4">
         <v>112</v>
       </c>
       <c r="B116" s="27" t="s">
         <v>371</v>
       </c>
       <c r="C116" s="24" t="s">
         <v>372</v>
       </c>
       <c r="D116" s="31">
         <v>954194514</v>
       </c>
       <c r="E116" s="25" t="s">
         <v>451</v>
       </c>
       <c r="F116" s="24" t="s">
         <v>601</v>
       </c>
       <c r="G116" s="24" t="s">
-        <v>824</v>
+        <v>861</v>
       </c>
       <c r="H116" s="44" t="s">
         <v>450</v>
       </c>
       <c r="I116" s="6"/>
     </row>
     <row r="117" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="4">
         <v>113</v>
       </c>
       <c r="B117" s="27" t="s">
         <v>373</v>
       </c>
       <c r="C117" s="24" t="s">
         <v>374</v>
       </c>
       <c r="D117" s="31">
         <v>946558983</v>
       </c>
       <c r="E117" s="25" t="s">
         <v>375</v>
       </c>
       <c r="F117" s="24" t="s">
         <v>637</v>
       </c>
@@ -6728,51 +6957,51 @@
       <c r="H119" s="44" t="s">
         <v>498</v>
       </c>
       <c r="I119" s="6"/>
     </row>
     <row r="120" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="4">
         <v>116</v>
       </c>
       <c r="B120" s="27" t="s">
         <v>383</v>
       </c>
       <c r="C120" s="24" t="s">
         <v>384</v>
       </c>
       <c r="D120" s="31">
         <v>998714666</v>
       </c>
       <c r="E120" s="25" t="s">
         <v>385</v>
       </c>
       <c r="F120" s="24" t="s">
         <v>461</v>
       </c>
       <c r="G120" s="24" t="s">
-        <v>825</v>
+        <v>862</v>
       </c>
       <c r="H120" s="44" t="s">
         <v>460</v>
       </c>
       <c r="I120" s="6"/>
     </row>
     <row r="121" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="4">
         <v>117</v>
       </c>
       <c r="B121" s="27" t="s">
         <v>386</v>
       </c>
       <c r="C121" s="24" t="s">
         <v>387</v>
       </c>
       <c r="D121" s="31">
         <v>962304163</v>
       </c>
       <c r="E121" s="29" t="s">
         <v>388</v>
       </c>
       <c r="F121" s="24" t="s">
         <v>603</v>
       </c>
@@ -6836,335 +7065,335 @@
         <v>454</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="4">
         <v>120</v>
       </c>
       <c r="B124" s="27" t="s">
         <v>397</v>
       </c>
       <c r="C124" s="26" t="s">
         <v>400</v>
       </c>
       <c r="D124" s="31">
         <v>956272437</v>
       </c>
       <c r="E124" s="25" t="s">
         <v>398</v>
       </c>
       <c r="F124" s="24" t="s">
         <v>605</v>
       </c>
       <c r="G124" s="24" t="s">
         <v>195</v>
       </c>
-      <c r="H124" s="63" t="s">
+      <c r="H124" s="74" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="4">
         <v>121</v>
       </c>
-      <c r="B125" s="68" t="s">
+      <c r="B125" s="80" t="s">
         <v>405</v>
       </c>
       <c r="C125" s="26" t="s">
         <v>401</v>
       </c>
       <c r="D125" s="31">
         <v>991205393</v>
       </c>
       <c r="E125" s="25" t="s">
         <v>402</v>
       </c>
       <c r="F125" s="24" t="s">
         <v>606</v>
       </c>
       <c r="G125" s="24" t="s">
         <v>403</v>
       </c>
-      <c r="H125" s="63" t="s">
+      <c r="H125" s="74" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4">
         <v>122</v>
       </c>
       <c r="B126" s="27" t="s">
         <v>406</v>
       </c>
       <c r="C126" s="24" t="s">
         <v>407</v>
       </c>
       <c r="D126" s="31">
         <v>993446195</v>
       </c>
       <c r="E126" s="25" t="s">
         <v>408</v>
       </c>
       <c r="F126" s="26" t="s">
         <v>571</v>
       </c>
       <c r="G126" s="26" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="H126" s="63" t="s">
+        <v>863</v>
+      </c>
+      <c r="H126" s="74" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="59">
-        <v>123</v>
+      <c r="A127" s="68" t="s">
+        <v>831</v>
       </c>
       <c r="B127" s="46" t="s">
         <v>643</v>
       </c>
       <c r="C127" s="47" t="s">
         <v>644</v>
       </c>
       <c r="D127" s="45" t="s">
         <v>121</v>
       </c>
       <c r="E127" s="48" t="s">
         <v>645</v>
       </c>
       <c r="F127" s="49" t="s">
         <v>646</v>
       </c>
       <c r="G127" s="49" t="s">
         <v>647</v>
       </c>
       <c r="H127" s="52" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="128" spans="1:9" ht="234.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4">
         <v>124</v>
       </c>
       <c r="B128" s="30" t="s">
         <v>649</v>
       </c>
-      <c r="C128" s="62" t="s">
+      <c r="C128" s="73" t="s">
         <v>650</v>
       </c>
       <c r="D128" s="36">
         <v>973155986</v>
       </c>
       <c r="E128" s="29" t="s">
         <v>651</v>
       </c>
       <c r="F128" s="24" t="s">
         <v>652</v>
       </c>
       <c r="G128" s="24" t="s">
         <v>155</v>
       </c>
-      <c r="H128" s="63" t="s">
+      <c r="H128" s="74" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="129" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="4">
         <v>125</v>
       </c>
       <c r="B129" s="27" t="s">
         <v>654</v>
       </c>
-      <c r="C129" s="62" t="s">
+      <c r="C129" s="73" t="s">
         <v>656</v>
       </c>
       <c r="D129" s="36">
         <v>986071057</v>
       </c>
       <c r="E129" s="29" t="s">
         <v>655</v>
       </c>
       <c r="F129" s="24" t="s">
         <v>657</v>
       </c>
       <c r="G129" s="24" t="s">
         <v>658</v>
       </c>
-      <c r="H129" s="63" t="s">
+      <c r="H129" s="74" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="130" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="4">
         <v>126</v>
       </c>
       <c r="B130" s="30" t="s">
         <v>660</v>
       </c>
-      <c r="C130" s="62" t="s">
+      <c r="C130" s="73" t="s">
         <v>661</v>
       </c>
       <c r="D130" s="36">
         <v>965710786</v>
       </c>
       <c r="E130" s="29" t="s">
         <v>662</v>
       </c>
       <c r="F130" s="24" t="s">
         <v>663</v>
       </c>
       <c r="G130" s="24" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="H130" s="63" t="s">
+        <v>864</v>
+      </c>
+      <c r="H130" s="74" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="131" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="4">
         <v>127</v>
       </c>
       <c r="B131" s="30" t="s">
         <v>665</v>
       </c>
-      <c r="C131" s="62" t="s">
+      <c r="C131" s="73" t="s">
         <v>666</v>
       </c>
       <c r="D131" s="36">
         <v>977492215</v>
       </c>
       <c r="E131" s="29" t="s">
         <v>667</v>
       </c>
       <c r="F131" s="24" t="s">
         <v>668</v>
       </c>
       <c r="G131" s="24" t="s">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="H131" s="63" t="s">
+        <v>865</v>
+      </c>
+      <c r="H131" s="74" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="132" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="4">
         <v>128</v>
       </c>
       <c r="B132" s="30" t="s">
         <v>791</v>
       </c>
-      <c r="C132" s="62" t="s">
+      <c r="C132" s="73" t="s">
         <v>792</v>
       </c>
       <c r="D132" s="36">
         <v>989170288</v>
       </c>
       <c r="E132" s="29" t="s">
         <v>793</v>
       </c>
       <c r="F132" s="24" t="s">
         <v>794</v>
       </c>
       <c r="G132" s="24" t="s">
         <v>337</v>
       </c>
-      <c r="H132" s="63" t="s">
+      <c r="H132" s="74" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="133" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="4">
         <v>129</v>
       </c>
       <c r="B133" s="27" t="s">
         <v>670</v>
       </c>
-      <c r="C133" s="62" t="s">
+      <c r="C133" s="73" t="s">
         <v>674</v>
       </c>
       <c r="D133" s="36">
         <v>944271183</v>
       </c>
       <c r="E133" s="29" t="s">
         <v>673</v>
       </c>
       <c r="F133" s="24" t="s">
         <v>672</v>
       </c>
       <c r="G133" s="24" t="s">
         <v>671</v>
       </c>
-      <c r="H133" s="63" t="s">
+      <c r="H133" s="74" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="134" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="4">
         <v>130</v>
       </c>
       <c r="B134" s="27" t="s">
         <v>676</v>
       </c>
-      <c r="C134" s="62" t="s">
+      <c r="C134" s="73" t="s">
         <v>677</v>
       </c>
       <c r="D134" s="36">
         <v>954326822</v>
       </c>
       <c r="E134" s="29" t="s">
         <v>678</v>
       </c>
       <c r="F134" s="24" t="s">
         <v>679</v>
       </c>
       <c r="G134" s="24" t="s">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="H134" s="63" t="s">
+        <v>865</v>
+      </c>
+      <c r="H134" s="74" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="135" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="4">
         <v>131</v>
       </c>
       <c r="B135" s="42" t="s">
         <v>681</v>
       </c>
       <c r="C135" s="24" t="s">
         <v>682</v>
       </c>
       <c r="D135" s="36">
         <v>977914413</v>
       </c>
       <c r="E135" s="29" t="s">
         <v>683</v>
       </c>
       <c r="F135" s="24" t="s">
         <v>564</v>
       </c>
       <c r="G135" s="24" t="s">
-        <v>829</v>
+        <v>866</v>
       </c>
       <c r="H135" s="44" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="136" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="4">
         <v>132</v>
       </c>
       <c r="B136" s="42" t="s">
         <v>685</v>
       </c>
       <c r="C136" s="24" t="s">
         <v>686</v>
       </c>
       <c r="D136" s="36">
         <v>946448909</v>
       </c>
       <c r="E136" s="29" t="s">
         <v>687</v>
       </c>
       <c r="F136" s="24" t="s">
         <v>257</v>
       </c>
       <c r="G136" s="24" t="s">
@@ -7377,51 +7606,51 @@
       </c>
       <c r="G144" s="24" t="s">
         <v>729</v>
       </c>
       <c r="H144" s="44" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="145" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="4">
         <v>141</v>
       </c>
       <c r="B145" s="27" t="s">
         <v>731</v>
       </c>
       <c r="C145" s="24" t="s">
         <v>732</v>
       </c>
       <c r="D145" s="36">
         <v>978732483</v>
       </c>
       <c r="E145" s="29" t="s">
         <v>733</v>
       </c>
       <c r="F145" s="24" t="s">
-        <v>812</v>
+        <v>847</v>
       </c>
       <c r="G145" s="24" t="s">
         <v>734</v>
       </c>
       <c r="H145" s="44" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="146" spans="1:9" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="4">
         <v>142</v>
       </c>
       <c r="B146" s="27" t="s">
         <v>737</v>
       </c>
       <c r="C146" s="24" t="s">
         <v>121</v>
       </c>
       <c r="D146" s="36">
         <v>998980304</v>
       </c>
       <c r="E146" s="29" t="s">
         <v>739</v>
       </c>
       <c r="F146" s="24" t="s">
@@ -7432,51 +7661,51 @@
       </c>
       <c r="H146" s="44" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="147" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="4">
         <v>143</v>
       </c>
       <c r="B147" s="27" t="s">
         <v>741</v>
       </c>
       <c r="C147" s="24" t="s">
         <v>742</v>
       </c>
       <c r="D147" s="36">
         <v>984293759</v>
       </c>
       <c r="E147" s="29" t="s">
         <v>743</v>
       </c>
       <c r="F147" s="24" t="s">
         <v>744</v>
       </c>
       <c r="G147" s="24" t="s">
-        <v>830</v>
+        <v>867</v>
       </c>
       <c r="H147" s="44" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="148" spans="1:9" ht="159.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="4">
         <v>144</v>
       </c>
       <c r="B148" s="27" t="s">
         <v>752</v>
       </c>
       <c r="C148" s="24" t="s">
         <v>754</v>
       </c>
       <c r="D148" s="36" t="s">
         <v>755</v>
       </c>
       <c r="E148" s="29" t="s">
         <v>756</v>
       </c>
       <c r="F148" s="24" t="s">
         <v>257</v>
       </c>
       <c r="G148" s="24" t="s">
@@ -7510,75 +7739,75 @@
       </c>
       <c r="H149" s="44" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="150" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="4">
         <v>146</v>
       </c>
       <c r="B150" s="27" t="s">
         <v>757</v>
       </c>
       <c r="C150" s="24" t="s">
         <v>759</v>
       </c>
       <c r="D150" s="36">
         <v>986597985</v>
       </c>
       <c r="E150" s="29" t="s">
         <v>758</v>
       </c>
       <c r="F150" s="24" t="s">
         <v>760</v>
       </c>
       <c r="G150" s="24" t="s">
-        <v>831</v>
+        <v>868</v>
       </c>
       <c r="H150" s="44" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="151" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="4">
         <v>147</v>
       </c>
       <c r="B151" s="27" t="s">
         <v>762</v>
       </c>
       <c r="C151" s="24" t="s">
         <v>763</v>
       </c>
       <c r="D151" s="36"/>
       <c r="E151" s="29" t="s">
         <v>764</v>
       </c>
       <c r="F151" s="24" t="s">
-        <v>813</v>
+        <v>848</v>
       </c>
       <c r="G151" s="24" t="s">
-        <v>828</v>
+        <v>865</v>
       </c>
       <c r="H151" s="44" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="152" spans="1:9" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="4">
         <v>148</v>
       </c>
       <c r="B152" s="27" t="s">
         <v>766</v>
       </c>
       <c r="C152" s="24" t="s">
         <v>770</v>
       </c>
       <c r="D152" s="36">
         <v>971094847</v>
       </c>
       <c r="E152" s="29" t="s">
         <v>769</v>
       </c>
       <c r="F152" s="24" t="s">
         <v>744</v>
       </c>
       <c r="G152" s="24" t="s">
@@ -7609,207 +7838,307 @@
       </c>
       <c r="G153" s="24" t="s">
         <v>712</v>
       </c>
       <c r="H153" s="44" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="154" spans="1:9" ht="129.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="4">
         <v>150</v>
       </c>
       <c r="B154" s="27" t="s">
         <v>775</v>
       </c>
       <c r="C154" s="24" t="s">
         <v>776</v>
       </c>
       <c r="D154" s="36">
         <v>988284337</v>
       </c>
       <c r="E154" s="29" t="s">
         <v>777</v>
       </c>
       <c r="F154" s="24" t="s">
-        <v>845</v>
+        <v>882</v>
       </c>
       <c r="G154" s="24" t="s">
         <v>155</v>
       </c>
       <c r="H154" s="44" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="155" spans="1:9" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="4">
         <v>151</v>
       </c>
       <c r="B155" s="27" t="s">
         <v>779</v>
       </c>
       <c r="C155" s="24" t="s">
         <v>783</v>
       </c>
       <c r="D155" s="36" t="s">
         <v>782</v>
       </c>
       <c r="E155" s="29" t="s">
         <v>781</v>
       </c>
       <c r="F155" s="24" t="s">
         <v>716</v>
       </c>
       <c r="G155" s="24" t="s">
         <v>712</v>
       </c>
       <c r="H155" s="44" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="156" spans="1:9" ht="150" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="13">
+      <c r="A156" s="70">
         <v>152</v>
       </c>
       <c r="B156" s="27" t="s">
         <v>784</v>
       </c>
       <c r="C156" s="24" t="s">
         <v>785</v>
       </c>
       <c r="D156" s="36" t="s">
         <v>789</v>
       </c>
       <c r="E156" s="29" t="s">
         <v>788</v>
       </c>
       <c r="F156" s="24" t="s">
         <v>786</v>
       </c>
       <c r="G156" s="24" t="s">
-        <v>832</v>
+        <v>869</v>
       </c>
       <c r="H156" s="44" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="4">
         <v>153</v>
       </c>
-      <c r="B157" s="64" t="s">
-[...18 lines deleted...]
-        <v>805</v>
+      <c r="B157" s="76" t="s">
+        <v>835</v>
+      </c>
+      <c r="C157" s="71" t="s">
+        <v>836</v>
+      </c>
+      <c r="D157" s="77" t="s">
+        <v>881</v>
+      </c>
+      <c r="E157" s="78" t="s">
+        <v>837</v>
+      </c>
+      <c r="F157" s="71" t="s">
+        <v>838</v>
+      </c>
+      <c r="G157" s="71" t="s">
+        <v>839</v>
+      </c>
+      <c r="H157" s="79" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="158" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="4">
         <v>154</v>
       </c>
-      <c r="B158" s="64" t="s">
-[...5 lines deleted...]
-      <c r="D158" s="61">
+      <c r="B158" s="76" t="s">
+        <v>841</v>
+      </c>
+      <c r="C158" s="71" t="s">
+        <v>842</v>
+      </c>
+      <c r="D158" s="72">
         <v>963344036</v>
       </c>
       <c r="E158" s="48" t="s">
-        <v>809</v>
-[...5 lines deleted...]
-        <v>810</v>
+        <v>844</v>
+      </c>
+      <c r="F158" s="72" t="s">
+        <v>843</v>
+      </c>
+      <c r="G158" s="72" t="s">
+        <v>845</v>
       </c>
       <c r="H158" s="46" t="s">
-        <v>811</v>
+        <v>846</v>
       </c>
     </row>
     <row r="159" spans="1:9" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="4">
         <v>155</v>
       </c>
       <c r="B159" s="46" t="s">
-        <v>847</v>
-[...4 lines deleted...]
-      <c r="D159" s="71">
+        <v>884</v>
+      </c>
+      <c r="C159" s="71" t="s">
+        <v>885</v>
+      </c>
+      <c r="D159" s="83">
         <v>940758953</v>
       </c>
       <c r="E159" s="48" t="s">
-        <v>852</v>
+        <v>889</v>
       </c>
       <c r="F159" s="49" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>886</v>
+      </c>
+      <c r="G159" s="81" t="s">
+        <v>887</v>
       </c>
       <c r="H159" s="52" t="s">
-        <v>851</v>
-[...19 lines deleted...]
-    <row r="176" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
+        <v>888</v>
+      </c>
+      <c r="I159" s="82"/>
+    </row>
+    <row r="160" spans="1:9" ht="110.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="4">
+        <v>156</v>
+      </c>
+      <c r="B160" s="46" t="s">
+        <v>891</v>
+      </c>
+      <c r="C160" s="72" t="s">
+        <v>892</v>
+      </c>
+      <c r="D160" s="83">
+        <v>973373945</v>
+      </c>
+      <c r="E160" s="48" t="s">
+        <v>893</v>
+      </c>
+      <c r="F160" s="71" t="s">
+        <v>894</v>
+      </c>
+      <c r="G160" s="72" t="s">
+        <v>145</v>
+      </c>
+      <c r="H160" s="52" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="4">
+        <v>157</v>
+      </c>
+      <c r="B161" s="76" t="s">
+        <v>899</v>
+      </c>
+      <c r="C161" s="49" t="s">
+        <v>900</v>
+      </c>
+      <c r="D161" s="45">
+        <v>982888486</v>
+      </c>
+      <c r="E161" s="48" t="s">
+        <v>901</v>
+      </c>
+      <c r="F161" s="49" t="s">
+        <v>903</v>
+      </c>
+      <c r="G161" s="72" t="s">
+        <v>145</v>
+      </c>
+      <c r="H161" s="52" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4">
+        <v>158</v>
+      </c>
+      <c r="B162" s="46" t="s">
+        <v>895</v>
+      </c>
+      <c r="C162" s="49" t="s">
+        <v>896</v>
+      </c>
+      <c r="D162" s="45">
+        <v>987539616</v>
+      </c>
+      <c r="E162" s="84" t="s">
+        <v>897</v>
+      </c>
+      <c r="F162" s="49" t="s">
+        <v>902</v>
+      </c>
+      <c r="G162" s="72" t="s">
+        <v>145</v>
+      </c>
+      <c r="H162" s="52" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4">
+        <v>159</v>
+      </c>
+      <c r="B163" s="76" t="s">
+        <v>908</v>
+      </c>
+      <c r="C163" s="49" t="s">
+        <v>910</v>
+      </c>
+      <c r="D163" s="45" t="s">
+        <v>909</v>
+      </c>
+      <c r="E163" s="84" t="s">
+        <v>905</v>
+      </c>
+      <c r="F163" s="49" t="s">
+        <v>906</v>
+      </c>
+      <c r="G163" s="72" t="s">
+        <v>145</v>
+      </c>
+      <c r="H163" s="52" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" spans="1:8" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" spans="1:8" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" spans="1:8" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="177" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="178" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="179" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="180" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="181" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="183" ht="200.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="184" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="185" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="186" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="187" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="189" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="191" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="193" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="194" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="195" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="196" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="197" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="198" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="199" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="201" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="202" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="203" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="204" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="205" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -7962,67 +8291,1125 @@
     <hyperlink ref="E138" r:id="rId106" xr:uid="{01C936CB-C85A-4A28-A166-7DCBB6395CE3}"/>
     <hyperlink ref="E139" r:id="rId107" xr:uid="{C93E251E-4AB3-40A9-A8D5-E7ABE954A4B6}"/>
     <hyperlink ref="E140" r:id="rId108" xr:uid="{5AB3ABCA-EC50-4196-9D6B-E2560875423E}"/>
     <hyperlink ref="E141" r:id="rId109" xr:uid="{3C9B1DA5-6F61-432C-8C6A-90CCBA721EA3}"/>
     <hyperlink ref="E142" r:id="rId110" xr:uid="{BEE1402B-5399-4426-AC39-8EB5E14C12B5}"/>
     <hyperlink ref="E143" r:id="rId111" xr:uid="{49AAF7B6-F166-442E-8CC0-AAA14FF32144}"/>
     <hyperlink ref="E145" r:id="rId112" xr:uid="{4556C7D5-21DB-4C1A-A6C9-1001B97195FB}"/>
     <hyperlink ref="E144" r:id="rId113" xr:uid="{030435B5-969A-48F4-8B31-AD260962132C}"/>
     <hyperlink ref="E146" r:id="rId114" xr:uid="{71294357-3409-4BE4-9FA6-E42385003242}"/>
     <hyperlink ref="E147" r:id="rId115" xr:uid="{15699683-C225-4F0C-9609-D3F25D432171}"/>
     <hyperlink ref="E149" r:id="rId116" xr:uid="{BEDB53FA-3F4B-427D-9CE8-1B2F82DFDF48}"/>
     <hyperlink ref="E148" r:id="rId117" xr:uid="{8565D7D8-B140-4039-90E7-AEF931B0EFEE}"/>
     <hyperlink ref="E150" r:id="rId118" xr:uid="{0C5C3BBF-F6FC-446D-8504-E4D43E6D591A}"/>
     <hyperlink ref="E151" r:id="rId119" display="czamorano@litigantes.net" xr:uid="{C59EEE29-1FB4-4A52-A6D6-4E98C2ECAB8D}"/>
     <hyperlink ref="E152" r:id="rId120" xr:uid="{F35B7ABB-EA42-420E-A690-23691B17683E}"/>
     <hyperlink ref="E153" r:id="rId121" xr:uid="{776C0E73-08B9-4F0C-9675-C4C47BE0621C}"/>
     <hyperlink ref="E154" r:id="rId122" xr:uid="{BC66200C-BFE9-436C-B264-5E3C4BE9F073}"/>
     <hyperlink ref="E155" r:id="rId123" xr:uid="{10AF260E-166C-42A6-A562-059C3B745556}"/>
     <hyperlink ref="E156" r:id="rId124" xr:uid="{0A6F0F2C-A497-446A-B7C0-8375A6C41519}"/>
     <hyperlink ref="E132" r:id="rId125" xr:uid="{A6706DB5-F557-447C-8B39-D4FA28FD8F12}"/>
     <hyperlink ref="E113" r:id="rId126" xr:uid="{A90996D4-DB4E-446D-8C30-6F849ADEE24E}"/>
     <hyperlink ref="E111" r:id="rId127" xr:uid="{58D0C0E4-CED3-4196-94DC-0101D9823F13}"/>
     <hyperlink ref="E157" r:id="rId128" display="ppolea.aramburu@gmail.com" xr:uid="{5AAA6AC2-EE3B-4F47-AA38-E8EC5DF4F55E}"/>
     <hyperlink ref="E158" r:id="rId129" xr:uid="{0F27B3E9-0F42-4294-901C-44A39B7DF747}"/>
     <hyperlink ref="E159" r:id="rId130" xr:uid="{3E44299B-A6FD-4AA1-BFFF-3BCBEAD4D4CD}"/>
+    <hyperlink ref="E160" r:id="rId131" xr:uid="{7F41CF7A-0675-45FC-9867-A0EBB3F92BB3}"/>
+    <hyperlink ref="E162" r:id="rId132" display="nicolini.gianluca.94@gmail.com" xr:uid="{860232D3-8590-43C9-835A-1222DC84DB5D}"/>
+    <hyperlink ref="E161" r:id="rId133" xr:uid="{CC1A83B5-C006-42C2-BB88-0D21A9D81A6D}"/>
+    <hyperlink ref="E163" r:id="rId134" display="aartigas@ahmm.cl" xr:uid="{5875A2C2-5311-4ACE-B155-4FF51E304AC4}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId131"/>
+  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId135"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6E8AD37-F97A-459D-A2D7-A8871D683188}">
+  <dimension ref="D1:G175"/>
+  <sheetViews>
+    <sheetView topLeftCell="A162" workbookViewId="0">
+      <selection activeCell="C184" sqref="C184"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="4" max="4" width="43" customWidth="1"/>
+    <col min="7" max="7" width="31.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="4:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="D1" s="67" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="3" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D3" s="57" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="4" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D4" s="57" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="5" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D5" s="54" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D6" s="54" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D7" s="54" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D8" s="54" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D9" s="54" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D10" s="54" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D11" s="54" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="12" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D12" s="54" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D13" s="54" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D14" s="54" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="15" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D15" s="54" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D16" s="54" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D17" s="54" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D18" s="54" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D19" s="54" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="20" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D20" s="54" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="21" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D21" s="54" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D22" s="54" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="23" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D23" s="54" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="24" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D24" s="54" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="25" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D25" s="54" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D26" s="54" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D27" s="54" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D28" s="54" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="29" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D29" s="54" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="30" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D30" s="54" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="31" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D31" s="54" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D32" s="54" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D33" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="34" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D34" s="54" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="35" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D35" s="54" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="36" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D36" s="54" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="37" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D37" s="54" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="38" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D38" s="55" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="39" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D39" s="54" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="40" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D40" s="54" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="41" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D41" s="54" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="42" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D42" s="54" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="43" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D43" s="54" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="44" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D44" s="56" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="45" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D45" s="54" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D46" s="54" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="47" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D47" s="57" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="48" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D48" s="57" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="49" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D49" s="54" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="50" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D50" s="54" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="51" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D51" s="54" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="52" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D52" s="54" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="53" spans="4:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D53" s="57" t="s">
+        <v>802</v>
+      </c>
+      <c r="G53" s="23" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="54" spans="4:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D54" s="57" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="55" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D55" s="56" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="56" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D56" s="55" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="57" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D57" s="56" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="58" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D58" s="56" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="59" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D59" s="56" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="60" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D60" s="57" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="61" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D61" s="58" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="62" spans="4:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D62" s="56" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="63" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D63" s="56" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="64" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D64" s="56" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="65" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D65" s="56" t="s">
+        <v>204</v>
+      </c>
+      <c r="G65" s="40"/>
+    </row>
+    <row r="66" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D66" s="56" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="67" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D67" s="57" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="68" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D68" s="57" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="69" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D69" s="56" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="70" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D70" s="56" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="71" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D71" s="56" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="72" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D72" s="56" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="73" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D73" s="57" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="74" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D74" s="57" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="75" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D75" s="56" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="76" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D76" s="57" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="77" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D77" s="57" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="78" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D78" s="56" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="79" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D79" s="56" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="80" spans="4:7" x14ac:dyDescent="0.25">
+      <c r="D80" s="59" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="81" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D81" s="59" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="82" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D82" s="56" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="83" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D83" s="60" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="84" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D84" s="60" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="85" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D85" s="60" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="86" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D86" s="57" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="87" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D87" s="57" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="88" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D88" s="61" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="89" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D89" s="56" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="90" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D90" s="56" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="91" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D91" s="55" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="92" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D92" s="55" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="93" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D93" s="55" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="94" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D94" s="55" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="95" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D95" s="55" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="96" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D96" s="55" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="97" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D97" s="55" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="98" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D98" s="55" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="99" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D99" s="55" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="100" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D100" s="55" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="101" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D101" s="55" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="102" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D102" s="55" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="103" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D103" s="55" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="104" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D104" s="57" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="105" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D105" s="57" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="106" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D106" s="55" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="107" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D107" s="55" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="108" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D108" s="55" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="109" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D109" s="55" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="110" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D110" s="55" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="111" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D111" s="57" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="112" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D112" s="57" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="113" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D113" s="57" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="114" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D114" s="57" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="115" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D115" s="57" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="116" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D116" s="57" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="117" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D117" s="55" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="118" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D118" s="55" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="119" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D119" s="55" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="120" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D120" s="57" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="121" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D121" s="57" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="122" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D122" s="55" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="123" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D123" s="55" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="124" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D124" s="56" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="125" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D125" s="57" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="126" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D126" s="57" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="127" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D127" s="56" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="128" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D128" s="56" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="129" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D129" s="56" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="130" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D130" s="56" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="131" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D131" s="56" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="132" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D132" s="56" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="133" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D133" s="57" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="134" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D134" s="57" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="135" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D135" s="56" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="136" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D136" s="56" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="137" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D137" s="56" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="138" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D138" s="56" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="139" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D139" s="56" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="140" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D140" s="57" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="141" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D141" s="58" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="142" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D142" s="58" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="143" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D143" s="58" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="144" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D144" s="58" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="145" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D145" s="58" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="146" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D146" s="58" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="147" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D147" s="58" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="148" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D148" s="58" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="149" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D149" s="58" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="150" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D150" s="58" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="151" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D151" s="58" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="152" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D152" s="58" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="153" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D153" s="58" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="154" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D154" s="58" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="155" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D155" s="58" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="156" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D156" s="58" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="157" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D157" s="58" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="158" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D158" s="58" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="159" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D159" s="58" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="160" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D160" s="58" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="161" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D161" s="58" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="162" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D162" s="58" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="163" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D163" s="58" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="164" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D164" s="57" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="165" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D165" s="57" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="166" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D166" s="58" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="167" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D167" s="58" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="168" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D168" s="58" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="169" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D169" s="58" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="170" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D170" s="58" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="171" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D171" s="75" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="172" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D172" s="75" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="173" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D173" s="75" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="174" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D174" s="75" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="175" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D175" s="75" t="s">
+        <v>893</v>
+      </c>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="D6" r:id="rId1" xr:uid="{42131BBB-B54D-4DFB-9D45-28F3564D9880}"/>
+    <hyperlink ref="D7" r:id="rId2" xr:uid="{9AA2BE57-078C-42B0-A78A-D6B518419229}"/>
+    <hyperlink ref="D9" r:id="rId3" xr:uid="{8574304F-80BB-427F-8231-C8E8CBAFE355}"/>
+    <hyperlink ref="D10" r:id="rId4" xr:uid="{CE6A462E-2467-4D32-AEE9-76A74A4CCCA6}"/>
+    <hyperlink ref="D8" r:id="rId5" xr:uid="{35DE9B3D-E733-47F2-B85D-B1967E947F14}"/>
+    <hyperlink ref="D12" r:id="rId6" xr:uid="{7200E1C5-18CC-41FE-92E1-E75554CC183B}"/>
+    <hyperlink ref="D11" r:id="rId7" xr:uid="{9BDE4498-14CC-4F03-BF9E-2C69AD3DD20C}"/>
+    <hyperlink ref="D13" r:id="rId8" xr:uid="{8B96143B-4680-4CAE-AE8C-F8BE9AB3D9AA}"/>
+    <hyperlink ref="D14" r:id="rId9" xr:uid="{41989A4F-B040-4AED-81DE-DAE539FBB07A}"/>
+    <hyperlink ref="D15" r:id="rId10" xr:uid="{C949BB97-7E12-4448-B860-C57F04F4225D}"/>
+    <hyperlink ref="D16" r:id="rId11" xr:uid="{E2FA0CD9-CA36-4840-B3FD-AC093B8D67B3}"/>
+    <hyperlink ref="D20" r:id="rId12" xr:uid="{6137C16F-D799-48B7-8A15-9C7660BBDA4E}"/>
+    <hyperlink ref="D19" r:id="rId13" xr:uid="{A097B87B-E10B-4CE7-BE6F-B9562F62B975}"/>
+    <hyperlink ref="D18" r:id="rId14" xr:uid="{2C1C106D-3613-422A-9C7D-FC5FC29DC9AD}"/>
+    <hyperlink ref="D39" r:id="rId15" xr:uid="{255E8660-96E0-4ED7-93C0-0DEF07305B07}"/>
+    <hyperlink ref="D17" r:id="rId16" xr:uid="{E9A26AD4-957B-4DEF-BE85-66E733AA5619}"/>
+    <hyperlink ref="D22" r:id="rId17" xr:uid="{C6BB6FDE-FADB-4E48-9D14-5D312D67014B}"/>
+    <hyperlink ref="D24" r:id="rId18" xr:uid="{0014FC83-4D3F-46A9-BD99-3C48E9B5A649}"/>
+    <hyperlink ref="D21" r:id="rId19" xr:uid="{B42023BC-F706-46C0-9752-2B3B1359B006}"/>
+    <hyperlink ref="D25" r:id="rId20" xr:uid="{1C5B76FE-E155-4075-853C-45F07BC0BB94}"/>
+    <hyperlink ref="D26" r:id="rId21" xr:uid="{5AF08488-64C6-45A9-BB14-2F1E19F2510B}"/>
+    <hyperlink ref="D38" r:id="rId22" xr:uid="{EFF0F9E0-FE41-4FF9-9B53-C8F92ED9250B}"/>
+    <hyperlink ref="D37" r:id="rId23" xr:uid="{618FB762-987D-4AEF-BDF5-0A0C726653BB}"/>
+    <hyperlink ref="D34" r:id="rId24" xr:uid="{8E1BE363-89F7-4CD2-AB67-52D923765331}"/>
+    <hyperlink ref="D35" r:id="rId25" xr:uid="{C49DAE63-6602-4A19-AD86-B79471DCD52C}"/>
+    <hyperlink ref="D36" r:id="rId26" xr:uid="{26D8C35D-CBEA-4E8B-87A8-BD346FA10DD8}"/>
+    <hyperlink ref="D29" r:id="rId27" xr:uid="{6F671FFE-D6F5-48E6-B12D-54D3E9E1817F}"/>
+    <hyperlink ref="D30" r:id="rId28" xr:uid="{454FA635-D230-4BCF-86AD-2FCE04A6B68C}"/>
+    <hyperlink ref="D32" r:id="rId29" xr:uid="{C7392CF2-4A16-426E-BB22-74EB7275A5CC}"/>
+    <hyperlink ref="D27" r:id="rId30" xr:uid="{15B9412C-CA5A-4164-90AC-1F815D13D575}"/>
+    <hyperlink ref="D28" r:id="rId31" xr:uid="{CC980C19-A527-442C-B36F-B6B27E66BE24}"/>
+    <hyperlink ref="D46" r:id="rId32" xr:uid="{07FF825F-F390-4FCE-94F9-989D4E158D4F}"/>
+    <hyperlink ref="D45" r:id="rId33" xr:uid="{6EAD7E9C-32AE-48B9-80DA-863DDB0793D3}"/>
+    <hyperlink ref="D44" r:id="rId34" xr:uid="{EBB068F0-26D7-42F4-A21C-BDE1A51B6C21}"/>
+    <hyperlink ref="D43" r:id="rId35" xr:uid="{45281F12-9748-4DE2-82FD-4E418FA00BA8}"/>
+    <hyperlink ref="D42" r:id="rId36" xr:uid="{FBFFCF1E-2480-42F1-808B-135371DE541A}"/>
+    <hyperlink ref="D40" r:id="rId37" xr:uid="{FCA33049-1C9C-44CD-B742-6D2958167D34}"/>
+    <hyperlink ref="D31" r:id="rId38" xr:uid="{601E6B14-B08A-4851-9BB5-A0135AEA4044}"/>
+    <hyperlink ref="D23" r:id="rId39" xr:uid="{89DC8725-6524-48BD-8BB0-C799466A16F3}"/>
+    <hyperlink ref="D3" r:id="rId40" xr:uid="{66AC1B30-8918-4FEF-84CD-8183C8E7C5F9}"/>
+    <hyperlink ref="D4" r:id="rId41" xr:uid="{480156E0-26C0-4B52-A376-46C11B8F895C}"/>
+    <hyperlink ref="D47" r:id="rId42" xr:uid="{D20C9757-6CD2-4177-921D-E9E29F71A59E}"/>
+    <hyperlink ref="D48" r:id="rId43" xr:uid="{3FC8E6B9-4D99-4FE3-8766-CE8717A98981}"/>
+    <hyperlink ref="D49" r:id="rId44" xr:uid="{745FC0B9-49C3-491A-A977-C31D355B9D74}"/>
+    <hyperlink ref="D50" r:id="rId45" xr:uid="{602A264B-DF73-4E02-AEB1-2B3DE0C2DD5E}"/>
+    <hyperlink ref="D51" r:id="rId46" xr:uid="{4061DF85-6DC8-4376-9DB6-A77AD0C2D9BA}"/>
+    <hyperlink ref="D53" r:id="rId47" xr:uid="{0C82B59C-10CC-40B1-AAC4-3F68332FC757}"/>
+    <hyperlink ref="D54" r:id="rId48" xr:uid="{ED9B977B-9906-47B6-BF69-DCE0DB94F46A}"/>
+    <hyperlink ref="D55" r:id="rId49" xr:uid="{3546424C-AE3E-4F25-BB0D-ED1A6C3AC9FC}"/>
+    <hyperlink ref="D56" r:id="rId50" xr:uid="{FC5DC334-DE3A-45DC-A356-90D632A06CA3}"/>
+    <hyperlink ref="D57" r:id="rId51" xr:uid="{845EA50D-7197-423D-AF14-51F08970A9CD}"/>
+    <hyperlink ref="D58" r:id="rId52" xr:uid="{D47D7E7B-A999-4E0B-A0C1-CFDE5439BC0B}"/>
+    <hyperlink ref="D59" r:id="rId53" xr:uid="{885F2A5F-754E-4E60-AD03-BBBAB6BDF78C}"/>
+    <hyperlink ref="D60" r:id="rId54" xr:uid="{806408E8-E951-4B50-AE45-41AE2969D941}"/>
+    <hyperlink ref="D61" r:id="rId55" xr:uid="{6996154A-1CC6-4CBB-9EB0-18A7B19230A8}"/>
+    <hyperlink ref="D62" r:id="rId56" xr:uid="{2A8DB772-ECAD-48B4-A44A-D09CBEE31EB4}"/>
+    <hyperlink ref="D63" r:id="rId57" xr:uid="{C4FEF88D-B804-4B65-8F2A-818ABEE6C958}"/>
+    <hyperlink ref="D66" r:id="rId58" xr:uid="{0D8CD6E9-136A-4739-BC57-0FD6FD218245}"/>
+    <hyperlink ref="D65" r:id="rId59" xr:uid="{976F837D-0021-4A28-B381-C4B178488649}"/>
+    <hyperlink ref="D64" r:id="rId60" xr:uid="{AA83E387-4D78-422A-9549-74A7247E9201}"/>
+    <hyperlink ref="D67" r:id="rId61" xr:uid="{274FB26A-6A5E-4C13-A08C-4E3038A0AB77}"/>
+    <hyperlink ref="D68" r:id="rId62" xr:uid="{C4CBF078-0EBE-42CF-90F1-09117F23682C}"/>
+    <hyperlink ref="D72" r:id="rId63" xr:uid="{0F9924DB-57DA-450D-A031-7C53BF72E3EA}"/>
+    <hyperlink ref="D69" r:id="rId64" xr:uid="{05773395-6178-49E0-B324-D6DE95C29FFE}"/>
+    <hyperlink ref="D70" r:id="rId65" xr:uid="{C07545F5-B3B7-4FF1-B380-819EEE6AD14A}"/>
+    <hyperlink ref="D73" r:id="rId66" xr:uid="{E5740AFB-DD01-4A48-9062-8E5D4AFF1326}"/>
+    <hyperlink ref="D74" r:id="rId67" xr:uid="{97537A7E-5FD1-431B-8190-66B87AB09E53}"/>
+    <hyperlink ref="D75" r:id="rId68" xr:uid="{328F0897-C08E-43B1-8DB0-4B39C7B65F9A}"/>
+    <hyperlink ref="D76" r:id="rId69" xr:uid="{64EE09AF-0881-42DD-AFDC-5CB18100CAE2}"/>
+    <hyperlink ref="D77" r:id="rId70" xr:uid="{613DEEE1-4612-40CB-B276-E15DC8BC55D5}"/>
+    <hyperlink ref="D83" r:id="rId71" xr:uid="{6D6CA289-BDE0-4AF8-9A26-555B6D1D36CC}"/>
+    <hyperlink ref="D84" r:id="rId72" xr:uid="{FCDCE81E-8B9F-499F-BF58-9D2206B4F5AA}"/>
+    <hyperlink ref="D85" r:id="rId73" xr:uid="{C0DA4BE7-E138-46F5-97F8-7AF42DB71533}"/>
+    <hyperlink ref="D80" r:id="rId74" xr:uid="{E063C1ED-F68E-4472-9497-94CDB00AB55C}"/>
+    <hyperlink ref="D86" r:id="rId75" xr:uid="{E67C54F5-730D-48D0-89DE-CFFCAFAC3F4F}"/>
+    <hyperlink ref="D87" r:id="rId76" xr:uid="{C2704CC2-5DB3-4FE1-8A9A-C2B56B9396B1}"/>
+    <hyperlink ref="D88" r:id="rId77" xr:uid="{B5F3388E-DACA-4B58-82EA-9C578B4B2B4A}"/>
+    <hyperlink ref="D89" r:id="rId78" xr:uid="{0297A4FE-F512-436E-9D51-7C0E0BB962B3}"/>
+    <hyperlink ref="D90" r:id="rId79" xr:uid="{9031908A-CCAC-4FD1-8C66-9ECDDEC6FA3C}"/>
+    <hyperlink ref="D91" r:id="rId80" xr:uid="{BEF13507-846D-4455-BEA3-7CF5D64DB1F6}"/>
+    <hyperlink ref="D93" r:id="rId81" xr:uid="{2FB3AAD4-7E1D-41F8-9898-3B7B3779A51C}"/>
+    <hyperlink ref="D96" r:id="rId82" xr:uid="{8664C102-65CE-4E53-B11F-3A1B62B77758}"/>
+    <hyperlink ref="D97" r:id="rId83" xr:uid="{FF197AA4-D072-4E88-8201-591B5CE16048}"/>
+    <hyperlink ref="D98" r:id="rId84" xr:uid="{82B752C3-50BC-495E-BDF9-FDA66EFF557E}"/>
+    <hyperlink ref="D100" r:id="rId85" xr:uid="{DDBF1A3F-8524-4573-8444-84DD0084110A}"/>
+    <hyperlink ref="D101" r:id="rId86" xr:uid="{C8326BAE-E207-4BB2-955A-F0085BD34238}"/>
+    <hyperlink ref="D102" r:id="rId87" xr:uid="{7ABEEA83-A1B5-4CB2-83E7-6B5E63D2AC46}"/>
+    <hyperlink ref="D104" r:id="rId88" xr:uid="{D23C1A27-669F-4CEF-97BF-03EF89B14BB0}"/>
+    <hyperlink ref="D105" r:id="rId89" xr:uid="{0B882282-ECB5-46C2-94C7-BC4AFC092BEE}"/>
+    <hyperlink ref="D106" r:id="rId90" xr:uid="{7D89086D-A238-4290-9243-2843ED54247D}"/>
+    <hyperlink ref="D107" r:id="rId91" xr:uid="{CC9932EF-B2E6-4241-BA47-1BD5396B1753}"/>
+    <hyperlink ref="D108" r:id="rId92" xr:uid="{D95010BC-1789-4E43-A092-C64DDD4E3048}"/>
+    <hyperlink ref="D109" r:id="rId93" xr:uid="{366F7D09-FF87-407A-BB15-34BD4DBD9BA4}"/>
+    <hyperlink ref="D110" r:id="rId94" xr:uid="{D783F3E2-FDBA-4D38-88E7-33DAFDFBCEB4}"/>
+    <hyperlink ref="D111" r:id="rId95" xr:uid="{C787BF48-A02A-49C6-995B-39BA3B9D54B2}"/>
+    <hyperlink ref="D112" r:id="rId96" xr:uid="{D5907245-84CD-4DC9-A3B5-E41A288579B4}"/>
+    <hyperlink ref="D113" r:id="rId97" xr:uid="{C06BCB3D-78B0-4531-ACE4-6895A57EA017}"/>
+    <hyperlink ref="D114" r:id="rId98" xr:uid="{2C2ED412-A984-428B-B087-4DA52081E781}"/>
+    <hyperlink ref="D115" r:id="rId99" xr:uid="{A8586EB9-1E9D-44D9-A851-73296759D9FE}"/>
+    <hyperlink ref="D116" r:id="rId100" xr:uid="{26002D09-6CA7-4E69-B6F8-DF2BE040E343}"/>
+    <hyperlink ref="D117" r:id="rId101" xr:uid="{57D924AD-140A-426C-8F27-646EB6A40FEC}"/>
+    <hyperlink ref="D118" r:id="rId102" xr:uid="{19E753A9-0CAB-45DE-9CBA-B999ED10AE7A}"/>
+    <hyperlink ref="D119" r:id="rId103" xr:uid="{13E39304-FC80-4551-BE90-66D904BFE3A7}"/>
+    <hyperlink ref="D120" r:id="rId104" xr:uid="{B3F7A85B-BC45-419C-82A8-FB2E6100F4EA}"/>
+    <hyperlink ref="D121" r:id="rId105" xr:uid="{9EB2790D-B74B-42BE-B00E-965A1F9B5F30}"/>
+    <hyperlink ref="D124" r:id="rId106" xr:uid="{4EC88EDD-EA2C-4BEE-9575-E37C54EC04A9}"/>
+    <hyperlink ref="D122" r:id="rId107" xr:uid="{A42F24D2-F083-45E0-A739-7B3A265DD9A2}"/>
+    <hyperlink ref="D125" r:id="rId108" xr:uid="{2E2906AB-D627-458D-BC4D-432CB30A9AB2}"/>
+    <hyperlink ref="D126" r:id="rId109" xr:uid="{18A51049-9441-46E9-843C-A7EB0B1AF64D}"/>
+    <hyperlink ref="D128" r:id="rId110" xr:uid="{03AC880E-D78B-450A-B13B-312EFF7693CA}"/>
+    <hyperlink ref="D129" r:id="rId111" xr:uid="{92DDFE8D-199E-464B-AA5C-6CF0BC7342B3}"/>
+    <hyperlink ref="D130" r:id="rId112" xr:uid="{F6363A3D-BF66-4ABE-96A8-F7847D38C899}"/>
+    <hyperlink ref="D132" r:id="rId113" xr:uid="{04D323C0-6DF1-49EC-89A9-8E2A8BD9AE37}"/>
+    <hyperlink ref="D133" r:id="rId114" xr:uid="{D55FAFCE-49BE-40F3-B4D5-9CD3570D6B4D}"/>
+    <hyperlink ref="D134" r:id="rId115" xr:uid="{86262E00-C042-4979-AC9D-4116AF0D1EAC}"/>
+    <hyperlink ref="D135" r:id="rId116" xr:uid="{AACEF1E8-97D6-4D78-B376-5313680B77F7}"/>
+    <hyperlink ref="D136" r:id="rId117" xr:uid="{1C26B78A-0BC6-42D8-8CDC-EEA4D293A54B}"/>
+    <hyperlink ref="D137" r:id="rId118" xr:uid="{7A318370-A80A-45FD-AFE2-4428A80DA85E}"/>
+    <hyperlink ref="D138" r:id="rId119" xr:uid="{2B0A0FA3-B03B-426F-AAAB-6238D76FE828}"/>
+    <hyperlink ref="D139" r:id="rId120" xr:uid="{6E849BE6-BAF4-47D7-BDDA-E6139163FE50}"/>
+    <hyperlink ref="D140" r:id="rId121" xr:uid="{944F35B7-423A-4CB3-AA1B-330592CC5977}"/>
+    <hyperlink ref="D141" r:id="rId122" xr:uid="{F3A75EEE-A03A-4E60-83BD-15D77CE53A12}"/>
+    <hyperlink ref="D142" r:id="rId123" xr:uid="{86A3F0EC-06B8-4C7C-B6D1-F2E7199702E7}"/>
+    <hyperlink ref="D143" r:id="rId124" xr:uid="{B22C24CB-3942-4D64-8400-0994559F8F62}"/>
+    <hyperlink ref="D144" r:id="rId125" xr:uid="{D153B33B-D77A-44FE-ACA5-F1BD259543AD}"/>
+    <hyperlink ref="D146" r:id="rId126" xr:uid="{AE820537-FBDF-4E70-B9A8-16A280F36759}"/>
+    <hyperlink ref="D147" r:id="rId127" xr:uid="{440AB10A-23EB-4E01-8FD0-C449A5CB7689}"/>
+    <hyperlink ref="D148" r:id="rId128" xr:uid="{66767B98-BC49-4243-9FCB-CC010EB17BE6}"/>
+    <hyperlink ref="D149" r:id="rId129" xr:uid="{D35503B5-7494-4BFE-AFE2-987629143320}"/>
+    <hyperlink ref="D150" r:id="rId130" xr:uid="{FA690299-1191-41B0-9E06-B7864D05D585}"/>
+    <hyperlink ref="D151" r:id="rId131" xr:uid="{FEC0C889-1F2E-4B5C-9839-2C0CCAB025FE}"/>
+    <hyperlink ref="D152" r:id="rId132" xr:uid="{A54339A1-B4AA-4EF2-98F5-DA502AFD9A43}"/>
+    <hyperlink ref="D153" r:id="rId133" xr:uid="{08354DA0-B3F5-4AAF-80FB-D1C87BE0A77F}"/>
+    <hyperlink ref="D154" r:id="rId134" xr:uid="{1F07F65C-9050-4D2B-B8DF-FEC764C3BC2D}"/>
+    <hyperlink ref="D155" r:id="rId135" xr:uid="{F3943581-BF42-41A3-B38F-3CC29C2BD0FF}"/>
+    <hyperlink ref="D156" r:id="rId136" xr:uid="{7469065C-ABFA-4BBB-A4E9-E3E024A91871}"/>
+    <hyperlink ref="D158" r:id="rId137" xr:uid="{90C481CD-AFCA-4431-8846-1668205B39B4}"/>
+    <hyperlink ref="D157" r:id="rId138" xr:uid="{C11C52BA-841E-4E45-9C63-85C41E873720}"/>
+    <hyperlink ref="D159" r:id="rId139" xr:uid="{252382DE-0480-4008-BA1F-2703CF5E1605}"/>
+    <hyperlink ref="D160" r:id="rId140" xr:uid="{85C9888C-7B02-4C29-955B-9A1A6FFB2C37}"/>
+    <hyperlink ref="D162" r:id="rId141" xr:uid="{9079A3F1-2095-41C6-AB80-C7FDD7FF9C99}"/>
+    <hyperlink ref="D161" r:id="rId142" xr:uid="{552A6650-C503-4165-9FEF-F18D8E7B2E92}"/>
+    <hyperlink ref="D163" r:id="rId143" xr:uid="{0FD2F245-B446-4CCC-A44D-E0CE287B57F2}"/>
+    <hyperlink ref="D145" r:id="rId144" xr:uid="{5FD1EB93-9585-496F-A535-850076A9B91E}"/>
+    <hyperlink ref="D164" r:id="rId145" xr:uid="{62AC896C-DBC8-485F-B181-9D208107DD56}"/>
+    <hyperlink ref="D165" r:id="rId146" xr:uid="{E36A9F79-F828-4C53-A8C5-939AB3797C60}"/>
+    <hyperlink ref="D166" r:id="rId147" xr:uid="{5FDD805A-18AA-4DD4-860A-910AC94DC013}"/>
+    <hyperlink ref="D167" r:id="rId148" xr:uid="{13D47178-E9FD-4F38-958C-21129F146104}"/>
+    <hyperlink ref="D168" r:id="rId149" xr:uid="{5D574B38-A754-488F-9ECA-DB4551DDC72A}"/>
+    <hyperlink ref="D169" r:id="rId150" xr:uid="{3D43EE65-0D30-4971-B402-69984F32A8C6}"/>
+    <hyperlink ref="D170" r:id="rId151" xr:uid="{D33411FD-7DAA-4E3F-8224-DD336B2A47DA}"/>
+    <hyperlink ref="D123" r:id="rId152" xr:uid="{26B2E706-4ED0-4A0E-9457-3A75A167505C}"/>
+    <hyperlink ref="D171" r:id="rId153" xr:uid="{1316DCA2-5465-4CC1-8207-21206B1B22FD}"/>
+    <hyperlink ref="D172" r:id="rId154" xr:uid="{D9413B54-6970-499A-A67C-A513E62B1E3F}"/>
+    <hyperlink ref="D173" r:id="rId155" xr:uid="{256854A1-8B9C-43E8-AB9D-14876DBA9D11}"/>
+    <hyperlink ref="D174" r:id="rId156" xr:uid="{E40F57CE-969F-41D9-BC71-4EE35DE4AF2B}"/>
+    <hyperlink ref="D175" r:id="rId157" xr:uid="{99B654B8-3661-40D2-830C-E4BF35D177FB}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId158"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>JUECES ARBITROS 2026 Y NUEVOS</vt:lpstr>
+      <vt:lpstr>CORREOS ELECTRONICOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cecilia Elizabeht Valencia Cortez</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>