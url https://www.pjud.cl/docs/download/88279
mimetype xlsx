--- v2 (2026-02-06)
+++ v3 (2026-03-23)
@@ -3,80 +3,80 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cvalencia\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\VBSM83LH\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\cvalencia\Desktop\JUECES ARBITROS SEXTA REGION\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE27F4CE-E763-4A45-BB5D-D22B0139F099}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97060155-D2D7-4360-BAC9-BE86F91D3A39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13290" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="JUECES ARBITROS 2026 Y NUEVOS" sheetId="1" r:id="rId1"/>
     <sheet name="CORREOS ELECTRONICOS" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="911">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1207" uniqueCount="921">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DIRECCIÓN</t>
   </si>
   <si>
     <t>TELEFONOS</t>
   </si>
   <si>
     <t>CORREO ELECTRÓNICO</t>
   </si>
   <si>
     <t>ESPECIALIDAD</t>
   </si>
   <si>
     <t>TERRITORIO PREFERENTE</t>
   </si>
   <si>
     <t>BARRIENTOS OSSA, MARIO RAMON</t>
   </si>
   <si>
@@ -3013,50 +3013,81 @@
   </si>
   <si>
     <t>Materias; Seguros Generales; Sociedades, Liquidaciones y Particiones</t>
   </si>
   <si>
     <t>1175-2025</t>
   </si>
   <si>
     <t>aartigas@ahmm.cl
 alejandroartigas@gmail.com</t>
   </si>
   <si>
     <t>Materias; derecho comercial, sociedades y conflictos societarios, derecho sucesorio, inmobiliario, de la construcción, responsabilidad civil, contratos y derechos de daños, partición de comunidades.</t>
   </si>
   <si>
     <t>107-2026</t>
   </si>
   <si>
     <t>ARTIGAS BARRENECHEA, ALEJANDRO JAVIER</t>
   </si>
   <si>
     <t>974094067-22070596</t>
   </si>
   <si>
     <t>Presidente Errazuriz N° 2999, oficina 201, comuna de Las Condes, Región Metropolitana</t>
+  </si>
+  <si>
+    <t>VERDUGO RAMÍREZ, JOSÉ JOQUÍN</t>
+  </si>
+  <si>
+    <t>Augusto Leguía Norte N° 255, departamento 34, comuna de Las Condes</t>
+  </si>
+  <si>
+    <t>jverdugo@mvjvarbitraje.com</t>
+  </si>
+  <si>
+    <t>Materias;  derecho civil y comercial, contratos y responsabilidad civil, conflictos societarios, derecho inmobiliario y construcción, derecho sucesorio,
+derecho eléctrico, competencia desleal y arbitraje internacional.</t>
+  </si>
+  <si>
+    <t>180-2026</t>
+  </si>
+  <si>
+    <t>VAN DER SCHRAFT GREVE, MONICA CECILIA</t>
+  </si>
+  <si>
+    <t>Avenida Felipe Cubillos 1715, c. 11, Lo Barnechea</t>
+  </si>
+  <si>
+    <t>monicavds@mvarbitraje.com</t>
+  </si>
+  <si>
+    <t>Materias; derecho civil, comercial, contratos y responsabilidad contractual, conflictos societarios, construcción, energía</t>
+  </si>
+  <si>
+    <t>205-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -3358,51 +3389,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
@@ -3550,50 +3581,57 @@
     <xf numFmtId="0" fontId="11" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -3858,66 +3896,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolini.gianluca.94@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomoralesperez@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jverdugo@mvjvarbitraje.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monicavds@mvarbitraje.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolini.gianluca.94@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomoralesperez@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.gonzalez@defol.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnvasquezs@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jkgonzal@uc.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacioalbornozs@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agonzalez@anvp.cl" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitraje.particional@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jear_46@yahoo.es" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gme_@vtr.net" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osalas@salasyabogados.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cesarzq@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iabadie@novalex.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dtrojas@uc.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla.bahamondes@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscarsalasmorales@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@litigio.cl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrajes@serviciosasociados.cl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:german.ovalle@ovalle.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ro.campos.f@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@bahamondes.cl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@polvora.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedropablo@oleaaramburu.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fjleturia@cna.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marianocasera@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:narciso.soto.j@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.gonzalez@defol.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Manuel26rodriguez@gmail.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@salazarabogados.cl" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandomoralesperez@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ibracho@hdgroup.cl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjcv35@yahoo.es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:orcontre@gmail.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kisna.castro.kc@gmail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pascualplacencia@gmail.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbravo.velasquez@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nnvasquezs@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jkgonzal@uc.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisjesusgonzalez.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpretamal@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reinaldoselaive@gmail.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurbano@urbanoabogados.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jucontreras.bolla@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pacifimoa@hotmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncisternasa@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ANITA.TOLEDOCOUCHAUX@GMAIL.COM" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilvaneveu@gmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacioalbornozs@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoledos@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.mariajesusalarcon@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aguirreriveraj615@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvasquez@vasquezvaldes.cl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunoz@bymabogados.cl" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:czamorano@litigantes.net" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jverdugo@mvjvarbitraje.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencoret@reis.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mboycia@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rauldurangonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadomarchigue@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agonzalez@anvp.cl" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oramirezm@uft.edu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcamposo@miucsh.cl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tiabadal@uc.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergopi1@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobadilla.gaston@gmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:waldo.quiroz.alegria@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitraje.particional@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.legalcalvarez2@gmail.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jear_46@yahoo.es" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gme_@vtr.net" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osalas@salasyabogados.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgarcia.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Andrea.vergaracarvallo@gmail.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cesarzq@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogazarongas@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleng@artabogados.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abigail.cofre@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelzunigapina@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanovallem@gmail.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:toledocouchaux@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iabadie@novalex.cl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@eegabogados.cl" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmganzura.notificacion@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolefuentes.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vpobleterios@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matiaspuentesaavedra@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcampos@camposasociados.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedroantoniofuentes@yahoo.es" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dtrojas@uc.cl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lizardomoscoso@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchahuans@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgegonzalezvaras@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephaniediazabogada@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobal.roa@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla.bahamondes@gmail.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscarsalasmorales@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmhuerta@uc.cl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomascantocaballero@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgalvezmella@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmurillovalderrama@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@litigio.cl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivargasroco@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:navaldebenitoc@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:garciadieguezmacarena@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@oksenberg.cl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrajes@serviciosasociados.cl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nicolini.gianluca.94@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:visitacioncarrillos@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:german.ovalle@ovalle.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ro.campos.f@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@arsabogados.cl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoacunapenaloza@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paulamiddleton.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppolea.aramburu@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:parrueordenes@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mverdugo1@hotmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos@estudiosoto.cl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:begazoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sanmartin.rodrigo@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreacajashabog@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajurzua@uc.cl" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NZ@ZlatarAbogados.cl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leyla@bahamondes.cl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.constanza.sg@gmail.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.michaela@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebuamscha@hotmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vlopezrecabarren@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jose.rivera@polvora.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tarekleoz@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresarevalolara@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedropablo@oleaaramburu.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josepablolagos@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bellemansyberner@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadapaulaverdugo@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acs.abogadosasociados@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloaulloavalery@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoricardolarenas@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fjleturia@cna.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marianocasera@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:me_loayza@hotmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ibarra.causas@gmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscosaavedra@santanenita.cl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="4" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A2:I240"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A160" workbookViewId="0">
-      <selection activeCell="G163" sqref="G163"/>
+    <sheetView tabSelected="1" topLeftCell="A161" workbookViewId="0">
+      <selection activeCell="G164" sqref="G164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" style="4" customWidth="1"/>
     <col min="2" max="2" width="29" style="8" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" style="34" customWidth="1"/>
     <col min="5" max="5" width="35.7109375" customWidth="1"/>
     <col min="6" max="6" width="44.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="50"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C2" s="3" t="s">
         <v>834</v>
       </c>
       <c r="E2" s="4"/>
     </row>
     <row r="3" spans="1:8" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="53"/>
@@ -8082,52 +8120,102 @@
       <c r="A163" s="4">
         <v>159</v>
       </c>
       <c r="B163" s="76" t="s">
         <v>908</v>
       </c>
       <c r="C163" s="49" t="s">
         <v>910</v>
       </c>
       <c r="D163" s="45" t="s">
         <v>909</v>
       </c>
       <c r="E163" s="84" t="s">
         <v>905</v>
       </c>
       <c r="F163" s="49" t="s">
         <v>906</v>
       </c>
       <c r="G163" s="72" t="s">
         <v>145</v>
       </c>
       <c r="H163" s="52" t="s">
         <v>907</v>
       </c>
     </row>
-    <row r="164" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="165" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="4">
+        <v>160</v>
+      </c>
+      <c r="B164" s="30" t="s">
+        <v>911</v>
+      </c>
+      <c r="C164" s="85" t="s">
+        <v>912</v>
+      </c>
+      <c r="D164" s="86">
+        <v>932192010</v>
+      </c>
+      <c r="E164" s="25" t="s">
+        <v>913</v>
+      </c>
+      <c r="F164" s="85" t="s">
+        <v>914</v>
+      </c>
+      <c r="G164" s="87" t="s">
+        <v>145</v>
+      </c>
+      <c r="H164" s="74" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="4">
+        <v>161</v>
+      </c>
+      <c r="B165" s="76" t="s">
+        <v>916</v>
+      </c>
+      <c r="C165" s="71" t="s">
+        <v>917</v>
+      </c>
+      <c r="D165" s="83">
+        <v>998441876</v>
+      </c>
+      <c r="E165" s="48" t="s">
+        <v>918</v>
+      </c>
+      <c r="F165" s="71" t="s">
+        <v>919</v>
+      </c>
+      <c r="G165" s="87" t="s">
+        <v>145</v>
+      </c>
+      <c r="H165" s="52" t="s">
+        <v>920</v>
+      </c>
+    </row>
     <row r="166" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="167" spans="1:8" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:8" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="170" spans="1:8" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="171" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="172" spans="1:8" ht="170.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="173" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="174" spans="1:8" ht="69.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="175" spans="1:8" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="176" spans="1:8" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="177" ht="90" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="178" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="179" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="180" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="181" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="183" ht="200.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="184" ht="120" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="185" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="186" ht="99.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="187" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="188" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="189" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="191" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="193" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -8295,62 +8383,64 @@
     <hyperlink ref="E142" r:id="rId110" xr:uid="{BEE1402B-5399-4426-AC39-8EB5E14C12B5}"/>
     <hyperlink ref="E143" r:id="rId111" xr:uid="{49AAF7B6-F166-442E-8CC0-AAA14FF32144}"/>
     <hyperlink ref="E145" r:id="rId112" xr:uid="{4556C7D5-21DB-4C1A-A6C9-1001B97195FB}"/>
     <hyperlink ref="E144" r:id="rId113" xr:uid="{030435B5-969A-48F4-8B31-AD260962132C}"/>
     <hyperlink ref="E146" r:id="rId114" xr:uid="{71294357-3409-4BE4-9FA6-E42385003242}"/>
     <hyperlink ref="E147" r:id="rId115" xr:uid="{15699683-C225-4F0C-9609-D3F25D432171}"/>
     <hyperlink ref="E149" r:id="rId116" xr:uid="{BEDB53FA-3F4B-427D-9CE8-1B2F82DFDF48}"/>
     <hyperlink ref="E148" r:id="rId117" xr:uid="{8565D7D8-B140-4039-90E7-AEF931B0EFEE}"/>
     <hyperlink ref="E150" r:id="rId118" xr:uid="{0C5C3BBF-F6FC-446D-8504-E4D43E6D591A}"/>
     <hyperlink ref="E151" r:id="rId119" display="czamorano@litigantes.net" xr:uid="{C59EEE29-1FB4-4A52-A6D6-4E98C2ECAB8D}"/>
     <hyperlink ref="E152" r:id="rId120" xr:uid="{F35B7ABB-EA42-420E-A690-23691B17683E}"/>
     <hyperlink ref="E153" r:id="rId121" xr:uid="{776C0E73-08B9-4F0C-9675-C4C47BE0621C}"/>
     <hyperlink ref="E154" r:id="rId122" xr:uid="{BC66200C-BFE9-436C-B264-5E3C4BE9F073}"/>
     <hyperlink ref="E155" r:id="rId123" xr:uid="{10AF260E-166C-42A6-A562-059C3B745556}"/>
     <hyperlink ref="E156" r:id="rId124" xr:uid="{0A6F0F2C-A497-446A-B7C0-8375A6C41519}"/>
     <hyperlink ref="E132" r:id="rId125" xr:uid="{A6706DB5-F557-447C-8B39-D4FA28FD8F12}"/>
     <hyperlink ref="E113" r:id="rId126" xr:uid="{A90996D4-DB4E-446D-8C30-6F849ADEE24E}"/>
     <hyperlink ref="E111" r:id="rId127" xr:uid="{58D0C0E4-CED3-4196-94DC-0101D9823F13}"/>
     <hyperlink ref="E157" r:id="rId128" display="ppolea.aramburu@gmail.com" xr:uid="{5AAA6AC2-EE3B-4F47-AA38-E8EC5DF4F55E}"/>
     <hyperlink ref="E158" r:id="rId129" xr:uid="{0F27B3E9-0F42-4294-901C-44A39B7DF747}"/>
     <hyperlink ref="E159" r:id="rId130" xr:uid="{3E44299B-A6FD-4AA1-BFFF-3BCBEAD4D4CD}"/>
     <hyperlink ref="E160" r:id="rId131" xr:uid="{7F41CF7A-0675-45FC-9867-A0EBB3F92BB3}"/>
     <hyperlink ref="E162" r:id="rId132" display="nicolini.gianluca.94@gmail.com" xr:uid="{860232D3-8590-43C9-835A-1222DC84DB5D}"/>
     <hyperlink ref="E161" r:id="rId133" xr:uid="{CC1A83B5-C006-42C2-BB88-0D21A9D81A6D}"/>
     <hyperlink ref="E163" r:id="rId134" display="aartigas@ahmm.cl" xr:uid="{5875A2C2-5311-4ACE-B155-4FF51E304AC4}"/>
+    <hyperlink ref="E164" r:id="rId135" xr:uid="{106F1A9A-37EF-4072-9D3A-82DF0F85CC45}"/>
+    <hyperlink ref="E165" r:id="rId136" xr:uid="{F1906D86-D449-43A1-94A1-1D5FEC99249F}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId135"/>
+  <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId137"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D6E8AD37-F97A-459D-A2D7-A8871D683188}">
-  <dimension ref="D1:G175"/>
+  <dimension ref="D1:G179"/>
   <sheetViews>
     <sheetView topLeftCell="A162" workbookViewId="0">
-      <selection activeCell="C184" sqref="C184"/>
+      <selection activeCell="F177" sqref="F177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="43" customWidth="1"/>
     <col min="7" max="7" width="31.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="4:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="D1" s="67" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="3" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D3" s="57" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="4" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D4" s="57" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="5" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D5" s="54" t="s">
@@ -9187,50 +9277,70 @@
       </c>
     </row>
     <row r="171" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D171" s="75" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="172" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D172" s="75" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="173" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D173" s="75" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="174" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D174" s="75" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="175" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D175" s="75" t="s">
         <v>893</v>
+      </c>
+    </row>
+    <row r="176" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D176" s="57" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="177" spans="4:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="D177" s="58" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="178" spans="4:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="D178" s="58" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="179" spans="4:4" x14ac:dyDescent="0.25">
+      <c r="D179" s="57" t="s">
+        <v>913</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1" xr:uid="{42131BBB-B54D-4DFB-9D45-28F3564D9880}"/>
     <hyperlink ref="D7" r:id="rId2" xr:uid="{9AA2BE57-078C-42B0-A78A-D6B518419229}"/>
     <hyperlink ref="D9" r:id="rId3" xr:uid="{8574304F-80BB-427F-8231-C8E8CBAFE355}"/>
     <hyperlink ref="D10" r:id="rId4" xr:uid="{CE6A462E-2467-4D32-AEE9-76A74A4CCCA6}"/>
     <hyperlink ref="D8" r:id="rId5" xr:uid="{35DE9B3D-E733-47F2-B85D-B1967E947F14}"/>
     <hyperlink ref="D12" r:id="rId6" xr:uid="{7200E1C5-18CC-41FE-92E1-E75554CC183B}"/>
     <hyperlink ref="D11" r:id="rId7" xr:uid="{9BDE4498-14CC-4F03-BF9E-2C69AD3DD20C}"/>
     <hyperlink ref="D13" r:id="rId8" xr:uid="{8B96143B-4680-4CAE-AE8C-F8BE9AB3D9AA}"/>
     <hyperlink ref="D14" r:id="rId9" xr:uid="{41989A4F-B040-4AED-81DE-DAE539FBB07A}"/>
     <hyperlink ref="D15" r:id="rId10" xr:uid="{C949BB97-7E12-4448-B860-C57F04F4225D}"/>
     <hyperlink ref="D16" r:id="rId11" xr:uid="{E2FA0CD9-CA36-4840-B3FD-AC093B8D67B3}"/>
     <hyperlink ref="D20" r:id="rId12" xr:uid="{6137C16F-D799-48B7-8A15-9C7660BBDA4E}"/>
     <hyperlink ref="D19" r:id="rId13" xr:uid="{A097B87B-E10B-4CE7-BE6F-B9562F62B975}"/>
     <hyperlink ref="D18" r:id="rId14" xr:uid="{2C1C106D-3613-422A-9C7D-FC5FC29DC9AD}"/>
     <hyperlink ref="D39" r:id="rId15" xr:uid="{255E8660-96E0-4ED7-93C0-0DEF07305B07}"/>
     <hyperlink ref="D17" r:id="rId16" xr:uid="{E9A26AD4-957B-4DEF-BE85-66E733AA5619}"/>
     <hyperlink ref="D22" r:id="rId17" xr:uid="{C6BB6FDE-FADB-4E48-9D14-5D312D67014B}"/>
     <hyperlink ref="D24" r:id="rId18" xr:uid="{0014FC83-4D3F-46A9-BD99-3C48E9B5A649}"/>
     <hyperlink ref="D21" r:id="rId19" xr:uid="{B42023BC-F706-46C0-9752-2B3B1359B006}"/>
     <hyperlink ref="D25" r:id="rId20" xr:uid="{1C5B76FE-E155-4075-853C-45F07BC0BB94}"/>
     <hyperlink ref="D26" r:id="rId21" xr:uid="{5AF08488-64C6-45A9-BB14-2F1E19F2510B}"/>
@@ -9348,53 +9458,57 @@
     <hyperlink ref="D153" r:id="rId133" xr:uid="{08354DA0-B3F5-4AAF-80FB-D1C87BE0A77F}"/>
     <hyperlink ref="D154" r:id="rId134" xr:uid="{1F07F65C-9050-4D2B-B8DF-FEC764C3BC2D}"/>
     <hyperlink ref="D155" r:id="rId135" xr:uid="{F3943581-BF42-41A3-B38F-3CC29C2BD0FF}"/>
     <hyperlink ref="D156" r:id="rId136" xr:uid="{7469065C-ABFA-4BBB-A4E9-E3E024A91871}"/>
     <hyperlink ref="D158" r:id="rId137" xr:uid="{90C481CD-AFCA-4431-8846-1668205B39B4}"/>
     <hyperlink ref="D157" r:id="rId138" xr:uid="{C11C52BA-841E-4E45-9C63-85C41E873720}"/>
     <hyperlink ref="D159" r:id="rId139" xr:uid="{252382DE-0480-4008-BA1F-2703CF5E1605}"/>
     <hyperlink ref="D160" r:id="rId140" xr:uid="{85C9888C-7B02-4C29-955B-9A1A6FFB2C37}"/>
     <hyperlink ref="D162" r:id="rId141" xr:uid="{9079A3F1-2095-41C6-AB80-C7FDD7FF9C99}"/>
     <hyperlink ref="D161" r:id="rId142" xr:uid="{552A6650-C503-4165-9FEF-F18D8E7B2E92}"/>
     <hyperlink ref="D163" r:id="rId143" xr:uid="{0FD2F245-B446-4CCC-A44D-E0CE287B57F2}"/>
     <hyperlink ref="D145" r:id="rId144" xr:uid="{5FD1EB93-9585-496F-A535-850076A9B91E}"/>
     <hyperlink ref="D164" r:id="rId145" xr:uid="{62AC896C-DBC8-485F-B181-9D208107DD56}"/>
     <hyperlink ref="D165" r:id="rId146" xr:uid="{E36A9F79-F828-4C53-A8C5-939AB3797C60}"/>
     <hyperlink ref="D166" r:id="rId147" xr:uid="{5FDD805A-18AA-4DD4-860A-910AC94DC013}"/>
     <hyperlink ref="D167" r:id="rId148" xr:uid="{13D47178-E9FD-4F38-958C-21129F146104}"/>
     <hyperlink ref="D168" r:id="rId149" xr:uid="{5D574B38-A754-488F-9ECA-DB4551DDC72A}"/>
     <hyperlink ref="D169" r:id="rId150" xr:uid="{3D43EE65-0D30-4971-B402-69984F32A8C6}"/>
     <hyperlink ref="D170" r:id="rId151" xr:uid="{D33411FD-7DAA-4E3F-8224-DD336B2A47DA}"/>
     <hyperlink ref="D123" r:id="rId152" xr:uid="{26B2E706-4ED0-4A0E-9457-3A75A167505C}"/>
     <hyperlink ref="D171" r:id="rId153" xr:uid="{1316DCA2-5465-4CC1-8207-21206B1B22FD}"/>
     <hyperlink ref="D172" r:id="rId154" xr:uid="{D9413B54-6970-499A-A67C-A513E62B1E3F}"/>
     <hyperlink ref="D173" r:id="rId155" xr:uid="{256854A1-8B9C-43E8-AB9D-14876DBA9D11}"/>
     <hyperlink ref="D174" r:id="rId156" xr:uid="{E40F57CE-969F-41D9-BC71-4EE35DE4AF2B}"/>
     <hyperlink ref="D175" r:id="rId157" xr:uid="{99B654B8-3661-40D2-830C-E4BF35D177FB}"/>
+    <hyperlink ref="D177" r:id="rId158" display="nicolini.gianluca.94@gmail.com" xr:uid="{FCDC5AA6-0545-4418-B245-61B18FC89F49}"/>
+    <hyperlink ref="D176" r:id="rId159" xr:uid="{BEC6CC64-0A65-46DA-9318-64C024E3F2BC}"/>
+    <hyperlink ref="D178" r:id="rId160" display="aartigas@ahmm.cl" xr:uid="{A522E62E-D43C-4805-A917-35AB922A23F3}"/>
+    <hyperlink ref="D179" r:id="rId161" xr:uid="{2DCFBDF2-CD7B-4296-879A-4C934228520E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId158"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId162"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>JUECES ARBITROS 2026 Y NUEVOS</vt:lpstr>
       <vt:lpstr>CORREOS ELECTRONICOS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>