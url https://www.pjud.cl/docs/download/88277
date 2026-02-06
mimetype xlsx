--- v0 (2025-12-23)
+++ v1 (2026-02-06)
@@ -1,104 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\MCASTILLON\mcastillon\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{266B8BBD-E6A7-4B2D-BA92-EF63710F6749}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{324AD1B6-69C1-4B50-927B-107311DDD9B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
     <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$A$1:$I$867</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$A$1:$I$868</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A422" i="1" l="1"/>
+  <c r="A304" i="1" l="1"/>
+  <c r="A305" i="1"/>
+  <c r="A306" i="1"/>
+  <c r="A307" i="1"/>
   <c r="A330" i="1"/>
+  <c r="A422" i="1"/>
+  <c r="A664" i="1"/>
   <c r="A666" i="1"/>
-  <c r="A664" i="1"/>
-  <c r="A665" i="1"/>
   <c r="A667" i="1"/>
-  <c r="A306" i="1"/>
-[...2 lines deleted...]
-  <c r="A305" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7712" uniqueCount="5699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7713" uniqueCount="5699">
   <si>
     <t>JURISDICCIÓN CORTE DE APELACIONES DE SANTIAGO</t>
   </si>
   <si>
     <t>JUICIOS DE PARTICIÓN - ARBITRAJES LIQUIDACIÓN DE COMUNIDADES HEREDITARIAS - ARBITRAJES LIQUIDACIÓN COMUNIDAD DE BIENES - ARBITRAJES LIQUIDACIÓN DE SOCIEDAD CONYUGAL - ARBITRAJES LEASINGS HABITACIONAL - ARBITRAJES CONTRATOS DE PROMESA.</t>
   </si>
   <si>
     <t>AV. VITACURA 2736, OF. 2001, PISO 20. LAS CONDES</t>
   </si>
   <si>
     <t>DERECHO CIVIL - DERECHO COMERCIAL</t>
   </si>
   <si>
     <t>ziad@caceresycaceres.cl</t>
   </si>
   <si>
     <t>HUÉRFANOS 770, OFICINA 1503, SANTIAGO</t>
   </si>
   <si>
     <t>9492629-7</t>
   </si>
   <si>
     <t>yulloatrabajo@gmail.com</t>
   </si>
   <si>
@@ -2511,53 +2510,50 @@
     <t>palmaquiroz@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">AGUSTINAS 611 OF 71, SANTIAGO </t>
   </si>
   <si>
     <t>mjdiazv@delamazaycia.cl</t>
   </si>
   <si>
     <t>CERRO EL PLOMO 5855, PISO 4, LAS CONDES</t>
   </si>
   <si>
     <t>13548976-K</t>
   </si>
   <si>
     <t>PARTICIONES, ARBITRAJES, MATERIAS CIVILES Y COMERCIALES, SOCIEDADES</t>
   </si>
   <si>
     <t>msuarez@jsr.cl</t>
   </si>
   <si>
     <t>HERNANDO DE AGUIRRE 268 OF 701, PROVIDENCIA</t>
   </si>
   <si>
     <t>6065619-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>HUÉRFANOS Nº 1555, OF 316, SANTIAGO</t>
   </si>
   <si>
     <t>15434170-6</t>
   </si>
   <si>
     <t>manuelrazeto@gmail.com</t>
   </si>
   <si>
     <t>MERCED 838-A OFICINA 117, SANTIAGO</t>
   </si>
   <si>
     <t>8199019-0</t>
   </si>
   <si>
     <t>DERECHO DE TRANSITO</t>
   </si>
   <si>
     <t>mlagosa@aim.com</t>
   </si>
   <si>
     <t>MONJITAS 527 OFICINA 1213</t>
   </si>
   <si>
     <t>6976101-1</t>
   </si>
@@ -16779,53 +16775,50 @@
   <si>
     <t>600 2591 8800</t>
   </si>
   <si>
     <t>607 9997 5813</t>
   </si>
   <si>
     <t>607 8888 2836</t>
   </si>
   <si>
     <t>600 2887 7200 - 569 9437 5887</t>
   </si>
   <si>
     <t>600 2695 5275 - 569 9509 0350</t>
   </si>
   <si>
     <t>607 6609 3038</t>
   </si>
   <si>
     <t>607 8731 7704</t>
   </si>
   <si>
     <t>607 6621 6666</t>
   </si>
   <si>
-    <t>608 9015 4818 - 562 2447 8590</t>
-[...1 lines deleted...]
-  <si>
     <t>608 9221 4351</t>
   </si>
   <si>
     <t>608 9324 2586</t>
   </si>
   <si>
     <t>601 2650 1940</t>
   </si>
   <si>
     <t>608 8764 7407</t>
   </si>
   <si>
     <t>601 2485 1000</t>
   </si>
   <si>
     <t>608 9821 5433</t>
   </si>
   <si>
     <t>601 2591 8800</t>
   </si>
   <si>
     <t>608 9997 5813</t>
   </si>
   <si>
     <t>608 8888 2836</t>
@@ -17420,50 +17413,56 @@
     <t xml:space="preserve">JOSEFA DEL PILAR </t>
   </si>
   <si>
     <t>artegasmith1956@outook.es</t>
   </si>
   <si>
     <t>CAMILLI</t>
   </si>
   <si>
     <t>IGLESIAS</t>
   </si>
   <si>
     <t>POZA</t>
   </si>
   <si>
     <t xml:space="preserve">QUINZIO </t>
   </si>
   <si>
     <t xml:space="preserve">RETAMAL </t>
   </si>
   <si>
     <t xml:space="preserve">HERIO </t>
   </si>
   <si>
     <t>7040613-6</t>
+  </si>
+  <si>
+    <t>ALONSO DE CORDOVA 5870, OFICINA 520, LAS CONDES</t>
+  </si>
+  <si>
+    <t>}</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Verdana"/>
@@ -17689,237 +17688,209 @@
   <cellStyleXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="61">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="16"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="1" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="13" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="49" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="49" fontId="10" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...59 lines deleted...]
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="17">
     <cellStyle name="Hipervínculo" xfId="16" builtinId="8"/>
     <cellStyle name="Hipervínculo 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hipervínculo 2 2" xfId="14" xr:uid="{65597E6B-ABCD-43DB-BE76-AF17003CFCFD}"/>
     <cellStyle name="Hipervínculo 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Hipervínculo 3 2" xfId="15" xr:uid="{A87A4701-890A-4E43-ACE5-6B1F44F36895}"/>
     <cellStyle name="Hipervínculo 4" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Hipervínculo 6" xfId="10" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Hyperlink" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="3" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Normal 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 5" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal 6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Normal 7" xfId="8" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Normal 9" xfId="11" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -18230,26082 +18201,26074 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EPICAND@PICANDYRIOS.CL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afajardo@mrosso.cl" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcorrea23@uc.cl" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmunozzunino@gmail.com" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsanz@sanzyrodriguez.cl" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:absalon@valenciareusser.cl" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrafta@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ftorres@teabogados.cl" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandana@oriens.cl" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jcamiruaga@caceresycia.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iacevedo@aymabogados.cl" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgomez@rgbycia.cl" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhernandez@cmgabogados.cl" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inaysarabia.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocontreras@covel.cl" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcataldo@abogadosesc.cl" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcarrasco@ccycia.cl" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javiera.plana.p@gmail.com" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigomorales@pfeffer.cl" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tbown@janagil.com" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.karen@gmail.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paberrazuriz@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CFMUNIZAGA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMONSALVE@ME.COM" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FELIPE.DUHALDE@DUHALDEYCIA.CL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rrosasf8@gmail.com" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moyarzun@yavar.cl%20;%20moyarzunithugmail.com" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lopezcohas@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crivas@rivas-abogados.cl" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.felipequintana@gmail.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvasquezencina@gmail.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmfigueroaw@gmail.com" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHAFFIABOGADOS@GMAIL.COM" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcojaguirreo@gmail.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispriosm@gmail.com" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcummins@cucia.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipegonzalezampuero@gmail.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RNRIOS@UC.CL" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcordova@cordovaycia.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aas@vaeabogados.cl" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:foyarzun@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentediazgodoy@uc.cl" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelhazbun@gmail.com" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariozepedae@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianrojasalfaro@gmail.com" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielvasquezper@gmail.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.leon.casanova@gmail.com" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariaelenaarce@gmail.com" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gonzalo.varela@varelaabogados.cl" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dasanchezf@gmail.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgiovanazzi@alcainoabogados.cl" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plarriagada@uc.cl" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunro@munroycia.cl" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aparra@pariabogados.cl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaldo.rocha.guerrero@gmail.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguelangelp301@gmail.com" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:espina@elton.cl" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustavoquezadav@yahoo.es" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacioalbornozs@gmail.com" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpaniagua@ppcabogados.cl" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JBUDINICH@BDNA.CL" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.sretamalj@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amolinari@carey.cl" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbenedettiv@udd.cl" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndelrealcastillo@outlook.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbravo@abogadosayb.cl" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hacarden@gmail.com" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rguzman@grupovial.cl" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABUAUAD.RICARDO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estebancelis@arvw.cl" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjosemartinezl@gmail.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clarrain@cuadralarrainypereira.cl" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.lillo.astorga@gmail.com" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobaldiazonline@gmail.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SINUNEZG@GMAIL.COM" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbaraonac@bcia.cl" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ACUEVAS@YAVAR.CL;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtdelcampo@guerreroycia.cl" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kvarela@varela-cia.cl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pideritoficina@gmail.com" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am.orostica.ortega@gmail.com" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvergara.arbitro@outlook.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccoppo@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EURBINA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmufdi@gmail.com" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijmencha@uc.cl" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsepulveday@syrcia.cl" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patricio.pereira.loyola@gmail.com" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.tejeda.bertens@gmail.com" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LECASTROJIMENEZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseugolini@alvear-ugolini.cl" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anavarrovergara@gmail.com" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpalacios@aps.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.ayala1503@gmail.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esterlagarrigue.g@gmail.com" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:J.VALENZUELAFAR@GMAIL.COM" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cguzmanz@gmail.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guillermosilvagundelach@gmail.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUEZARBITRO.NOTIFICACIONES@GMAIL.COM" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvicuna@ctva.cl" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogarteaga@gmail.com" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecabogadoschile@gmail.com" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmadariaga@madariagamontes.com" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolis@nextlegal.cl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresantoniocamus@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.penailillo@gmail.com" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javieraerazo@vseabogados.cl" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karla.frez.c@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cramireztagle@gmail.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoortiz@gmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estudiojuridico.arancibia@gmail.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nsanchez@bsslegal.cl" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rrdarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alabbe@labbe.legal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhales@santandervaldes.cl" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@DIAZYFUENTESABOGADOS.CL" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.rivadeneira@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edo.figueroa.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mnasser@pdnd.cl" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardoenriquev@gmail.com" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guillermotroya@gmail.com" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paguilar@e-i.cl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cadomingu@gmail.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ga.fariasa@gmail.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivanmoscosogatica@hotmail.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariajose@obradordigital.cl" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.andrade.garcia@gmail.com" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardoquezada@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stroncosomella@gmail.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:judonoso@uc.cl" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomasmatheson@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreapaz.valenzuelaortiz@gmail.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.juridico@gmail.com" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beltranzanartuu@gmail.com" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanpefaur@pefaurabogados.cl" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniela@divorciatechile.cl" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ramon.diaz@rdiazycia.cl" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arioseco@gonzalezrioseco.cl" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cehermos@uc.cl" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquincroquevielle@gmail.com" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexmedina@abogadoserrano.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandro@mujicaabogados.cl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmerino@manquehue.net" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebacastillog@yahoo.es" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liliansanmartinneira@gmail.com" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@aranis-espinosa." TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcastro@abogadosconsultoresycia.cl" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hfch@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtaraya@uc.cl" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:njimenez@recuperojudicial.cl" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.ignacio.gomez@me.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdiaz@diazabogados.cl" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joel.gonzalezcast@gmail.com" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RMONTERO@ALESSANDRI.CL" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FCOMENESESP@GMAIL.COM" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aabuyeres@baraona.cl" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianmujicag@gmail.com" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis_olguinp@hotmail.com" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhenriquez@raverahenriquez.cl" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renato@pezoa-cia.cl" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mathias.lehmann@live.com" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpetit@janagil.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmunita@munitaluco.cl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielzuniga9@gmail.com" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmsilva2h@gmail.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvassallo@amcia.cl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hbosselin@bbis.cl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@osycia.cl" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JaimeAndres@Batarce.Me" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmendoza@momag.cl" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CMABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjara@jyscia.cl" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JOHNPARADA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpgraciad@gmail.com" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.jimenez.barra@gmail.com" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sllona@gfsu.cla" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hquiroz@quirozabogados.cl" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egarcia@corralygarcia.cl" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govalle@ycia.cl" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxvigneaux@carlosojedaycia.cl" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.saley@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredovarelacorvalan@hotmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlossantander@estudiosantander.cl" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmarinovic@myaa.cl" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marias@baraona.cl" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.alarcon.hermosilla@gmail.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrivera@passanofasani.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lautaroperez@perez-abogados.cl" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhananias@aerolegal.cl" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadabiancabarrueto@gmail.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandropreuss32@gmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:casanma1@uc.cl" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia.cl" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MANDRADE@ANDRADELEIVA.CL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmiranda@phr.cl" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eliseocruz@cyoasociados.cl" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpjuarez@uhc.cl" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AVERGARA@LVCH.CL" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adporcell@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhumeres@ahmt.cl" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JOSEABARCA.ABOGADOS@HOTMAIL.COM" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.quintana@qt.cl" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pzelaya@zeycia.cl" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuruizq@gmail.com" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmartinb@uc.cl" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bgarcia@myaa.cl" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zunigalegal@yahoo.es" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocontrerasp@covel.cl" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardomoyaleon@gmail.com" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@gmail.com%3E" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dalarcon@abogadosesc.cl" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sagonza4@uc.cl" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:romina.veliz.v@gmail.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtwyman@ltcpconsultores.cl" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmercado.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.ignacio13@icloud.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.fuentes@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielsalazar@vseabogados.cl" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cboetsch@ovb.cl" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fgrob@jg-disputes.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arl@reymondycia.cl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.toloza@ga-abogados.cl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msimian@spabogados.cl" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcorrea@ugartecorrea.com" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredo.loyola@ug.uchile.cl" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbernet@bernetlagos.cl" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oficina.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbenitez@benitezurrutia.cl" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ALEN.ROAC@GMAIL.COM" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sreyes@perezdonoso.cl" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmmunizh@almma.cl" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdelafuente@molinarios.cl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsilva@vsab.cl" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxgenskowsky@vtr.net" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:preyes@puelmaycia.cl" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NRODRIGUEZ@ALMMA.CL" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleiva@janaleiva.cl" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmansilla@dgmabogados.cl" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jllabresv@gmail.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mancini.ursula@gmail.com" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vretamal@vrv.cl" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irenebrachogarcia@gmail.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alberto.rodriguez@uc.cl" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebcaceres@gmail.com" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bustamanterobin@gmail.com" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:migueldaroch07@gmail.com" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mag.defensores@gmail.com" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecampusano@osorioabogados.cl" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLAUDIA.MOYAPEREZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FERNANDOSEP@GMAIL.COM" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rllanos21@gmail.com" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ossa@ossaycia.cl" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karinavillar.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@gysabogados.cl" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.manterola@gmail.com" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentemarinb@gmail.com" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexiscespedesj@gmail.com" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SYUTRONIC@YCABOGADOS.CL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LINOSTROZA.ABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjgassibe@gassibeyrodriguez.cl" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnilo@nilolavin.cl" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvergara@vlabogados.cl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COIBANEZ@UC.CL" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudio@barroilhet.cl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco@fsabogado.com" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RAMONCIFUENTES@" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhbz@uc.cl" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acalvo@calvolegal.cl" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.andrade.garcia@gmail.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpappelgren@appelgren.cl" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szanartu@garnham.com" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LVARAS@MVMABOGADOS.CL" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msborquez@gmail.com" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARLOS@ZUNIGAHURTADO.CL" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alefedezmac@gmail.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.eduardo@gmail.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juropais@gmail.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtf@fdhycia.cl" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefina.casale.t@gmailcom" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccastro@hcpabogados.cl" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mendezvaldes@tie.cl" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polocornejoa@gmail.com" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carvallo.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmontes@entelchile.net" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastianbenedetticid@gmail.com" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.ornella.gallegos@gmail.com" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Felipecaceres@caceresycia.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.lmojedaaguero@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VERDUGODOMIC@HOTMAIL.COM" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FELIPEVERGARACELIS@GMAIL.COM" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matias.aranguiz@uc.cl" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrovarelac@gmail.com" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GLORIA.OSTOICH@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jppolancom@gmail.com" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GARTHUR@VLA.CL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgematus@matusycia.cl" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rruiz@molinarios.cl" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABOGADO@SANTIAGOALBORNOZ.CL" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.hermosilla.v@gmail.com" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.gonzalezlahsen@gmail.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josedevia@gmail.com" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauricio.cortes@asislegal.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexispaiva@perjuicios.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.mendez.cmp@gmail.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csr@schcia.cl" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisperez.camousseight@gmail.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normazabal.estudio@gmail.com" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosarayapaz@gmail.com" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdiaz@estudiodiaz.cl" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AHUBERMAN@DNYCIA.CL" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardoabuauadm@gmail.com" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roberto.vonbennewitza@gmail.com" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ziad@caceresycaceres.cl" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscogalli@pfeffer.cl" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanpablonunezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcarlostapia@defcorp.cl" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cfhabogado@gmail.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mlillo@lot.cl" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpaluz@gmail.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:np@slbz.cl" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pagajardoz@gmail.com" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannysabrilovich@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianbarrosabogado@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yanez.eduardo@gmail.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fbosselin@bbis.cl/fbosselin@gmail.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ISABELFIGUEROA21@GMAIL.COM" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jf@fernandezleiva.cl" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osalas@salasyabogados.com" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SGUIJARRO@UC.CL" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojpalomi@uc.cl" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmeza@delrioizquierdo.cl" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delaigue.mauricio@gmail.com" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadodanielparada@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefina.trujillo@qt.cl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cprado@pradoaylwin.cl" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zulicjuan@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocorream@gmail.com" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Araucomaite@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hozven@gmail.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eleonorconcha.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GEVILLAR@UC.CL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silviasartori@alvear-ugolini.cl" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osiel.obreque.besares@gmail.com" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpena@baraona.cl" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AVELASTEGUI@GMAILCOM" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgomezbalmaceda@hotmail.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mirandacereceda57@gmail.com" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msoledadramirezherrera@gmail.com" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cparker@grupovial.cl" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvarojana@gmail.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosraicevich@hotmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EGARCIA@GARCIANADAL.cl" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GROMANINI@LVCH.CL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:na.mongeb@gmail.com" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojaviertapia@gmail.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.morales@ugm.cl" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnunez@crsabogados.cl" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.wolff@gmail.com" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrodillo@gmail.com" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:macarena_iglesias@hotmail.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cleighton@grupovial.cl" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liat.tm@gmail.com" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fbanados@abiabogados.cl" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@cliklegal.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammvulinovicc@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiancontador@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLESCOT@GMAIL.COM" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eugenio@benitezabogados.cl" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rjarac@jdf.cl" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RICARDO.OLIVARES@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.palacios@slclegal.cl" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idiaz@pdnd.cl" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscartorreszagal@gmail.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estudiodalencon@hotmail.com" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RDONOSO@DONOSOSILVA.CL" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VROJASSILVA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pramila@alessandri.cl" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JFBALMAH@YAHOO.COM" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.chomali@uc.cl" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juridicopym@gmail.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliadelafuentefuenzalida@gmail.com" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TAREKLEOZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jandresgutierrezo@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.maldinibenitez@gmail.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ednega@gmail.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdorfman@pdnd.cl" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cahecremaschi@gmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ferrada@ferradapovez.cl" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plobato@lob.cl" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:syanine@besabogados.cl" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsepulveda@crsabogados.cl" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccornejo@mackennacruzat.cl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adalgalarrandoh@dryc.cl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.sanchezgrundt@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fredesabogados@gmail.com" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RODRIGO.BASTIDAS@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpmorales@bernetlagos.cl" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvarela@vsab.cl" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quinteros.gloria@gmail.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MMUNOZ@AMPAROLEGAL.CL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prr@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjarpa@ommb.cl" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ipalacios@larrain.cl" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojgmf@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anppescayderecho@yahoo.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jugarte@ugartecorrea.com" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lsilva@covel.cl" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msuarez@jsr.cl" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco@delabarrayasociados.cl" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolucionlegal@gmail.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.munozaranda@gmail.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hans.zapata@gmail.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juridicacarvallosantamaria@gmail.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado-cristi@hotmail.com" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JFALOPEZ@LVAB.CL" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbm@rodriguezyvergara.cl" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhumeres@ahmt.cl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aecarrascop@gmail.com" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laninat@aninat.cl" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weissermauricio@gmail.com" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgil@janagil.com" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomasperez86@gmail.com" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ptavolari@tavolari.cl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curquietasalazar@gmail.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel@darrigrandeycia.cl" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fgonzalez@gonzalezrioseco.cl" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iborie@borieabogados.cl" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marife.valladares@gmail.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcifuentes@cbcycia.cl" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcaceresp@live.com" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcabrera@cbcycia.cl" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrojas@rojasmulatti.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemartir@uc.cl" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jnorambuena@dnycia.cl" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scarrasclabra@gmail.com" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLSOZAV@GMAIL.COM" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manueldiaz@pfeffer.cl;" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sysjuridico@gmail,com" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernando.sciolla@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emahezaspa@gmail.cl" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SORAYAPARA@ENTELCHILE.NET" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvildosolai@gmail.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npavez@munitaluco.cl" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juecesarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivanfares@ivanfares.cl" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquemenai@gmail.com" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:riverabogados.cl@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alballanos@yahoo.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsalas@ycia.cl" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsbarahona@barrey.cl" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergio@ibarrayasoc.com" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunozb@almma.cl" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.gallardo@vmklegal.cl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrespinto.munoz@gmail.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estebanschafer@gmail.com" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmori@momag.cl" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgardo.alvear@outlook.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CSALDIAS@DELRIOIZQUIERDO.CL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ealcalde@myaa.cl" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmarshall@baraona.cl" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olguinjabogados@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acruchaga@gmail.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvasquez@vasquezycia.cl" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leonfuentes.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juicios@juicios.cl" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bastian.hamel@gmail.coM" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloa.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felix.antolinm@gmail.com" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjdiazv@delamazaycia.cl" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.prieto@castilloprieto.cl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isalinas@t-t.cl" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiocalabran@hotmail.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RBRIONES@BSSLEGAL.CL" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtavolari@tavolari.cl" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcosorio@osorioabogados.cl" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlaso@rfl.cl" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaimecomte@hotmail.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdv@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdr@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmorales@prochile.gob.cl" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.riquelme@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LORENZO.AVILES.R@GMAIL.COM" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fblavi@cozblavi.cl" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dperalta@carey.cl" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psalinas@tie.cl" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vdemarchi@jg-disputes.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acastillosaldias@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmolina@molinarios.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm@manasevichmembers.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARTAGENA.PATRICIO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raul.lecaros@vla.cl" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smandiola@mvmabogados.cl" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmacconell@fen.uchile.cl" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingridbadeb@yahoo.es" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jschleyer@jyscia.cl" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jppomes@pomesabogados.cl" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SSANCHEZ@BSSLEGAL.CL" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msbravo@uc.cl" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelrazeto@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CGONZALEZMEDEL@GMAIL.COM" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLAUDIA.AREVALO9578@GMAIL.COM" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmarin@tomaselo.cl" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmartinez@vhmabogados.cl" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilva@silvaprieto.cl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHRISTIANSCHURTERG@GMAIL.COM" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppv@rodriguezyvergara.cl" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JPLEPPE@YAHOO.COM" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.fir77@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea@gysabogados.cl" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jecheverria@mcyc.cl" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vblanco@mcyc.cl" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucmewu@gmail.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjpierotic@gmail.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfuenzalida@gfsu.cl" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erdafugo@gmail.com" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katannyajablonskivaras@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CVEGA@SIGMAABOGADOS.CL" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@FZE.CL" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yrivera@simsabogados.cl" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanmanuel@spcc.cl" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eamenabar@yavar.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aliciaherrera2@hotmail.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emiliopfeffer@pfeffer,cl" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.aylwino@aylwinycia.cl" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javieracanalespino@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhorvitz@horvitz.cl" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstuardo@gmail.com" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMONSALVE@ME.COM" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epayera@recuperojudicial.cl" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fredeslegalconsultant@gmail.com" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grudolph@phr.cl" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctoledos@yahoo.com" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flores.abogada@gmail.com%20y/o%20cflores@solucionesjudiciales.cl" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@ABFAM.CL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aawegman@uc.cl" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JIMARIN@HDGROUP.CL" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoleds@gmail.com" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbarra@bymabogados.cl" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faescara@uc.cl" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juezarbitro@sanchezabogado.cl" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GUILLERMO@ZALAQUETTABOGADOS.CL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carladittus@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enrique@estudiovergara.cl" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomasabogado@gmail.com" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathyarce.gacitua@gmail.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdelc@123.cl" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javierdiazdevaldes@hotmail.com" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonialeon@vtr.net" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUAN.BRIONES@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karina.rodriguez.jeldes@gmail.com" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.rios@mail.udp.cl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochiu6626@gmail.com" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:XIME.S.TELLEZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilio.azat@gmail.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbaraona@bcia.cl" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chorwitz@arhabogados.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CPB@PBYCIA.CL" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.peredo.c@gmail.com" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmolea@donosoyromo.cl" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsantibanez@crsabogados.cl" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbuzeta@dsabogados.cl" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.retamal@mayor.cl" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GONZALO.OLCAY@SAIBAN.CL" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencina@zce.cl" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARLOSDAVILA@DAVILAYCIA.CL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.delacarrera@gmail.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsantelices@bsslegal.cl" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLECAROS@VLA.CL" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgeortegagutierrez@gmail.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdelgadocast@gmail.com" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor@secure.cl;vezamudi@uc.cl;vezamudi@gmail.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelo.alarcon.hermosilla@hotmail.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjdibarrart@ycia.cl" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clopez@sre-abogados.cl" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FFUENTES@AZ.CL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@DIAZYFUENTESABOGADOS.CL" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heriojara@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.gallardo@vmklegal.cl" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aahumada@ahumadayasociados.cl;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvildosolai@gmail.com" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emahezaspa@gmail.cl" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adalgalarrandoh@dryc.cl" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vretamal@vrv.cl" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rllanos21@gmail.com" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmansilla@dgmabogados.cl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pramila@alessandri.cl" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernando.sciolla@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marife.valladares@gmail.com" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel@darrigrandeycia.cl" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmmunizh@almma.cl" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhumeres@ahmt.cl" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:preyes@puelmaycia.cl" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oficina.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrodillo@gmail.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomasperez86@gmail.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msuarez@jsr.cl" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@osycia.cl" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cboetsch@ovb.cl" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jugarte@ugartecorrea.com" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AVELASTEGUI@GMAILCOM" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielsalazar@vseabogados.cl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FCOMENESESP@GMAIL.COM" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sjarpa@ommb.cl" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdiaz@diazabogados.cl" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorge.gompertz@gompertz.cl" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefina.trujillo@qt.cl" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmiranda@phr.cl" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arioseco@gonzalezrioseco.cl" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jandresgutierrezo@gmail.com" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.quintana@qt.cl" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cehermos@uc.cl" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:syanine@besabogados.cl" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JFBALMAH@YAHOO.COM" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adporcell@gmail.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmarinovic@myaa.cl" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eugenio@benitezabogados.cl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardoquezada@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@cliklegal.cl" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lautaroperez@perez-abogados.cl" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cadomingu@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AVERGARA@LVCH.CL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RDONOSO@DONOSOSILVA.CL" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.morales@ugm.cl" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nvassallo@amcia.cl" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:na.mongeb@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paguilar@e-i.cl" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EGARCIA@GARCIANADAL.cl" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.rivadeneira@gmail.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mathias.lehmann@live.com" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JaimeAndres@Batarce.Me" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Felipecaceres@caceresycia.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msoledadramirezherrera@gmail.com" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eleonorconcha.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karla.frez.c@gmail.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liliansanmartinneira@gmail.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmerino@manquehue.net" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SGUIJARRO@UC.CL" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hfch@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARLOS@ZUNIGAHURTADO.CL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocorream@gmail.com" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yanez.eduardo@gmail.com" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beltranzanartuu@gmail.com" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karen.juridico@gmail.com" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:COIBANEZ@UC.CL" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roberto.vonbennewitza@gmail.com" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:germanpefaur@pefaurabogados.cl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SYUTRONIC@YCABOGADOS.CL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpaluz@gmail.com" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csr@schcia.cl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdiaz@estudiodiaz.cl" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardoenriquev@gmail.com" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josedevia@gmail.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@DIAZYFUENTESABOGADOS.CL" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alberto.rodriguez@uc.cl" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heriojara@gmail.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GLORIA.OSTOICH@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clopez@sre-abogados.cl" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicjustenger@gmail.com" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgematus@matusycia.cl" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estudiojuridico.arancibia@gmail.com" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aartigas@ahmm.cl" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdelafuente@molinarios.cl" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastianbenedetticid@gmail.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matias.aranguiz@uc.cl" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guillermosilvagundelach@gmail.com" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mendezvaldes@tie.cl" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jorgeortegagutierrez@gmail.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefina.casale.t@gmailcom" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtf@fdhycia.cl" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.delacarrera@gmail.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpalacios@aps.cl" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anavarrovergara@gmail.com" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmontes@entelchile.net" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arl@reymondycia.cl" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:szanartu@garnham.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patricio.pereira.loyola@gmail.com" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsepulveday@syrcia.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmolea@donosoyromo.cl" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvergara@vlabogados.cl" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lagos.eduardo@gmail.com" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CPB@PBYCIA.CL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:XIME.S.TELLEZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am.orostica.ortega@gmail.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjgassibe@gassibeyrodriguez.cl" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kvarela@varela-cia.cl" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bgarcia@myaa.cl" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentemarinb@gmail.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ossa@ossaycia.cl" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@DIAZYFUENTESABOGADOS.CL" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FERNANDOSEP@GMAIL.COM" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:romina.veliz.v@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecampusano@osorioabogados.cl" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:migueldaroch07@gmail.com" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FFUENTES@AZ.CL" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dasanchezf@gmail.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathyarce.gacitua@gmail.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mag.defensores@gmail.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbaraonac@bcia.cl" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marcelo.alarcon.hermosilla@hotmail.com" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanjosemartinezl@gmail.com" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.manterola@gmail.com" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandropreuss32@gmail.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mancini.ursula@gmail.com" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABUAUAD.RICARDO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danielvasquezper@gmail.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:NRODRIGUEZ@ALMMA.CL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PLECAROS@VLA.CL" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hacarden@gmail.com" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipebcaceres@gmail.com" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianrojasalfaro@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcordova@cordovaycia.com" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrencina@zce.cl" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:victor@secure.cl;vezamudi@uc.cl;vezamudi@gmail.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxgenskowsky@vtr.net" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GONZALO.OLCAY@SAIBAN.CL" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jllabresv@gmail.com" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ca20022004@yahoo.com" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredovarelacorvalan@hotmail.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ALEN.ROAC@GMAIL.COM" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbenitez@benitezurrutia.cl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.alarcon.hermosilla@gmail.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacioalbornozs@gmail.com" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gustavoquezadav@yahoo.es" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsilva@vsab.cl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredo.loyola@ug.uchile.cl" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.sretamalj@gmail.com" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msimian@spabogados.cl" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis.peredo.c@gmail.com" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crivas@rivas-abogados.cl" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvasquezencina@gmail.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.ignacio13@icloud.com" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.retamal@mayor.cl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cjara@jyscia.cl" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plarriagada@uc.cl" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mgiovanazzi@alcainoabogados.cl" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.fuentes@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aabuyeres@baraona.cl" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@gmail.com%3E" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aparra@pariabogados.cl" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocontrerasp@covel.cl" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuruizq@gmail.com" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dhorvitz@horvitz.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FELIPE.DUHALDE@DUHALDEYCIA.CL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karina.rodriguez.jeldes@gmail.com" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CFMUNIZAGA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eduardo@aranis-espinosa." TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pzelaya@zeycia.cl" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ochiu6626@gmail.com" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JOSEABARCA.ABOGADOS@HOTMAIL.COM" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdelc@123.cl" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.leon.casanova@gmail.com" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eliseocruz@cyoasociados.cl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaime.rios@mail.udp.cl" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MANDRADE@ANDRADELEIVA.CL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelhazbun@gmail.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yrivera@simsabogados.cl" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcataldo@abogadosesc.cl" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juezarbitro@sanchezabogado.cl" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CVEGA@SIGMAABOGADOS.CL" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alejandro@mujicaabogados.cl" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhananias@aerolegal.cl" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thomasabogado@gmail.com" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrivera@passanofasani.com" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:htoleds@gmail.com" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uc.cl" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.saley@gmail.com" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GUILLERMO@ZALAQUETTABOGADOS.CL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maxvigneaux@carlosojedaycia.cl" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:egarcia@corralygarcia.cl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stroncosomella@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipe.fir77@gmail.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luispriosm@gmail.com" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHRISTIANSCHURTERG@GMAIL.COM" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andreapaz.valenzuelaortiz@gmail.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sllona@gfsu.cla" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RNRIOS@UC.CL" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JOHNPARADA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:grudolph@phr.cl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palmaquiroz@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alabbe@labbe.legal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmarin@tomaselo.cl" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctoledos@yahoo.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmsilva2h@gmail.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lopezcohas@gmail.com" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmunita@munitaluco.cl" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CGONZALEZMEDEL@GMAIL.COM" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aas@vaeabogados.cl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcojaguirreo@gmail.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rhenriquez@raverahenriquez.cl" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianmujicag@gmail.com" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joel.gonzalezcast@gmail.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:njimenez@recuperojudicial.cl" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecabogadoschile@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmacconell@fen.uchile.cl" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpetit@janagil.com" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtaraya@uc.cl" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstuardo@gmail.com" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcastro@abogadosconsultoresycia.cl" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cm@manasevichmembers.com" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmolina@molinarios.cl" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andresantoniocamus@gmail.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eamenabar@yavar.cl" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebacastillog@yahoo.es" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquincroquevielle@gmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paberrazuriz@gmail.com" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcarrasco@ccycia.cl" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FRANCISCO@FZE.CL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LECASTROJIMENEZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcosorio@osorioabogados.cl" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tbown@janagil.com" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniela@divorciatechile.cl" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lucmewu@gmail.com" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanmanuel@spcc.cl" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiocalabran@hotmail.com" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtavolari@tavolari.cl" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inaysarabia.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomasmatheson@gmail.com" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:judonoso@uc.cl" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfuenzalida@gfsu.cl" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iacevedo@aymabogados.cl" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaramilloabogado@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ACUEVAS@YAVAR.CL;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmarshall@baraona.cl" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudiaseyler20@gmail.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariajose@obradordigital.cl" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lhernandez@cmgabogados.cl" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edo.figueroa.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CSALDIAS@DELRIOIZQUIERDO.CL" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrafta@gmail.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandranavarrojuezarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ppv@rodriguezyvergara.cl" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jhales@santandervaldes.cl" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsanz@sanzyrodriguez.cl" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrea@gysabogados.cl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estebancelis@arvw.cl" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:guillermotroya@gmail.com" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLAUDIA.AREVALO9578@GMAIL.COM" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadoortiz@gmail.com" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.penailillo@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquemenai@gmail.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolis@nextlegal.cl" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msbravo@uc.cl" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:absalon@valenciareusser.cl" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmadariaga@madariagamontes.com" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juecesarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csilva@silvaprieto.cl" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rrdarbitro@gmail.com" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amolinari@carey.cl" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARTAGENA.PATRICIO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUEZARBITRO.NOTIFICACIONES@GMAIL.COM" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manuelrazeto@gmail.com" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esterlagarrigue.g@gmail.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpaniagua@ppcabogados.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrojas@rojasmulatti.cl" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vdemarchi@jg-disputes.com" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jppomes@pomesabogados.cl" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cemartir@uc.cl" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:curquietasalazar@gmail.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LORENZO.AVILES.R@GMAIL.COM" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvicuna@ctva.cl" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raul.lecaros@vla.cl" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joseugolini@alvear-ugolini.cl" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaimecomte@hotmail.com" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscoleturia@gmail.com" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arnaldo.rocha.guerrero@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chorwitz@arhabogados.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RBRIONES@BSSLEGAL.CL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmufdi@gmail.com" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EURBINA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sebastian.msm@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ptavolari@tavolari.cl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvergara.arbitro@outlook.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fmorales@prochile.gob.cl" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolucionlegal@gmail.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulloa.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.tejeda.bertens@gmail.com" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtdelcampo@guerreroycia.cl" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ealcalde@myaa.cl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUAN.BRIONES@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ipalacios@larrain.cl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mabelsaezb@gmail.com" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pideritoficina@gmail.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leonfuentes.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:r.lillo.astorga@gmail.com" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cvarela@vsab.cl" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunozb@almma.cl" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SINUNEZG@GMAIL.COM" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsbarahona@barrey.cl" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdelgadocast@gmail.com" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carladittus@gmail.com" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acruchaga@gmail.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rguzman@grupovial.cl" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:faescara@uc.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpmorales@bernetlagos.cl" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ndelrealcastillo@outlook.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npavez@munitaluco.cl" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjdibarrart@ycia.cl" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsantelices@bsslegal.cl" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbravo@abogadosayb.cl" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.sanchezgrundt@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:olguinjabogados@gmail.com" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CARLOSDAVILA@DAVILAYCIA.CL" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sysjuridico@gmail,com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpablozv@gmail.com" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JBUDINICH@BDNA.CL" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivanfares@ivanfares.cl" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aawegman@uc.cl" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcaceresp@live.com" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SORAYAPARA@ENTELCHILE.NET" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:flores.abogada@gmail.com%20y/o%20cflores@solucionesjudiciales.cl" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcifuentes@cbcycia.cl" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbenedettiv@udd.cl" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:manueldiaz@pfeffer.cl;" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsantibanez@crsabogados.cl" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristian.palacios@slclegal.cl" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cahecremaschi@gmail.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:espina@elton.cl" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgil@janagil.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:weissermauricio@gmail.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sbuzeta@dsabogados.cl" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laninat@aninat.cl" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmunro@munroycia.cl" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:c.maldinibenitez@gmail.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iborie@borieabogados.cl" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMONSALVE@ME.COM" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:moyarzun@yavar.cl%20;%20moyarzunithugmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RICARDO.OLIVARES@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado-cristi@hotmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguelangelp301@gmail.com" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilio.azat@gmail.com" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiancontador@gmail.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rjarac@jdf.cl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gonzalo.varela@varelaabogados.cl" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco@delabarrayasociados.cl" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lsilva@covel.cl" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbaraona@bcia.cl" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hans.zapata@gmail.com" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aliciaherrera2@hotmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.karen@gmail.com" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonialeon@vtr.net" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prr@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariaelenaarce@gmail.com" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:quinteros.gloria@gmail.com" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enrique@estudiovergara.cl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojaviertapia@gmail.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccornejo@mackennacruzat.cl" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariozepedae@gmail.com" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosraicevich@hotmail.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vicentediazgodoy@uc.cl" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsepulveda@crsabogados.cl" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javierdiazdevaldes@hotmail.com" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anppescayderecho@yahoo.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rbarra@bymabogados.cl" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:plobato@lob.cl" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ferrada@ferradapovez.cl" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipegonzalezampuero@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:katannyajablonskivaras@gmail.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Araucomaite@gmail.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JIMARIN@HDGROUP.CL" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bcummins@cucia.cl" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.hozven@gmail.com" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cprado@pradoaylwin.cl" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dannysabrilovich@gmail.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:TAREKLEOZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juridicopym@gmail.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.chomali@uc.cl" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:foyarzun@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CHAFFIABOGADOS@GMAIL.COM" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estudiodalencon@hotmail.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oscartorreszagal@gmail.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONTACTO@ABFAM.CL" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:idiaz@pdnd.cl" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.felipequintana@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ojpalomi@uc.cl" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosita.acuna@gmail.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fredeslegalconsultant@gmail.com" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristianbarrosabogado@gmail.com" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fbanados@abiabogados.cl" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VROJASSILVA@GMAIL.COM" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liat.tm@gmail.com" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmfigueroaw@gmail.com" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afajardo@mrosso.cl" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rrosasf8@gmail.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rnunez@crsabogados.cl" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GROMANINI@LVCH.CL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvaro.gonzalez@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javieracanalespino@gmail.com" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epayera@recuperojudicial.cl" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carol.mendez.cmp@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jppolancom@gmail.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cparker@grupovial.cl" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miguel.aylwino@aylwinycia.cl" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mirandacereceda57@gmail.com" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AMONSALVE@ME.COM" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VERDUGODOMIC@HOTMAIL.COM" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acastillosaldias@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:macarena_iglesias@hotmail.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigomorales@pfeffer.cl" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javiera.plana.p@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingridbadeb@yahoo.es" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocontreras@covel.cl" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GEVILLAR@UC.CL" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emiliopfeffer@pfeffer,cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carvallo.abogada@gmail.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erdafugo@gmail.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osiel.obreque.besares@gmail.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjpierotic@gmail.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zulicjuan@gmail.com" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccastro@hcpabogados.cl" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isalinas@t-t.cl" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vblanco@mcyc.cl" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgomez@rgbycia.cl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlaso@rfl.cl" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osalas@salasyabogados.com" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ISABELFIGUEROA21@GMAIL.COM" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fbosselin@bbis.cl/fbosselin@gmail.com" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fdalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:acalvo@calvolegal.cl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jcamiruaga@caceresycia.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JPLEPPE@YAHOO.COM" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:delaigue.mauricio@gmail.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandana@oriens.cl" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mlillo@lot.cl" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juanpablonunezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jecheverria@mcyc.cl" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudio@barroilhet.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mhbz@uc.cl" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmartinez@vhmabogados.cl" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andrespinto.munoz@gmail.com" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardoabuauadm@gmail.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:np@slbz.cl" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ftorres@teabogados.cl" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmunozzunino@gmail.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcarlostapia@defcorp.cl" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcorrea23@uc.cl" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luisperez.camousseight@gmail.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karinavillar.arbitrajes@gmail.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ziad@caceresycaceres.cl" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLAUDIA.MOYAPEREZ@GMAIL.COM" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alballanos@yahoo.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:riverabogados.cl@gmail.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SSANCHEZ@BSSLEGAL.CL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rruiz@molinarios.cl" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jschleyer@jyscia.cl" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GARTHUR@VLA.CL" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EPICAND@PICANDYRIOS.CL" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLSOZAV@GMAIL.COM" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smandiola@mvmabogados.cl" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauricio.cortes@asislegal.cl" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:psalinas@tie.cl" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dperalta@carey.cl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fleiva@janaleiva.cl" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogado.lmojedaaguero@gmail.com" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:catalina.melo@asislegal.cl" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AHUBERMAN@DNYCIA.CL" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diego.gonzalezlahsen@gmail.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodrigo.riquelme@rsfabogados.cl" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pedrovarelac@gmail.com" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdr@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jdv@fyrabogados.cl" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fblavi@cozblavi.cl" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pablo.prieto@castilloprieto.cl" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjdiazv@delamazaycia.cl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JFALOPEZ@LVAB.CL" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbernet@bernetlagos.cl" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.ornella.gallegos@gmail.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juropais@gmail.com" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:danteleoz@gmail.com" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlos.toloza@ga-abogados.cl" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aecarrascop@gmail.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LVARAS@MVMABOGADOS.CL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bastian.hamel@gmail.coM" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juicios@juicios.cl" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:polocornejoa@gmail.com" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jvasquez@vasquezycia.cl" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.andrade.garcia@gmail.com" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felix.antolinm@gmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgardo.alvear@outlook.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmori@momag.cl" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francisco@fsabogado.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojgmf@gmail.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sagonza4@uc.cl" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dalarcon@abogadosesc.cl" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msborquez@gmail.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LINOSTROZA.ABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpappelgren@appelgren.cl" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estebanschafer@gmail.com" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:zunigalegal@yahoo.es" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sergio@ibarrayasoc.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RAMONCIFUENTES@" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsalas@ycia.cl" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nrivera@rrycia.cl" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnilo@nilolavin.cl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpjuarez@uhc.cl" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexiscespedesj@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bustamanterobin@gmail.com" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:casanma1@uc.cl" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scarrasclabra@gmail.com" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jnorambuena@dnycia.cl" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andres@gysabogados.cl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marias@baraona.cl" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enriquedonososilva@edsabogados.cl" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fgonzalez@gonzalezrioseco.cl" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlossantander@estudiosantander.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irenebrachogarcia@gmail.com" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rcabrera@cbcycia.cl" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbm@rodriguezyvergara.cl" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcorrea@ugartecorrea.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juridicacarvallosantamaria@gmail.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sreyes@perezdonoso.cl" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:f.munozaranda@gmail.com" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ammvulinovicc@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CMABOGADO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fgrob@jg-disputes.com" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hbosselin@bbis.cl" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rfasani@fpa.cl" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtwyman@ltcpconsultores.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cpena@baraona.cl" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JUSTICIAARBITRALCHILE@GMAIL.COM" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MMUNOZ@AMPAROLEGAL.CL" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fredesabogados@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:juan.ignacio.gomez@me.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmartinb@uc.cl" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmercado.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardomoyaleon@gmail.com" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hhumeres@ahmt.cl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadodanielparada@gmail.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RODRIGO.BASTIDAS@VMKLEGAL.CL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdorfman@pdnd.cl" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ednega@gmail.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadabiancabarrueto@gmail.com" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gmunoz@vergaraycia.cl" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cfhabogado@gmail.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ceciliadelafuentefuenzalida@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franciscogalli@pfeffer.cl" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLESCOT@GMAIL.COM" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hquiroz@quirozabogados.cl" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpgraciad@gmail.com" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cleighton@grupovial.cl" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexispaiva@perjuicios.cl" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmendoza@momag.cl" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:govalle@ycia.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:barbara.hermosilla.v@gmail.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alvarojana@gmail.com" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.jimenez.barra@gmail.com" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cramireztagle@gmail.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renato@pezoa-cia.cl" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomas.wolff@gmail.com" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgomezbalmaceda@hotmail.com" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adalgalarrando@dryc.cl" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RMONTERO@ALESSANDRI.CL" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gabrielzuniga9@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogarteaga@gmail.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luis_olguinp@hotmail.com" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cguzmanz@gmail.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:silviasartori@alvear-ugolini.cl" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmeza@delrioizquierdo.cl" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alefedezmac@gmail.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:J.VALENZUELAFAR@GMAIL.COM" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ramon.diaz@rdiazycia.cl" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.ayala1503@gmail.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pagajardoz@gmail.com" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jf@fernandezleiva.cl" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aurzuas@gmail.com" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.andrade.garcia@gmail.com" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ga.fariasa@gmail.com" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:estrella_concha@hotmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijmencha@uc.cl" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carlosarayapaz@gmail.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mnasser@pdnd.cl" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ccoppo@derecho.uchile.cl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexmedina@abogadoserrano.cl" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ABOGADO@SANTIAGOALBORNOZ.CL" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivanmoscosogatica@hotmail.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nsanchez@bsslegal.cl" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:normazabal.estudio@gmail.com" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FELIPEVERGARACELIS@GMAIL.COM" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristobaldiazonline@gmail.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:javieraerazo@vseabogados.cl" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clarrain@cuadralarrainypereira.cl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:artegasmith1956@outook.es" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O867"/>
+  <dimension ref="A1:O868"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A853" activePane="bottomLeft" state="frozenSplit"/>
-      <selection pane="bottomLeft" activeCell="A44" sqref="A44:XFD44"/>
+      <pane ySplit="1" topLeftCell="A656" activePane="bottomLeft" state="frozenSplit"/>
+      <selection pane="bottomLeft" activeCell="E665" sqref="E665"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.28515625" style="21" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="11.42578125" style="5"/>
+    <col min="1" max="1" width="37.28515625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="30.140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="28.42578125" style="51" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="79" style="6" customWidth="1"/>
+    <col min="6" max="6" width="46.7109375" style="6" customWidth="1"/>
+    <col min="7" max="7" width="54.140625" style="9" customWidth="1"/>
+    <col min="8" max="8" width="219.42578125" style="6" customWidth="1"/>
+    <col min="9" max="9" width="33.85546875" style="2" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="13" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B1" s="13" t="s">
         <v>3208</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="C1" s="20" t="s">
         <v>3209</v>
       </c>
-      <c r="C1" s="38" t="s">
+      <c r="D1" s="21" t="s">
+        <v>2858</v>
+      </c>
+      <c r="E1" s="13" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F1" s="13" t="s">
+        <v>3198</v>
+      </c>
+      <c r="G1" s="15" t="s">
+        <v>4788</v>
+      </c>
+      <c r="H1" s="18" t="s">
+        <v>2635</v>
+      </c>
+      <c r="I1" s="13" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:15" s="26" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="12" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B2" s="12" t="s">
         <v>3210</v>
       </c>
-      <c r="D1" s="35" t="s">
-[...22 lines deleted...]
-      <c r="B2" s="2" t="s">
+      <c r="C2" s="23" t="s">
         <v>3211</v>
       </c>
-      <c r="C2" s="37" t="s">
+      <c r="D2" s="24" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E2" s="12" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F2" s="25" t="s">
+        <v>4914</v>
+      </c>
+      <c r="G2" s="14" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H2" s="17" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I2" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="J2" s="22"/>
+      <c r="K2" s="22"/>
+      <c r="L2" s="22"/>
+      <c r="M2" s="22"/>
+      <c r="N2" s="22"/>
+      <c r="O2" s="22"/>
+    </row>
+    <row r="3" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
         <v>3212</v>
       </c>
-      <c r="D2" s="34" t="s">
-[...28 lines deleted...]
-      <c r="B3" s="2" t="s">
+      <c r="B3" s="12" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C3" s="23" t="s">
         <v>3216</v>
       </c>
-      <c r="C3" s="37" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="34" t="s">
+      <c r="D3" s="24" t="s">
         <v>308</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="E3" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="F3" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H3" s="8" t="s">
+      <c r="F3" s="25" t="s">
+        <v>4944</v>
+      </c>
+      <c r="G3" s="7" t="s">
+        <v>3076</v>
+      </c>
+      <c r="H3" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="I3" s="3" t="s">
+      <c r="I3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="8" t="s">
         <v>3214</v>
       </c>
-      <c r="C4" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="32">
+      <c r="D4" s="5">
         <v>171180163</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="E4" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F4" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="12" t="s">
+      <c r="F4" s="25" t="s">
+        <v>4929</v>
+      </c>
+      <c r="G4" s="7" t="s">
         <v>313</v>
       </c>
-      <c r="H4" s="8" t="s">
+      <c r="H4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>3218</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="8" t="s">
         <v>3219</v>
       </c>
-      <c r="C5" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="32" t="s">
+      <c r="D5" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="E5" s="3" t="s">
+      <c r="E5" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="F5" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="12" t="s">
+      <c r="F5" s="25" t="s">
+        <v>4959</v>
+      </c>
+      <c r="G5" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="H5" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="3" t="s">
+      <c r="H5" s="3" t="s">
+        <v>2743</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>3221</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" s="8" t="s">
         <v>3222</v>
       </c>
-      <c r="C6" s="36" t="s">
-[...17 lines deleted...]
-      <c r="I6" s="3" t="s">
+      <c r="D6" s="5" t="s">
+        <v>2760</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="F6" s="25" t="s">
+        <v>4974</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="C7" s="8" t="s">
         <v>3224</v>
       </c>
-      <c r="C7" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="3" t="s">
+      <c r="D7" s="5" t="s">
         <v>1405</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="12" t="s">
+      <c r="E7" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="H7" s="8" t="s">
+      <c r="F7" s="12" t="s">
+        <v>3199</v>
+      </c>
+      <c r="G7" s="7" t="s">
         <v>1403</v>
       </c>
-      <c r="I7" s="3" t="s">
+      <c r="H7" s="3" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>3226</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="8" t="s">
         <v>3227</v>
       </c>
-      <c r="C8" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="32" t="s">
+      <c r="D8" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="E8" s="1" t="s">
         <v>766</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>3201</v>
-[...1 lines deleted...]
-      <c r="G8" s="12" t="s">
+        <v>3200</v>
+      </c>
+      <c r="G8" s="7" t="s">
         <v>765</v>
       </c>
-      <c r="H8" s="8" t="s">
+      <c r="H8" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="I8" s="3" t="s">
+      <c r="I8" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C9" s="8" t="s">
         <v>3229</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="D9" s="5" t="s">
         <v>1469</v>
       </c>
+      <c r="E9" s="1" t="s">
+        <v>1468</v>
+      </c>
       <c r="F9" s="1"/>
-      <c r="G9" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="8" t="s">
+      <c r="G9" s="7" t="s">
         <v>1467</v>
       </c>
-      <c r="I9" s="3" t="s">
+      <c r="H9" s="3" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>3231</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="8" t="s">
         <v>3232</v>
       </c>
-      <c r="C10" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="E10" s="3" t="s">
+      <c r="E10" s="1" t="s">
         <v>399</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>3202</v>
-[...1 lines deleted...]
-      <c r="G10" s="12" t="s">
+        <v>3201</v>
+      </c>
+      <c r="G10" s="7" t="s">
         <v>398</v>
       </c>
-      <c r="H10" s="8" t="s">
+      <c r="H10" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="I10" s="3" t="s">
+      <c r="I10" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>3234</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="8" t="s">
         <v>3235</v>
       </c>
-      <c r="C11" s="36" t="s">
-[...6 lines deleted...]
-        <v>2506</v>
+      <c r="D11" s="5" t="s">
+        <v>2942</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>2505</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>3203</v>
-[...1 lines deleted...]
-      <c r="G11" s="12" t="s">
+        <v>3202</v>
+      </c>
+      <c r="G11" s="7" t="s">
         <v>418</v>
       </c>
-      <c r="H11" s="8" t="s">
+      <c r="H11" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="I11" s="3" t="s">
+      <c r="I11" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>4602</v>
+        <v>4601</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>3917</v>
-[...8 lines deleted...]
-        <v>4903</v>
+        <v>3916</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>4907</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>4902</v>
       </c>
       <c r="F12" s="1">
         <v>56993813656</v>
       </c>
-      <c r="G12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="3" t="s">
+      <c r="G12" s="8" t="s">
+        <v>4887</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>4903</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>3238</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="8" t="s">
         <v>3239</v>
       </c>
-      <c r="C13" s="36" t="s">
-[...6 lines deleted...]
-        <v>2273</v>
+      <c r="D13" s="27" t="s">
+        <v>2762</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>2272</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>3205</v>
-[...7 lines deleted...]
-      <c r="I13" s="3" t="s">
+        <v>3204</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>2546</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>4868</v>
+        <v>4867</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>3109</v>
-[...8 lines deleted...]
-        <v>2391</v>
+        <v>3108</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>4071</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>2803</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>2390</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>4787</v>
-[...4 lines deleted...]
-      <c r="H14" s="8" t="s">
+        <v>4786</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H14" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I14" s="3" t="s">
+      <c r="I14" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C15" s="8" t="s">
         <v>3247</v>
       </c>
-      <c r="C15" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="32" t="s">
+      <c r="D15" s="5" t="s">
         <v>789</v>
       </c>
-      <c r="E15" s="3" t="s">
+      <c r="E15" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F15" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="12" t="s">
+      <c r="F15" s="13" t="s">
+        <v>4914</v>
+      </c>
+      <c r="G15" s="7" t="s">
         <v>787</v>
       </c>
-      <c r="H15" s="8" t="s">
+      <c r="H15" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="I15" s="3" t="s">
+      <c r="I15" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>3247</v>
-[...8 lines deleted...]
-        <v>3195</v>
+        <v>3246</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>3194</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>4916</v>
-[...7 lines deleted...]
-      <c r="I16" s="3" t="s">
+        <v>4915</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>4787</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>3242</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="8" t="s">
         <v>3243</v>
       </c>
-      <c r="C17" s="36" t="s">
-[...6 lines deleted...]
-        <v>2395</v>
+      <c r="D17" s="5" t="s">
+        <v>2809</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>2394</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>3206</v>
-[...7 lines deleted...]
-      <c r="I17" s="3" t="s">
+        <v>3205</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>2594</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="C18" s="8" t="s">
         <v>3245</v>
       </c>
-      <c r="C18" s="36" t="s">
-[...6 lines deleted...]
-        <v>2425</v>
+      <c r="D18" s="5" t="s">
+        <v>2847</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>2424</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>3207</v>
-[...7 lines deleted...]
-      <c r="I18" s="3" t="s">
+        <v>3206</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>4831</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>2625</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C19" s="8" t="s">
         <v>3250</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D19" s="32" t="s">
+      <c r="D19" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="E19" s="3" t="s">
+      <c r="E19" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F19" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H19" s="8" t="s">
+      <c r="F19" s="12" t="s">
+        <v>4916</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>3079</v>
+      </c>
+      <c r="H19" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="I19" s="3" t="s">
+      <c r="I19" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>3252</v>
+        <v>3251</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>3254</v>
+      </c>
+      <c r="C20" s="8" t="s">
         <v>3255</v>
       </c>
-      <c r="C20" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="32" t="s">
+      <c r="D20" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="E20" s="3" t="s">
+      <c r="E20" s="1" t="s">
         <v>166</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>4919</v>
-[...4 lines deleted...]
-      <c r="H20" s="8" t="s">
+        <v>4918</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H20" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="I20" s="3" t="s">
+      <c r="I20" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>3252</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="8" t="s">
         <v>3253</v>
       </c>
-      <c r="C21" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="32" t="s">
+      <c r="D21" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="E21" s="3" t="s">
+      <c r="E21" s="1" t="s">
         <v>395</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>4918</v>
-[...1 lines deleted...]
-      <c r="G21" s="12" t="s">
+        <v>4917</v>
+      </c>
+      <c r="G21" s="7" t="s">
         <v>394</v>
       </c>
-      <c r="H21" s="8" t="s">
+      <c r="H21" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="I21" s="3" t="s">
+      <c r="I21" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>3257</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="C22" s="8" t="s">
         <v>3258</v>
       </c>
-      <c r="C22" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="32" t="s">
+      <c r="D22" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="E22" s="1" t="s">
         <v>288</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>4920</v>
-[...1 lines deleted...]
-      <c r="G22" s="12" t="s">
+        <v>4919</v>
+      </c>
+      <c r="G22" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="H22" s="8" t="s">
+      <c r="H22" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="I22" s="3" t="s">
+      <c r="I22" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>3123</v>
-[...7 lines deleted...]
-      <c r="E23" s="3" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>1054</v>
       </c>
+      <c r="E23" s="1" t="s">
+        <v>1053</v>
+      </c>
       <c r="F23" s="1" t="s">
-        <v>4922</v>
-[...4 lines deleted...]
-      <c r="H23" s="8" t="s">
+        <v>4921</v>
+      </c>
+      <c r="G23" s="7" t="s">
         <v>1052</v>
       </c>
-      <c r="I23" s="3" t="s">
+      <c r="H23" s="3" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
       <c r="B24" s="1" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C24" s="8" t="s">
         <v>3266</v>
       </c>
-      <c r="C24" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="32" t="s">
+      <c r="D24" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="E24" s="3" t="s">
+      <c r="E24" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F24" s="1"/>
-      <c r="G24" s="12" t="s">
+      <c r="G24" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="H24" s="8" t="s">
+      <c r="H24" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="I24" s="3" t="s">
+      <c r="I24" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
       <c r="B25" s="1" t="s">
+        <v>3262</v>
+      </c>
+      <c r="C25" s="8" t="s">
         <v>3263</v>
       </c>
-      <c r="C25" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="D25" s="5" t="s">
         <v>1772</v>
       </c>
+      <c r="E25" s="1" t="s">
+        <v>1771</v>
+      </c>
       <c r="F25" s="1" t="s">
-        <v>4921</v>
-[...4 lines deleted...]
-      <c r="H25" s="8" t="s">
+        <v>4920</v>
+      </c>
+      <c r="G25" s="7" t="s">
         <v>1770</v>
       </c>
-      <c r="I25" s="3" t="s">
+      <c r="H25" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>3139</v>
+        <v>3138</v>
       </c>
       <c r="B26" s="1" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C26" s="8" t="s">
         <v>3268</v>
       </c>
-      <c r="C26" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="D26" s="5" t="s">
         <v>1152</v>
       </c>
+      <c r="E26" s="1" t="s">
+        <v>1151</v>
+      </c>
       <c r="F26" s="1" t="s">
-        <v>4923</v>
-[...4 lines deleted...]
-      <c r="H26" s="8" t="s">
+        <v>4922</v>
+      </c>
+      <c r="G26" s="7" t="s">
         <v>1150</v>
       </c>
-      <c r="I26" s="3" t="s">
+      <c r="H26" s="3" t="s">
+        <v>1149</v>
+      </c>
+      <c r="I26" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>3270</v>
+        <v>3269</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>3238</v>
-[...8 lines deleted...]
-        <v>1782</v>
+        <v>3237</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>2810</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>1781</v>
       </c>
       <c r="F27" s="1">
         <v>56993813657</v>
       </c>
-      <c r="G27" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="8" t="s">
+      <c r="G27" s="7" t="s">
         <v>1780</v>
       </c>
-      <c r="I27" s="3" t="s">
+      <c r="H27" s="3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>3270</v>
+        <v>3269</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>3105</v>
-[...7 lines deleted...]
-      <c r="E28" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>1252</v>
       </c>
+      <c r="E28" s="1" t="s">
+        <v>1251</v>
+      </c>
       <c r="F28" s="1" t="s">
-        <v>4926</v>
-[...7 lines deleted...]
-      <c r="I28" s="3" t="s">
+        <v>4925</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>3270</v>
+        <v>3269</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>3105</v>
-[...7 lines deleted...]
-      <c r="E29" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>3273</v>
+      </c>
+      <c r="D29" s="28" t="s">
         <v>1273</v>
       </c>
+      <c r="E29" s="1" t="s">
+        <v>1272</v>
+      </c>
       <c r="F29" s="1" t="s">
-        <v>4925</v>
-[...4 lines deleted...]
-      <c r="H29" s="8" t="s">
+        <v>4924</v>
+      </c>
+      <c r="G29" s="7" t="s">
         <v>1271</v>
       </c>
-      <c r="I29" s="3" t="s">
+      <c r="H29" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
+        <v>3269</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>3270</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="8" t="s">
         <v>3271</v>
       </c>
-      <c r="C30" s="36" t="s">
-[...6 lines deleted...]
-        <v>1193</v>
+      <c r="D30" s="5" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>1192</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>4924</v>
-[...7 lines deleted...]
-      <c r="I30" s="3" t="s">
+        <v>4923</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="8" t="s">
         <v>3277</v>
       </c>
-      <c r="C31" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="D31" s="5" t="s">
         <v>1901</v>
       </c>
+      <c r="E31" s="1" t="s">
+        <v>1900</v>
+      </c>
       <c r="F31" s="1" t="s">
-        <v>4927</v>
-[...4 lines deleted...]
-      <c r="H31" s="8" t="s">
+        <v>4926</v>
+      </c>
+      <c r="G31" s="7" t="s">
         <v>1899</v>
       </c>
-      <c r="I31" s="3" t="s">
+      <c r="H31" s="3" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>3279</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="8" t="s">
         <v>3280</v>
       </c>
-      <c r="C32" s="36" t="s">
-[...6 lines deleted...]
-        <v>1122</v>
+      <c r="D32" s="5" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>1121</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>4928</v>
-[...7 lines deleted...]
-      <c r="I32" s="3" t="s">
+        <v>4927</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>2598</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>3282</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="8" t="s">
         <v>3283</v>
       </c>
-      <c r="C33" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="D33" s="5" t="s">
         <v>2014</v>
       </c>
+      <c r="E33" s="1" t="s">
+        <v>2013</v>
+      </c>
       <c r="F33" s="1" t="s">
-        <v>4929</v>
-[...4 lines deleted...]
-      <c r="H33" s="8" t="s">
+        <v>4928</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>4789</v>
+      </c>
+      <c r="H33" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I33" s="3" t="s">
+      <c r="I33" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>3285</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="8" t="s">
         <v>3286</v>
       </c>
-      <c r="C34" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="D34" s="5" t="s">
         <v>1588</v>
       </c>
-      <c r="F34" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="12" t="s">
+      <c r="E34" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="H34" s="8" t="s">
+      <c r="F34" s="13" t="s">
+        <v>4929</v>
+      </c>
+      <c r="G34" s="7" t="s">
         <v>1586</v>
       </c>
-      <c r="I34" s="3" t="s">
+      <c r="H34" s="3" t="s">
+        <v>1585</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>3133</v>
+        <v>3132</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>3109</v>
-[...7 lines deleted...]
-      <c r="E35" s="3" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>1361</v>
       </c>
+      <c r="E35" s="1" t="s">
+        <v>1360</v>
+      </c>
       <c r="F35" s="1" t="s">
-        <v>4931</v>
-[...7 lines deleted...]
-      <c r="I35" s="3" t="s">
+        <v>4930</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>2634</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>3133</v>
+        <v>3132</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C36" s="8" t="s">
         <v>3291</v>
       </c>
-      <c r="C36" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="3" t="s">
+      <c r="D36" s="5" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E36" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="F36" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H36" s="8" t="s">
+      <c r="F36" s="12" t="s">
+        <v>4932</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>3080</v>
+      </c>
+      <c r="H36" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I36" s="3" t="s">
+      <c r="I36" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>3133</v>
+        <v>3132</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C37" s="8" t="s">
         <v>3289</v>
       </c>
-      <c r="C37" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="32" t="s">
+      <c r="D37" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="E37" s="3" t="s">
+      <c r="E37" s="1" t="s">
         <v>649</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>4932</v>
-[...4 lines deleted...]
-      <c r="H37" s="8" t="s">
+        <v>4931</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H37" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="I37" s="3" t="s">
+      <c r="I37" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>3272</v>
+        <v>3271</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C38" s="8" t="s">
         <v>3293</v>
       </c>
-      <c r="C38" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="32" t="s">
+      <c r="D38" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="E38" s="3" t="s">
+      <c r="E38" s="1" t="s">
         <v>566</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>4934</v>
-[...1 lines deleted...]
-      <c r="G38" s="12" t="s">
+        <v>4933</v>
+      </c>
+      <c r="G38" s="7" t="s">
         <v>565</v>
       </c>
-      <c r="H38" s="8" t="s">
+      <c r="H38" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I38" s="3" t="s">
+      <c r="I38" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>3197</v>
+        <v>3196</v>
       </c>
       <c r="B39" s="1" t="s">
+        <v>3294</v>
+      </c>
+      <c r="C39" s="8" t="s">
         <v>3295</v>
       </c>
-      <c r="C39" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="D39" s="5" t="s">
         <v>1636</v>
       </c>
+      <c r="E39" s="1" t="s">
+        <v>1635</v>
+      </c>
       <c r="F39" s="1" t="s">
-        <v>4935</v>
-[...4 lines deleted...]
-      <c r="H39" s="8" t="s">
+        <v>4934</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H39" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I39" s="3" t="s">
+      <c r="I39" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>3197</v>
+        <v>3196</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C40" s="8" t="s">
         <v>3297</v>
       </c>
-      <c r="C40" s="36" t="s">
-[...6 lines deleted...]
-        <v>1174</v>
+      <c r="D40" s="5" t="s">
+        <v>2876</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>1173</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>4936</v>
-[...7 lines deleted...]
-      <c r="I40" s="3" t="s">
+        <v>4935</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>3299</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...9 lines deleted...]
-        <v>2468</v>
+      <c r="C41" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>2467</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>4937</v>
-[...4 lines deleted...]
-      <c r="H41" s="8" t="s">
+        <v>4936</v>
+      </c>
+      <c r="G41" s="7" t="s">
         <v>928</v>
       </c>
-      <c r="I41" s="3" t="s">
+      <c r="H41" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>3301</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="8" t="s">
         <v>3302</v>
       </c>
-      <c r="C42" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="D42" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E42" s="1" t="s">
         <v>799</v>
       </c>
       <c r="F42" s="1"/>
-      <c r="G42" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="8" t="s">
+      <c r="G42" s="7" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H42" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="I42" s="3" t="s">
+      <c r="I42" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="8" t="s">
         <v>3305</v>
       </c>
-      <c r="C43" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="D43" s="5" t="s">
         <v>2037</v>
       </c>
+      <c r="E43" s="1" t="s">
+        <v>2036</v>
+      </c>
       <c r="F43" s="1" t="s">
-        <v>4938</v>
-[...4 lines deleted...]
-      <c r="H43" s="8" t="s">
+        <v>4937</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H43" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I43" s="3" t="s">
+      <c r="I43" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>3307</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="8" t="s">
         <v>3308</v>
       </c>
-      <c r="C44" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="D44" s="5" t="s">
         <v>1465</v>
       </c>
+      <c r="E44" s="1" t="s">
+        <v>1464</v>
+      </c>
       <c r="F44" s="1" t="s">
-        <v>4939</v>
-[...7 lines deleted...]
-      <c r="I44" s="3" t="s">
+        <v>4938</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="8" t="s">
         <v>3311</v>
       </c>
-      <c r="C45" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="D45" s="5" t="s">
         <v>1045</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>1044</v>
       </c>
       <c r="F45" s="1">
         <v>56993813658</v>
       </c>
-      <c r="G45" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="8" t="s">
+      <c r="G45" s="7" t="s">
         <v>1043</v>
       </c>
-      <c r="I45" s="3" t="s">
+      <c r="H45" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
       <c r="B46" s="1" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C46" s="8" t="s">
         <v>3315</v>
       </c>
-      <c r="C46" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="32" t="s">
+      <c r="D46" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="E46" s="3" t="s">
+      <c r="E46" s="1" t="s">
         <v>736</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>4941</v>
-[...1 lines deleted...]
-      <c r="G46" s="12" t="s">
+        <v>4940</v>
+      </c>
+      <c r="G46" s="7" t="s">
         <v>735</v>
       </c>
-      <c r="H46" s="8" t="s">
+      <c r="H46" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="I46" s="3" t="s">
+      <c r="I46" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
       <c r="B47" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C47" s="8" t="s">
         <v>3313</v>
       </c>
-      <c r="C47" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="D47" s="5" t="s">
         <v>1385</v>
       </c>
+      <c r="E47" s="1" t="s">
+        <v>1384</v>
+      </c>
       <c r="F47" s="1" t="s">
-        <v>4940</v>
-[...4 lines deleted...]
-      <c r="H47" s="8" t="s">
+        <v>4939</v>
+      </c>
+      <c r="G47" s="7" t="s">
         <v>1383</v>
       </c>
-      <c r="I47" s="3" t="s">
+      <c r="H47" s="3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>3317</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="8" t="s">
         <v>3318</v>
       </c>
-      <c r="C48" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="32" t="s">
+      <c r="D48" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="E48" s="3" t="s">
+      <c r="E48" s="1" t="s">
         <v>661</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>4942</v>
-[...1 lines deleted...]
-      <c r="G48" s="12" t="s">
+        <v>4941</v>
+      </c>
+      <c r="G48" s="7" t="s">
         <v>660</v>
       </c>
-      <c r="H48" s="8" t="s">
+      <c r="H48" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="I48" s="3" t="s">
+      <c r="I48" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C49" s="8" t="s">
         <v>3320</v>
       </c>
-      <c r="B49" s="1" t="s">
-[...9 lines deleted...]
-        <v>2472</v>
+      <c r="D49" s="5" t="s">
+        <v>2905</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>2471</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>4943</v>
-[...4 lines deleted...]
-      <c r="H49" s="8" t="s">
+        <v>4942</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H49" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I49" s="3" t="s">
+      <c r="I49" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C50" s="8" t="s">
         <v>3322</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="D50" s="5" t="s">
         <v>1974</v>
       </c>
+      <c r="E50" s="1" t="s">
+        <v>1973</v>
+      </c>
       <c r="F50" s="1" t="s">
-        <v>4944</v>
-[...4 lines deleted...]
-      <c r="H50" s="8" t="s">
+        <v>4943</v>
+      </c>
+      <c r="G50" s="7" t="s">
         <v>1972</v>
       </c>
-      <c r="I50" s="3" t="s">
+      <c r="H50" s="3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>3123</v>
-[...8 lines deleted...]
-        <v>2498</v>
+        <v>3122</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>2936</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>2497</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>4948</v>
-[...1 lines deleted...]
-      <c r="G51" s="12" t="s">
+        <v>4947</v>
+      </c>
+      <c r="G51" s="7" t="s">
         <v>466</v>
       </c>
-      <c r="H51" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="3" t="s">
+      <c r="H51" s="3" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="C52" s="8" t="s">
         <v>3328</v>
       </c>
-      <c r="C52" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="D52" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="12" t="s">
+      <c r="E52" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="H52" s="8" t="s">
+      <c r="F52" s="12" t="s">
+        <v>4946</v>
+      </c>
+      <c r="G52" s="7" t="s">
         <v>841</v>
       </c>
-      <c r="I52" s="3" t="s">
+      <c r="H52" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C53" s="8" t="s">
         <v>3326</v>
       </c>
-      <c r="C53" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="D53" s="28" t="s">
         <v>1370</v>
       </c>
+      <c r="E53" s="1" t="s">
+        <v>1369</v>
+      </c>
       <c r="F53" s="1" t="s">
-        <v>4946</v>
-[...4 lines deleted...]
-      <c r="H53" s="8" t="s">
+        <v>4945</v>
+      </c>
+      <c r="G53" s="7" t="s">
         <v>1368</v>
       </c>
-      <c r="I53" s="3" t="s">
+      <c r="H53" s="3" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B54" s="1" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C54" s="8" t="s">
         <v>3324</v>
       </c>
-      <c r="C54" s="36" t="s">
-[...17 lines deleted...]
-      <c r="I54" s="3" t="s">
+      <c r="D54" s="5" t="s">
+        <v>2781</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="F54" s="13" t="s">
+        <v>4944</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>4832</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>2566</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>3112</v>
+        <v>3111</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>3153</v>
-[...8 lines deleted...]
-        <v>2004</v>
+        <v>3152</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>2783</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>2003</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>4949</v>
-[...7 lines deleted...]
-      <c r="I55" s="3" t="s">
+        <v>4948</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>2571</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>3112</v>
+        <v>3111</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C56" s="8" t="s">
         <v>3332</v>
       </c>
-      <c r="C56" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="32">
+      <c r="D56" s="5">
         <v>126345666</v>
       </c>
-      <c r="E56" s="3" t="s">
+      <c r="E56" s="1" t="s">
         <v>751</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>4950</v>
-[...1 lines deleted...]
-      <c r="G56" s="12" t="s">
+        <v>4949</v>
+      </c>
+      <c r="G56" s="7" t="s">
         <v>750</v>
       </c>
-      <c r="H56" s="8" t="s">
+      <c r="H56" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I56" s="3" t="s">
+      <c r="I56" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>3334</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="8" t="s">
         <v>3335</v>
       </c>
-      <c r="C57" s="36" t="s">
-[...6 lines deleted...]
-        <v>2375</v>
+      <c r="D57" s="5" t="s">
+        <v>2917</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>2374</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>4951</v>
-[...1 lines deleted...]
-      <c r="G57" s="12" t="s">
+        <v>4950</v>
+      </c>
+      <c r="G57" s="7" t="s">
         <v>666</v>
       </c>
-      <c r="H57" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I57" s="3" t="s">
+      <c r="H57" s="3" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="B58" s="1" t="s">
         <v>3337</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="C58" s="8" t="s">
         <v>3338</v>
       </c>
-      <c r="C58" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="D58" s="5" t="s">
         <v>1269</v>
       </c>
+      <c r="E58" s="1" t="s">
+        <v>1268</v>
+      </c>
       <c r="F58" s="1" t="s">
-        <v>4952</v>
-[...4 lines deleted...]
-      <c r="H58" s="8" t="s">
+        <v>4951</v>
+      </c>
+      <c r="G58" s="7" t="s">
         <v>1267</v>
       </c>
-      <c r="I58" s="3" t="s">
+      <c r="H58" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>3340</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="8" t="s">
         <v>3341</v>
       </c>
-      <c r="C59" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="D59" s="5" t="s">
         <v>1446</v>
       </c>
+      <c r="E59" s="1" t="s">
+        <v>1445</v>
+      </c>
       <c r="F59" s="1"/>
-      <c r="G59" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I59" s="3" t="s">
+      <c r="G59" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>3343</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="8" t="s">
         <v>3344</v>
       </c>
-      <c r="C60" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D60" s="32" t="s">
+      <c r="D60" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="E60" s="3" t="s">
+      <c r="E60" s="1" t="s">
         <v>239</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>4953</v>
-[...1 lines deleted...]
-      <c r="G60" s="12" t="s">
+        <v>4952</v>
+      </c>
+      <c r="G60" s="7" t="s">
         <v>238</v>
       </c>
-      <c r="H60" s="8" t="s">
+      <c r="H60" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="I60" s="3" t="s">
+      <c r="I60" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="8" t="s">
         <v>3347</v>
       </c>
-      <c r="C61" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D61" s="32" t="s">
+      <c r="D61" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="E61" s="3" t="s">
+      <c r="E61" s="1" t="s">
         <v>408</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>4954</v>
-[...1 lines deleted...]
-      <c r="G61" s="12" t="s">
+        <v>4953</v>
+      </c>
+      <c r="G61" s="7" t="s">
         <v>407</v>
       </c>
-      <c r="H61" s="8" t="s">
+      <c r="H61" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="I61" s="3" t="s">
+      <c r="I61" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>3349</v>
+        <v>3348</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>5686</v>
-[...8 lines deleted...]
-        <v>5670</v>
+        <v>5684</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>5683</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>5667</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>5668</v>
       </c>
       <c r="F62" s="1">
         <v>992825867</v>
       </c>
-      <c r="G62" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H62" s="3" t="s">
+      <c r="G62" s="7" t="s">
+        <v>5689</v>
+      </c>
+      <c r="H62" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="I62" s="10"/>
+      <c r="I62" s="5"/>
     </row>
     <row r="63" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C63" s="8" t="s">
         <v>3349</v>
       </c>
-      <c r="B63" s="1" t="s">
-[...9 lines deleted...]
-        <v>2366</v>
+      <c r="D63" s="5" t="s">
+        <v>2771</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>2365</v>
       </c>
       <c r="F63" s="1">
         <v>56993813659</v>
       </c>
-      <c r="G63" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H63" s="8" t="s">
+      <c r="G63" s="7" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H63" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="I63" s="3" t="s">
+      <c r="I63" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
-        <v>4010</v>
+        <v>4009</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>4848</v>
-[...7 lines deleted...]
-      <c r="E64" s="3" t="s">
+        <v>4847</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>3236</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>1431</v>
       </c>
+      <c r="E64" s="1" t="s">
+        <v>1430</v>
+      </c>
       <c r="F64" s="1" t="s">
-        <v>3204</v>
-[...7 lines deleted...]
-      <c r="I64" s="3" t="s">
+        <v>3203</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B65" s="1" t="s">
         <v>3351</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="8" t="s">
         <v>3352</v>
       </c>
-      <c r="C65" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="D65" s="29" t="s">
         <v>2304</v>
       </c>
+      <c r="E65" s="1" t="s">
+        <v>2303</v>
+      </c>
       <c r="F65" s="1" t="s">
-        <v>4955</v>
-[...4 lines deleted...]
-      <c r="H65" s="8" t="s">
+        <v>4954</v>
+      </c>
+      <c r="G65" s="7" t="s">
         <v>2302</v>
       </c>
-      <c r="I65" s="3" t="s">
+      <c r="H65" s="3" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>3354</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="8" t="s">
         <v>3355</v>
       </c>
-      <c r="C66" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="D66" s="5" t="s">
         <v>2204</v>
       </c>
+      <c r="E66" s="1" t="s">
+        <v>2203</v>
+      </c>
       <c r="F66" s="1" t="s">
-        <v>4956</v>
-[...4 lines deleted...]
-      <c r="H66" s="8" t="s">
+        <v>4955</v>
+      </c>
+      <c r="G66" s="7" t="s">
         <v>2202</v>
       </c>
-      <c r="I66" s="3" t="s">
+      <c r="H66" s="3" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B67" s="1" t="s">
         <v>3357</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="8" t="s">
         <v>3358</v>
       </c>
-      <c r="C67" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="D67" s="5" t="s">
         <v>944</v>
       </c>
+      <c r="E67" s="1" t="s">
+        <v>943</v>
+      </c>
       <c r="F67" s="1" t="s">
-        <v>4957</v>
-[...7 lines deleted...]
-      <c r="I67" s="3" t="s">
+        <v>4956</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>3360</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="8" t="s">
         <v>3361</v>
       </c>
-      <c r="C68" s="36" t="s">
-[...6 lines deleted...]
-        <v>4877</v>
+      <c r="D68" s="5" t="s">
+        <v>2243</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>4876</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>4958</v>
-[...7 lines deleted...]
-      <c r="I68" s="3" t="s">
+        <v>4957</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>3363</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="8" t="s">
         <v>3364</v>
       </c>
-      <c r="C69" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="D69" s="5" t="s">
         <v>1961</v>
       </c>
-      <c r="F69" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="12" t="s">
+      <c r="E69" s="1" t="s">
         <v>1960</v>
       </c>
-      <c r="H69" s="8" t="s">
+      <c r="F69" s="12" t="s">
+        <v>4958</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H69" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="I69" s="3" t="s">
+      <c r="I69" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>3366</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="8" t="s">
         <v>3367</v>
       </c>
-      <c r="C70" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="32" t="s">
+      <c r="D70" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="E70" s="3" t="s">
+      <c r="E70" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F70" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G70" s="12" t="s">
+      <c r="F70" s="13" t="s">
+        <v>4959</v>
+      </c>
+      <c r="G70" s="7" t="s">
         <v>586</v>
       </c>
-      <c r="H70" s="8" t="s">
+      <c r="H70" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="I70" s="3" t="s">
+      <c r="I70" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>3369</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="8" t="s">
         <v>3370</v>
       </c>
-      <c r="C71" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="D71" s="5" t="s">
         <v>1717</v>
       </c>
+      <c r="E71" s="1" t="s">
+        <v>1716</v>
+      </c>
       <c r="F71" s="1" t="s">
-        <v>4961</v>
-[...4 lines deleted...]
-      <c r="H71" s="8" t="s">
+        <v>4960</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H71" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I71" s="3" t="s">
+      <c r="I71" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>3372</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="8" t="s">
         <v>3373</v>
       </c>
-      <c r="C72" s="36" t="s">
-[...6 lines deleted...]
-        <v>2324</v>
+      <c r="D72" s="5" t="s">
+        <v>2856</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>2323</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>4962</v>
-[...4 lines deleted...]
-      <c r="H72" s="8" t="s">
+        <v>4961</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H72" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I72" s="3" t="s">
+      <c r="I72" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>3375</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="8" t="s">
         <v>3376</v>
       </c>
-      <c r="C73" s="36" t="s">
-[...6 lines deleted...]
-        <v>2467</v>
+      <c r="D73" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>2466</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>4963</v>
-[...7 lines deleted...]
-      <c r="I73" s="3" t="s">
+        <v>4962</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>4790</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B74" s="1" t="s">
         <v>3378</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="8" t="s">
         <v>3379</v>
       </c>
-      <c r="C74" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="D74" s="5" t="s">
         <v>1222</v>
       </c>
+      <c r="E74" s="1" t="s">
+        <v>1221</v>
+      </c>
       <c r="F74" s="1" t="s">
-        <v>4964</v>
-[...7 lines deleted...]
-      <c r="I74" s="3" t="s">
+        <v>4963</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>3040</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B75" s="1" t="s">
         <v>3381</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="8" t="s">
         <v>3382</v>
       </c>
-      <c r="C75" s="36" t="s">
-[...6 lines deleted...]
-        <v>1163</v>
+      <c r="D75" s="5" t="s">
+        <v>2834</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>1162</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>4965</v>
-[...7 lines deleted...]
-      <c r="I75" s="3" t="s">
+        <v>4964</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>1584</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>2612</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C76" s="8" t="s">
         <v>3384</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="D76" s="5" t="s">
         <v>1006</v>
       </c>
+      <c r="E76" s="1" t="s">
+        <v>1005</v>
+      </c>
       <c r="F76" s="1" t="s">
-        <v>4966</v>
-[...4 lines deleted...]
-      <c r="H76" s="8" t="s">
+        <v>4965</v>
+      </c>
+      <c r="G76" s="7" t="s">
         <v>1004</v>
       </c>
-      <c r="I76" s="3" t="s">
+      <c r="H76" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B77" s="1" t="s">
         <v>3386</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...9 lines deleted...]
-        <v>2450</v>
+      <c r="C77" s="8" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>2875</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>2449</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>4967</v>
-[...7 lines deleted...]
-      <c r="I77" s="3" t="s">
+        <v>4966</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I77" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>3386</v>
+        <v>3385</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>3106</v>
-[...7 lines deleted...]
-      <c r="E78" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>1236</v>
       </c>
+      <c r="E78" s="1" t="s">
+        <v>1235</v>
+      </c>
       <c r="F78" s="1"/>
-      <c r="G78" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H78" s="8" t="s">
+      <c r="G78" s="7" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H78" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I78" s="3" t="s">
+      <c r="I78" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B79" s="1" t="s">
         <v>3388</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="8" t="s">
         <v>3389</v>
       </c>
-      <c r="C79" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="D79" s="5" t="s">
         <v>2168</v>
       </c>
+      <c r="E79" s="1" t="s">
+        <v>2167</v>
+      </c>
       <c r="F79" s="1" t="s">
-        <v>4968</v>
-[...4 lines deleted...]
-      <c r="H79" s="8" t="s">
+        <v>4967</v>
+      </c>
+      <c r="G79" s="7" t="s">
         <v>2166</v>
       </c>
-      <c r="I79" s="3" t="s">
+      <c r="H79" s="3" t="s">
+        <v>2165</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C80" s="8" t="s">
         <v>3391</v>
       </c>
-      <c r="B80" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="D80" s="5" t="s">
         <v>1128</v>
       </c>
+      <c r="E80" s="1" t="s">
+        <v>1127</v>
+      </c>
       <c r="F80" s="1" t="s">
-        <v>4969</v>
-[...7 lines deleted...]
-      <c r="I80" s="3" t="s">
+        <v>4968</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>3044</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>3391</v>
+        <v>3390</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>3156</v>
-[...4 lines deleted...]
-      <c r="D81" s="32" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>3392</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="E81" s="3" t="s">
+      <c r="E81" s="1" t="s">
         <v>351</v>
       </c>
       <c r="F81" s="1">
         <v>56993813660</v>
       </c>
-      <c r="G81" s="12" t="s">
+      <c r="G81" s="7" t="s">
         <v>350</v>
       </c>
-      <c r="H81" s="8" t="s">
+      <c r="H81" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="I81" s="3" t="s">
+      <c r="I81" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>3394</v>
+        <v>3393</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>3394</v>
-[...8 lines deleted...]
-        <v>5679</v>
+        <v>3393</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>5688</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>5676</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>5677</v>
       </c>
       <c r="F82" s="1">
         <v>932282533</v>
       </c>
-      <c r="G82" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I82" s="10"/>
+      <c r="G82" s="7" t="s">
+        <v>5678</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>5679</v>
+      </c>
+      <c r="I82" s="5"/>
     </row>
     <row r="83" spans="1:9" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B83" s="1" t="s">
         <v>3394</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="8" t="s">
         <v>3395</v>
       </c>
-      <c r="C83" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="32" t="s">
+      <c r="D83" s="5" t="s">
         <v>781</v>
       </c>
-      <c r="E83" s="3" t="s">
-        <v>1294</v>
+      <c r="E83" s="1" t="s">
+        <v>1293</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>4970</v>
-[...1 lines deleted...]
-      <c r="G83" s="12" t="s">
+        <v>4969</v>
+      </c>
+      <c r="G83" s="7" t="s">
         <v>780</v>
       </c>
-      <c r="H83" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I83" s="3" t="s">
+      <c r="H83" s="3" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B84" s="1" t="s">
         <v>3397</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C84" s="8" t="s">
         <v>3398</v>
       </c>
-      <c r="C84" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="D84" s="5" t="s">
         <v>1578</v>
       </c>
+      <c r="E84" s="1" t="s">
+        <v>1577</v>
+      </c>
       <c r="F84" s="1" t="s">
-        <v>4971</v>
-[...4 lines deleted...]
-      <c r="H84" s="8" t="s">
+        <v>4970</v>
+      </c>
+      <c r="G84" s="7" t="s">
         <v>1576</v>
       </c>
-      <c r="I84" s="3" t="s">
+      <c r="H84" s="3" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B85" s="1" t="s">
         <v>3400</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="8" t="s">
         <v>3401</v>
       </c>
-      <c r="C85" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="D85" s="5" t="s">
         <v>1504</v>
       </c>
+      <c r="E85" s="1" t="s">
+        <v>1503</v>
+      </c>
       <c r="F85" s="1" t="s">
-        <v>4972</v>
-[...4 lines deleted...]
-      <c r="H85" s="8" t="s">
+        <v>4971</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H85" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="I85" s="3" t="s">
+      <c r="I85" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>3403</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="8" t="s">
         <v>3404</v>
       </c>
-      <c r="C86" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D86" s="32" t="s">
+      <c r="D86" s="5" t="s">
         <v>769</v>
       </c>
-      <c r="E86" s="3" t="s">
+      <c r="E86" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="F86" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H86" s="8" t="s">
+      <c r="F86" s="12" t="s">
+        <v>4972</v>
+      </c>
+      <c r="G86" s="7" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H86" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="I86" s="3" t="s">
+      <c r="I86" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>3117</v>
+        <v>3116</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>3132</v>
-[...7 lines deleted...]
-      <c r="E87" s="3" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>1940</v>
       </c>
+      <c r="E87" s="1" t="s">
+        <v>1939</v>
+      </c>
       <c r="F87" s="1" t="s">
-        <v>4974</v>
-[...4 lines deleted...]
-      <c r="H87" s="8" t="s">
+        <v>4973</v>
+      </c>
+      <c r="G87" s="7" t="s">
         <v>1938</v>
       </c>
-      <c r="I87" s="3" t="s">
+      <c r="H87" s="3" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C88" s="8" t="s">
         <v>3407</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="D88" s="30" t="s">
         <v>1920</v>
       </c>
-      <c r="F88" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G88" s="12" t="s">
+      <c r="E88" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="H88" s="8" t="s">
+      <c r="F88" s="13" t="s">
+        <v>4974</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H88" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I88" s="3" t="s">
+      <c r="I88" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>3110</v>
+        <v>3109</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>3129</v>
-[...8 lines deleted...]
-        <v>2370</v>
+        <v>3128</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>2369</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>4976</v>
-[...4 lines deleted...]
-      <c r="H89" s="8" t="s">
+        <v>4975</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H89" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I89" s="3" t="s">
+      <c r="I89" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C90" s="8" t="s">
         <v>3410</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="D90" s="5" t="s">
+        <v>2959</v>
+      </c>
+      <c r="E90" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>4977</v>
-[...4 lines deleted...]
-      <c r="H90" s="8" t="s">
+        <v>4976</v>
+      </c>
+      <c r="G90" s="7" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H90" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="I90" s="3" t="s">
+      <c r="I90" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>3412</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="8" t="s">
         <v>3413</v>
       </c>
-      <c r="C91" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="D91" s="5" t="s">
         <v>1332</v>
       </c>
+      <c r="E91" s="1" t="s">
+        <v>1331</v>
+      </c>
       <c r="F91" s="1" t="s">
-        <v>4978</v>
-[...7 lines deleted...]
-      <c r="I91" s="3" t="s">
+        <v>4977</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>3036</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C92" s="8" t="s">
         <v>3415</v>
       </c>
-      <c r="B92" s="1" t="s">
-[...9 lines deleted...]
-        <v>2489</v>
+      <c r="D92" s="5" t="s">
+        <v>2927</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>2488</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>4979</v>
-[...7 lines deleted...]
-      <c r="I92" s="3" t="s">
+        <v>4978</v>
+      </c>
+      <c r="G92" s="7" t="s">
+        <v>4791</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C93" s="8" t="s">
         <v>3417</v>
       </c>
-      <c r="B93" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="D93" s="5" t="s">
         <v>1791</v>
       </c>
+      <c r="E93" s="1" t="s">
+        <v>1790</v>
+      </c>
       <c r="F93" s="1" t="s">
-        <v>4980</v>
-[...4 lines deleted...]
-      <c r="H93" s="8" t="s">
+        <v>4979</v>
+      </c>
+      <c r="G93" s="7" t="s">
         <v>1789</v>
       </c>
-      <c r="I93" s="3" t="s">
+      <c r="H93" s="3" t="s">
+        <v>1788</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B94" s="1" t="s">
         <v>3419</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="8" t="s">
         <v>3420</v>
       </c>
-      <c r="C94" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D94" s="32" t="s">
+      <c r="D94" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="E94" s="3" t="s">
-        <v>2536</v>
+      <c r="E94" s="1" t="s">
+        <v>2535</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>4981</v>
-[...4 lines deleted...]
-      <c r="H94" s="8" t="s">
+        <v>4980</v>
+      </c>
+      <c r="G94" s="7" t="s">
+        <v>3090</v>
+      </c>
+      <c r="H94" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="I94" s="3" t="s">
+      <c r="I94" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>3422</v>
+        <v>3421</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C95" s="8" t="s">
         <v>3424</v>
       </c>
-      <c r="C95" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D95" s="32" t="s">
+      <c r="D95" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="E95" s="3" t="s">
+      <c r="E95" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F95" s="1"/>
-      <c r="G95" s="12" t="s">
+      <c r="G95" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="H95" s="8" t="s">
+      <c r="H95" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I95" s="3" t="s">
+      <c r="I95" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C96" s="8" t="s">
         <v>3422</v>
       </c>
-      <c r="B96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D96" s="32" t="s">
+      <c r="D96" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="E96" s="3" t="s">
+      <c r="E96" s="1" t="s">
         <v>480</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>4982</v>
-[...1 lines deleted...]
-      <c r="G96" s="12" t="s">
+        <v>4981</v>
+      </c>
+      <c r="G96" s="7" t="s">
         <v>559</v>
       </c>
-      <c r="H96" s="8" t="s">
+      <c r="H96" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I96" s="3" t="s">
+      <c r="I96" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C97" s="8" t="s">
         <v>3426</v>
       </c>
-      <c r="B97" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="D97" s="5" t="s">
         <v>1358</v>
       </c>
+      <c r="E97" s="1" t="s">
+        <v>1357</v>
+      </c>
       <c r="F97" s="1" t="s">
-        <v>4984</v>
-[...4 lines deleted...]
-      <c r="H97" s="8" t="s">
+        <v>4983</v>
+      </c>
+      <c r="G97" s="7" t="s">
         <v>1356</v>
       </c>
-      <c r="I97" s="3" t="s">
+      <c r="H97" s="3" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>4858</v>
+        <v>4857</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>4857</v>
-[...7 lines deleted...]
-      <c r="E98" s="3" t="s">
+        <v>4856</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>3975</v>
+      </c>
+      <c r="D98" s="5" t="s">
         <v>1682</v>
       </c>
+      <c r="E98" s="1" t="s">
+        <v>1681</v>
+      </c>
       <c r="F98" s="1" t="s">
-        <v>4983</v>
-[...4 lines deleted...]
-      <c r="H98" s="8" t="s">
+        <v>4982</v>
+      </c>
+      <c r="G98" s="7" t="s">
         <v>1680</v>
       </c>
-      <c r="I98" s="3" t="s">
+      <c r="H98" s="3" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>4858</v>
+        <v>4857</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>3449</v>
-[...7 lines deleted...]
-      <c r="E99" s="3" t="s">
+        <v>3448</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>3978</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>1226</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>1225</v>
       </c>
       <c r="F99" s="1">
         <v>56993813661</v>
       </c>
-      <c r="G99" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H99" s="8" t="s">
+      <c r="G99" s="7" t="s">
         <v>1224</v>
       </c>
-      <c r="I99" s="3" t="s">
+      <c r="H99" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I99" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
+        <v>3427</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>3428</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="8" t="s">
         <v>3429</v>
       </c>
-      <c r="C100" s="36" t="s">
-[...6 lines deleted...]
-        <v>825</v>
+      <c r="D100" s="5" t="s">
+        <v>2906</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>824</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>4985</v>
-[...7 lines deleted...]
-      <c r="I100" s="3" t="s">
+        <v>4984</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>823</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I100" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>3431</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="8" t="s">
         <v>3432</v>
       </c>
-      <c r="C101" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="D101" s="5" t="s">
         <v>1620</v>
       </c>
+      <c r="E101" s="1" t="s">
+        <v>1619</v>
+      </c>
       <c r="F101" s="1" t="s">
-        <v>4986</v>
-[...4 lines deleted...]
-      <c r="H101" s="8" t="s">
+        <v>4985</v>
+      </c>
+      <c r="G101" s="7" t="s">
         <v>1618</v>
       </c>
-      <c r="I101" s="3" t="s">
+      <c r="H101" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="I101" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>3434</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="8" t="s">
         <v>3435</v>
       </c>
-      <c r="C102" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="D102" s="28" t="s">
         <v>987</v>
       </c>
+      <c r="E102" s="1" t="s">
+        <v>986</v>
+      </c>
       <c r="F102" s="1" t="s">
-        <v>4987</v>
-[...4 lines deleted...]
-      <c r="H102" s="8" t="s">
+        <v>4986</v>
+      </c>
+      <c r="G102" s="7" t="s">
         <v>985</v>
       </c>
-      <c r="I102" s="3" t="s">
+      <c r="H102" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B103" s="1" t="s">
         <v>3437</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="8" t="s">
         <v>3438</v>
       </c>
-      <c r="C103" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D103" s="32" t="s">
+      <c r="D103" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E103" s="3" t="s">
+      <c r="E103" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="F103" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H103" s="8" t="s">
+      <c r="F103" s="12" t="s">
+        <v>4987</v>
+      </c>
+      <c r="G103" s="7" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H103" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="I103" s="3" t="s">
+      <c r="I103" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B104" s="1" t="s">
         <v>3440</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C104" s="8" t="s">
         <v>3441</v>
       </c>
-      <c r="C104" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D104" s="32" t="s">
+      <c r="D104" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="E104" s="3" t="s">
+      <c r="E104" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>4989</v>
-[...1 lines deleted...]
-      <c r="G104" s="12" t="s">
+        <v>4988</v>
+      </c>
+      <c r="G104" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="H104" s="8" t="s">
+      <c r="H104" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="I104" s="3" t="s">
+      <c r="I104" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="121.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B105" s="1" t="s">
         <v>3443</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...20 lines deleted...]
-      <c r="I105" s="3" t="s">
+      <c r="C105" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>2835</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="F105" s="13" t="s">
+        <v>4989</v>
+      </c>
+      <c r="G105" s="7" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>2614</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B106" s="1" t="s">
         <v>3445</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="8" t="s">
         <v>3446</v>
       </c>
-      <c r="C106" s="36" t="s">
-[...6 lines deleted...]
-        <v>1918</v>
+      <c r="D106" s="5" t="s">
+        <v>2795</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>1917</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>4991</v>
-[...7 lines deleted...]
-      <c r="I106" s="3" t="s">
+        <v>4990</v>
+      </c>
+      <c r="G106" s="7" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" ht="114.75" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B107" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C107" s="8" t="s">
         <v>3449</v>
       </c>
-      <c r="C107" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D107" s="32" t="s">
+      <c r="D107" s="5" t="s">
         <v>202</v>
       </c>
-      <c r="E107" s="3" t="s">
+      <c r="E107" s="1" t="s">
         <v>201</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>4992</v>
-[...1 lines deleted...]
-      <c r="G107" s="12" t="s">
+        <v>4991</v>
+      </c>
+      <c r="G107" s="7" t="s">
         <v>200</v>
       </c>
-      <c r="H107" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I107" s="3" t="s">
+      <c r="H107" s="3" t="s">
+        <v>4837</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="C108" s="8" t="s">
         <v>3452</v>
       </c>
-      <c r="C108" s="36" t="s">
-[...6 lines deleted...]
-        <v>2422</v>
+      <c r="D108" s="5" t="s">
+        <v>2843</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>2421</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>4993</v>
-[...7 lines deleted...]
-      <c r="I108" s="3" t="s">
+        <v>4992</v>
+      </c>
+      <c r="G108" s="7" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>2622</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="C109" s="8" t="s">
         <v>3455</v>
       </c>
-      <c r="C109" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="D109" s="5" t="s">
         <v>1339</v>
       </c>
+      <c r="E109" s="1" t="s">
+        <v>1338</v>
+      </c>
       <c r="F109" s="1" t="s">
-        <v>4994</v>
-[...4 lines deleted...]
-      <c r="H109" s="8" t="s">
+        <v>4993</v>
+      </c>
+      <c r="G109" s="7" t="s">
         <v>1337</v>
       </c>
-      <c r="I109" s="3" t="s">
+      <c r="H109" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="C110" s="8" t="s">
         <v>3458</v>
       </c>
-      <c r="C110" s="36" t="s">
-[...6 lines deleted...]
-        <v>2478</v>
+      <c r="D110" s="29" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>2477</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>4995</v>
-[...1 lines deleted...]
-      <c r="G110" s="12" t="s">
+        <v>4994</v>
+      </c>
+      <c r="G110" s="7" t="s">
         <v>713</v>
       </c>
-      <c r="H110" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I110" s="3" t="s">
+      <c r="H110" s="3" t="s">
+        <v>2688</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C111" s="8" t="s">
         <v>3460</v>
       </c>
-      <c r="B111" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="D111" s="5" t="s">
         <v>2060</v>
       </c>
+      <c r="E111" s="1" t="s">
+        <v>2059</v>
+      </c>
       <c r="F111" s="1" t="s">
-        <v>4996</v>
-[...4 lines deleted...]
-      <c r="H111" s="8" t="s">
+        <v>4995</v>
+      </c>
+      <c r="G111" s="7" t="s">
         <v>2058</v>
       </c>
-      <c r="I111" s="3" t="s">
+      <c r="H111" s="3" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>3460</v>
+        <v>3459</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>3462</v>
-[...7 lines deleted...]
-      <c r="E112" s="3" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D112" s="5" t="s">
         <v>1573</v>
       </c>
+      <c r="E112" s="1" t="s">
+        <v>1572</v>
+      </c>
       <c r="F112" s="1" t="s">
-        <v>4997</v>
-[...4 lines deleted...]
-      <c r="H112" s="8" t="s">
+        <v>4996</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>4875</v>
+      </c>
+      <c r="H112" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I112" s="3" t="s">
+      <c r="I112" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
+        <v>4873</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>3823</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>4732</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>2976</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F113" s="1"/>
+      <c r="G113" s="7" t="s">
         <v>4874</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...18 lines deleted...]
-      <c r="I113" s="3" t="s">
+      <c r="H113" s="3" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C114" s="8" t="s">
         <v>3463</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...9 lines deleted...]
-        <v>2433</v>
+      <c r="D114" s="5" t="s">
+        <v>2857</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>2432</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>4998</v>
-[...4 lines deleted...]
-      <c r="H114" s="8" t="s">
+        <v>4997</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>4792</v>
+      </c>
+      <c r="H114" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I114" s="3" t="s">
+      <c r="I114" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
-        <v>3465</v>
+        <v>3464</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>3196</v>
-[...7 lines deleted...]
-      <c r="E115" s="3" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D115" s="5" t="s">
         <v>1666</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>1665</v>
       </c>
       <c r="F115" s="1">
         <v>56993813662</v>
       </c>
-      <c r="G115" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H115" s="8" t="s">
+      <c r="G115" s="7" t="s">
         <v>1664</v>
       </c>
-      <c r="I115" s="3" t="s">
+      <c r="H115" s="3" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
-        <v>3465</v>
+        <v>3464</v>
       </c>
       <c r="B116" s="1" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C116" s="8" t="s">
         <v>3469</v>
       </c>
-      <c r="C116" s="36" t="s">
-[...6 lines deleted...]
-        <v>2479</v>
+      <c r="D116" s="5" t="s">
+        <v>2915</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>2478</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>5000</v>
-[...1 lines deleted...]
-      <c r="G116" s="12" t="s">
+        <v>4999</v>
+      </c>
+      <c r="G116" s="7" t="s">
         <v>702</v>
       </c>
-      <c r="H116" s="8" t="s">
+      <c r="H116" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="I116" s="3" t="s">
+      <c r="I116" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B117" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="8" t="s">
         <v>3466</v>
       </c>
-      <c r="C117" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="D117" s="5" t="s">
         <v>1795</v>
       </c>
+      <c r="E117" s="1" t="s">
+        <v>1794</v>
+      </c>
       <c r="F117" s="1" t="s">
-        <v>4999</v>
-[...4 lines deleted...]
-      <c r="H117" s="8" t="s">
+        <v>4998</v>
+      </c>
+      <c r="G117" s="7" t="s">
         <v>1793</v>
       </c>
-      <c r="I117" s="3" t="s">
+      <c r="H117" s="3" t="s">
+        <v>1792</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>3471</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="8" t="s">
         <v>3472</v>
       </c>
-      <c r="C118" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="D118" s="5" t="s">
         <v>1276</v>
       </c>
+      <c r="E118" s="1" t="s">
+        <v>1275</v>
+      </c>
       <c r="F118" s="1" t="s">
-        <v>5001</v>
-[...4 lines deleted...]
-      <c r="H118" s="8" t="s">
+        <v>5000</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H118" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I118" s="3" t="s">
+      <c r="I118" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B119" s="1" t="s">
         <v>3474</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="8" t="s">
         <v>3475</v>
       </c>
-      <c r="C119" s="36" t="s">
-[...6 lines deleted...]
-        <v>2392</v>
+      <c r="D119" s="5" t="s">
+        <v>2804</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>2391</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>5002</v>
-[...7 lines deleted...]
-      <c r="I119" s="3" t="s">
+        <v>5001</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>3192</v>
-[...1 lines deleted...]
-      <c r="C120" s="36" t="s">
         <v>3191</v>
       </c>
-      <c r="D120" s="32" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="C120" s="8" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>2776</v>
+      </c>
+      <c r="E120" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="F120" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I120" s="3" t="s">
+      <c r="F120" s="12" t="s">
+        <v>5002</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I120" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>3161</v>
-[...4 lines deleted...]
-      <c r="D121" s="32" t="s">
+        <v>3160</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="E121" s="3" t="s">
+      <c r="E121" s="1" t="s">
         <v>361</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>5004</v>
-[...4 lines deleted...]
-      <c r="H121" s="8" t="s">
+        <v>5003</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H121" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="I121" s="3" t="s">
+      <c r="I121" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>3480</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="8" t="s">
         <v>3481</v>
       </c>
-      <c r="C122" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="D122" s="5" t="s">
         <v>1076</v>
       </c>
-      <c r="F122" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H122" s="8" t="s">
+      <c r="E122" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="I122" s="3" t="s">
+      <c r="F122" s="13" t="s">
+        <v>5004</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I122" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>3483</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="8" t="s">
         <v>3484</v>
       </c>
-      <c r="C123" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D123" s="32" t="s">
+      <c r="D123" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="E123" s="3" t="s">
+      <c r="E123" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>5006</v>
-[...4 lines deleted...]
-      <c r="H123" s="8" t="s">
+        <v>5005</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>3088</v>
+      </c>
+      <c r="H123" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="I123" s="3" t="s">
+      <c r="I123" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
+        <v>3485</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>3486</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="C124" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D124" s="5" t="s">
         <v>926</v>
       </c>
+      <c r="E124" s="1" t="s">
+        <v>925</v>
+      </c>
       <c r="F124" s="1" t="s">
-        <v>5007</v>
-[...4 lines deleted...]
-      <c r="H124" s="8" t="s">
+        <v>5006</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>924</v>
+      </c>
+      <c r="H124" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I124" s="3" t="s">
+      <c r="I124" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="B125" s="1" t="s">
         <v>3488</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="8" t="s">
         <v>3489</v>
       </c>
-      <c r="C125" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="D125" s="5" t="s">
         <v>2213</v>
       </c>
+      <c r="E125" s="1" t="s">
+        <v>2212</v>
+      </c>
       <c r="F125" s="1" t="s">
-        <v>5008</v>
-[...7 lines deleted...]
-      <c r="I125" s="3" t="s">
+        <v>5007</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>3491</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="8" t="s">
         <v>3492</v>
       </c>
-      <c r="C126" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D126" s="32" t="s">
+      <c r="D126" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="E126" s="3" t="s">
+      <c r="E126" s="1" t="s">
         <v>175</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>5009</v>
-[...1 lines deleted...]
-      <c r="G126" s="12" t="s">
+        <v>5008</v>
+      </c>
+      <c r="G126" s="7" t="s">
         <v>174</v>
       </c>
-      <c r="H126" s="8" t="s">
+      <c r="H126" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="I126" s="3" t="s">
+      <c r="I126" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C127" s="8" t="s">
         <v>3494</v>
       </c>
-      <c r="B127" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="D127" s="5" t="s">
         <v>1452</v>
       </c>
+      <c r="E127" s="1" t="s">
+        <v>1451</v>
+      </c>
       <c r="F127" s="1" t="s">
-        <v>5010</v>
-[...7 lines deleted...]
-      <c r="I127" s="3" t="s">
+        <v>5009</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>2626</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>3496</v>
       </c>
-      <c r="B128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D128" s="32" t="s">
+      <c r="C128" s="8" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D128" s="5" t="s">
         <v>712</v>
       </c>
-      <c r="E128" s="3" t="s">
+      <c r="E128" s="1" t="s">
         <v>711</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>5011</v>
-[...1 lines deleted...]
-      <c r="G128" s="12" t="s">
+        <v>5010</v>
+      </c>
+      <c r="G128" s="7" t="s">
         <v>710</v>
       </c>
-      <c r="H128" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I128" s="3" t="s">
+      <c r="H128" s="3" t="s">
+        <v>2689</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>3498</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="8" t="s">
         <v>3499</v>
       </c>
-      <c r="C129" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D129" s="32" t="s">
+      <c r="D129" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="E129" s="3" t="s">
+      <c r="E129" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>5012</v>
-[...1 lines deleted...]
-      <c r="G129" s="12" t="s">
+        <v>5011</v>
+      </c>
+      <c r="G129" s="7" t="s">
         <v>212</v>
       </c>
-      <c r="H129" s="8" t="s">
+      <c r="H129" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I129" s="3" t="s">
+      <c r="I129" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C130" s="8" t="s">
         <v>3196</v>
       </c>
-      <c r="B130" s="1" t="s">
-[...9 lines deleted...]
-        <v>2363</v>
+      <c r="D130" s="5" t="s">
+        <v>2768</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>2362</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>5013</v>
-[...7 lines deleted...]
-      <c r="I130" s="3" t="s">
+        <v>5012</v>
+      </c>
+      <c r="G130" s="7" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>2554</v>
+      </c>
+      <c r="I130" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
       <c r="B131" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C131" s="8" t="s">
         <v>3503</v>
       </c>
-      <c r="C131" s="36" t="s">
-[...6 lines deleted...]
-        <v>2407</v>
+      <c r="D131" s="5" t="s">
+        <v>2827</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>2406</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>5014</v>
-[...4 lines deleted...]
-      <c r="H131" s="8" t="s">
+        <v>5013</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>3018</v>
+      </c>
+      <c r="H131" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I131" s="3" t="s">
+      <c r="I131" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C132" s="8" t="s">
         <v>3507</v>
       </c>
-      <c r="C132" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D132" s="32" t="s">
+      <c r="D132" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="E132" s="3" t="s">
+      <c r="E132" s="1" t="s">
         <v>178</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>5015</v>
-[...1 lines deleted...]
-      <c r="G132" s="12" t="s">
+        <v>5014</v>
+      </c>
+      <c r="G132" s="7" t="s">
         <v>177</v>
       </c>
-      <c r="H132" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I132" s="3" t="s">
+      <c r="H132" s="3" t="s">
+        <v>2741</v>
+      </c>
+      <c r="I132" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
       <c r="B133" s="1" t="s">
+        <v>3504</v>
+      </c>
+      <c r="C133" s="8" t="s">
         <v>3505</v>
       </c>
-      <c r="C133" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D133" s="32" t="s">
+      <c r="D133" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="E133" s="3" t="s">
+      <c r="E133" s="1" t="s">
         <v>311</v>
       </c>
       <c r="F133" s="1">
         <v>56993813663</v>
       </c>
-      <c r="G133" s="12" t="s">
+      <c r="G133" s="7" t="s">
         <v>310</v>
       </c>
-      <c r="H133" s="8" t="s">
+      <c r="H133" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I133" s="3" t="s">
+      <c r="I133" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>3196</v>
+        <v>3195</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>3271</v>
-[...8 lines deleted...]
-        <v>908</v>
+        <v>3270</v>
+      </c>
+      <c r="C134" s="8" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>2901</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>907</v>
       </c>
       <c r="F134" s="1"/>
-      <c r="G134" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H134" s="8" t="s">
+      <c r="G134" s="7" t="s">
         <v>906</v>
       </c>
-      <c r="I134" s="3" t="s">
+      <c r="H134" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="I134" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B135" s="1" t="s">
         <v>3509</v>
       </c>
-      <c r="B135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D135" s="32" t="s">
+      <c r="C135" s="8" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D135" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="E135" s="3" t="s">
+      <c r="E135" s="1" t="s">
         <v>494</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>5016</v>
-[...1 lines deleted...]
-      <c r="G135" s="12" t="s">
+        <v>5015</v>
+      </c>
+      <c r="G135" s="7" t="s">
         <v>493</v>
       </c>
-      <c r="H135" s="8" t="s">
+      <c r="H135" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="I135" s="3" t="s">
+      <c r="I135" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C136" s="8" t="s">
         <v>3511</v>
       </c>
-      <c r="B136" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="D136" s="5" t="s">
         <v>1943</v>
       </c>
+      <c r="E136" s="1" t="s">
+        <v>1942</v>
+      </c>
       <c r="F136" s="1" t="s">
-        <v>5017</v>
-[...4 lines deleted...]
-      <c r="H136" s="8" t="s">
+        <v>5016</v>
+      </c>
+      <c r="G136" s="7" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H136" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I136" s="3" t="s">
+      <c r="I136" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
+        <v>3512</v>
+      </c>
+      <c r="B137" s="1" t="s">
         <v>3513</v>
       </c>
-      <c r="B137" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H137" s="8" t="s">
+      <c r="C137" s="8" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D137" s="27" t="s">
+        <v>2763</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>2355</v>
+      </c>
+      <c r="F137" s="12" t="s">
+        <v>5017</v>
+      </c>
+      <c r="G137" s="7" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H137" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I137" s="3" t="s">
+      <c r="I137" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>5692</v>
+        <v>5690</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>4175</v>
-[...19 lines deleted...]
-      <c r="I138" s="3" t="s">
+        <v>4174</v>
+      </c>
+      <c r="C138" s="8" t="s">
+        <v>4883</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>4910</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="F138" s="13" t="s">
+        <v>5019</v>
+      </c>
+      <c r="G138" s="8" t="s">
+        <v>4891</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>4895</v>
+      </c>
+      <c r="I138" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C139" s="8" t="s">
         <v>3515</v>
       </c>
-      <c r="B139" s="1" t="s">
-[...9 lines deleted...]
-        <v>2456</v>
+      <c r="D139" s="5" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>2455</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>5019</v>
-[...7 lines deleted...]
-      <c r="I139" s="3" t="s">
+        <v>5018</v>
+      </c>
+      <c r="G139" s="7" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>2662</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
+        <v>3516</v>
+      </c>
+      <c r="B140" s="1" t="s">
         <v>3517</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="C140" s="8" t="s">
         <v>3518</v>
       </c>
-      <c r="C140" s="36" t="s">
-[...6 lines deleted...]
-        <v>2525</v>
+      <c r="D140" s="5" t="s">
+        <v>2963</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>2524</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>5021</v>
-[...1 lines deleted...]
-      <c r="G140" s="12" t="s">
+        <v>5020</v>
+      </c>
+      <c r="G140" s="7" t="s">
         <v>218</v>
       </c>
-      <c r="H140" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I140" s="3" t="s">
+      <c r="H140" s="3" t="s">
+        <v>2736</v>
+      </c>
+      <c r="I140" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B141" s="1" t="s">
         <v>3520</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C141" s="8" t="s">
         <v>3521</v>
       </c>
-      <c r="C141" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="D141" s="5" t="s">
         <v>1319</v>
       </c>
+      <c r="E141" s="1" t="s">
+        <v>1318</v>
+      </c>
       <c r="F141" s="1" t="s">
-        <v>5022</v>
-[...4 lines deleted...]
-      <c r="H141" s="8" t="s">
+        <v>5021</v>
+      </c>
+      <c r="G141" s="7" t="s">
         <v>1317</v>
       </c>
-      <c r="I141" s="3" t="s">
+      <c r="H141" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I141" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>3418</v>
+      </c>
+      <c r="C142" s="8" t="s">
         <v>3523</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="D142" s="5" t="s">
         <v>1258</v>
       </c>
+      <c r="E142" s="1" t="s">
+        <v>1257</v>
+      </c>
       <c r="F142" s="1" t="s">
-        <v>5023</v>
-[...7 lines deleted...]
-      <c r="I142" s="3" t="s">
+        <v>5022</v>
+      </c>
+      <c r="G142" s="7" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I142" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
+        <v>3524</v>
+      </c>
+      <c r="B143" s="1" t="s">
         <v>3525</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="C143" s="8" t="s">
         <v>3526</v>
       </c>
-      <c r="C143" s="36" t="s">
-[...6 lines deleted...]
-        <v>1091</v>
+      <c r="D143" s="5" t="s">
+        <v>2817</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>1090</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>5024</v>
-[...7 lines deleted...]
-      <c r="I143" s="3" t="s">
+        <v>5023</v>
+      </c>
+      <c r="G143" s="7" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>2599</v>
+      </c>
+      <c r="I143" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>3108</v>
+        <v>3107</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>3151</v>
-[...7 lines deleted...]
-      <c r="E144" s="3" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D144" s="5" t="s">
         <v>2217</v>
       </c>
+      <c r="E144" s="1" t="s">
+        <v>2216</v>
+      </c>
       <c r="F144" s="1" t="s">
-        <v>5025</v>
-[...4 lines deleted...]
-      <c r="H144" s="8" t="s">
+        <v>5024</v>
+      </c>
+      <c r="G144" s="7" t="s">
         <v>2215</v>
       </c>
-      <c r="I144" s="3" t="s">
+      <c r="H144" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I144" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
-        <v>3108</v>
+        <v>3107</v>
       </c>
       <c r="B145" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C145" s="8" t="s">
         <v>3529</v>
       </c>
-      <c r="C145" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D145" s="32" t="s">
+      <c r="D145" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="E145" s="3" t="s">
+      <c r="E145" s="1" t="s">
         <v>374</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>5026</v>
-[...1 lines deleted...]
-      <c r="G145" s="12" t="s">
+        <v>5025</v>
+      </c>
+      <c r="G145" s="7" t="s">
         <v>373</v>
       </c>
-      <c r="H145" s="8" t="s">
+      <c r="H145" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="I145" s="3" t="s">
+      <c r="I145" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:15" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B146" s="1" t="s">
         <v>3531</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="C146" s="8" t="s">
         <v>3532</v>
       </c>
-      <c r="C146" s="36" t="s">
-[...6 lines deleted...]
-        <v>2445</v>
+      <c r="D146" s="5" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>2444</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>5027</v>
-[...7 lines deleted...]
-      <c r="I146" s="3" t="s">
+        <v>5026</v>
+      </c>
+      <c r="G146" s="7" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>2648</v>
+      </c>
+      <c r="I146" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B147" s="1" t="s">
         <v>3534</v>
       </c>
-      <c r="B147" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C147" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D147" s="5" t="s">
         <v>923</v>
       </c>
+      <c r="E147" s="1" t="s">
+        <v>922</v>
+      </c>
       <c r="F147" s="1"/>
-      <c r="G147" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H147" s="8" t="s">
+      <c r="G147" s="7" t="s">
+        <v>921</v>
+      </c>
+      <c r="H147" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I147" s="3" t="s">
+      <c r="I147" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:15" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
+        <v>3535</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>3536</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="8" t="s">
         <v>3537</v>
       </c>
-      <c r="C148" s="36" t="s">
-[...6 lines deleted...]
-        <v>2418</v>
+      <c r="D148" s="31" t="s">
+        <v>1524</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>2417</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>5028</v>
-[...15 lines deleted...]
-      <c r="O148" s="6"/>
+        <v>5027</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J148" s="32"/>
+      <c r="K148" s="32"/>
+      <c r="L148" s="32"/>
+      <c r="M148" s="32"/>
+      <c r="N148" s="32"/>
+      <c r="O148" s="32"/>
     </row>
     <row r="149" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="B149" s="1" t="s">
         <v>3539</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="C149" s="8" t="s">
         <v>3540</v>
       </c>
-      <c r="C149" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="D149" s="5" t="s">
         <v>1381</v>
       </c>
+      <c r="E149" s="1" t="s">
+        <v>1380</v>
+      </c>
       <c r="F149" s="1" t="s">
-        <v>5029</v>
-[...7 lines deleted...]
-      <c r="I149" s="3" t="s">
+        <v>5028</v>
+      </c>
+      <c r="G149" s="7" t="s">
+        <v>4833</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I149" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A150" s="1" t="s">
-        <v>3542</v>
+        <v>3541</v>
       </c>
       <c r="B150" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C150" s="8" t="s">
         <v>3547</v>
       </c>
-      <c r="C150" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D150" s="32" t="s">
+      <c r="D150" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="E150" s="3" t="s">
+      <c r="E150" s="1" t="s">
         <v>101</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>5031</v>
-[...1 lines deleted...]
-      <c r="G150" s="12" t="s">
+        <v>5030</v>
+      </c>
+      <c r="G150" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="H150" s="8" t="s">
+      <c r="H150" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="I150" s="3" t="s">
+      <c r="I150" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A151" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B151" s="1" t="s">
         <v>3542</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C151" s="8" t="s">
         <v>3543</v>
       </c>
-      <c r="C151" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="D151" s="5" t="s">
         <v>2210</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>2209</v>
       </c>
       <c r="F151" s="1">
         <v>56993813664</v>
       </c>
-      <c r="G151" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I151" s="3" t="s">
+      <c r="G151" s="7" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="I151" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A152" s="1" t="s">
-        <v>3542</v>
+        <v>3541</v>
       </c>
       <c r="B152" s="1" t="s">
+        <v>3544</v>
+      </c>
+      <c r="C152" s="8" t="s">
         <v>3545</v>
       </c>
-      <c r="C152" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="D152" s="5" t="s">
         <v>1329</v>
       </c>
+      <c r="E152" s="1" t="s">
+        <v>1328</v>
+      </c>
       <c r="F152" s="1" t="s">
-        <v>5030</v>
-[...4 lines deleted...]
-      <c r="H152" s="8" t="s">
+        <v>5029</v>
+      </c>
+      <c r="G152" s="7" t="s">
         <v>1327</v>
       </c>
-      <c r="I152" s="3" t="s">
+      <c r="H152" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I152" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A153" s="1" t="s">
-        <v>3503</v>
+        <v>3502</v>
       </c>
       <c r="B153" s="1" t="s">
+        <v>3548</v>
+      </c>
+      <c r="C153" s="8" t="s">
         <v>3549</v>
       </c>
-      <c r="C153" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="D153" s="5" t="s">
         <v>1623</v>
       </c>
+      <c r="E153" s="1" t="s">
+        <v>1622</v>
+      </c>
       <c r="F153" s="1" t="s">
-        <v>5032</v>
-[...7 lines deleted...]
-      <c r="I153" s="3" t="s">
+        <v>5031</v>
+      </c>
+      <c r="G153" s="7" t="s">
+        <v>4793</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I153" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A154" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C154" s="8" t="s">
         <v>3551</v>
       </c>
-      <c r="B154" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D154" s="32" t="s">
+      <c r="D154" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="E154" s="3" t="s">
+      <c r="E154" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H154" s="8" t="s">
+      <c r="F154" s="12" t="s">
+        <v>5032</v>
+      </c>
+      <c r="G154" s="7" t="s">
+        <v>3070</v>
+      </c>
+      <c r="H154" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="I154" s="3" t="s">
+      <c r="I154" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A155" s="1" t="s">
-        <v>3553</v>
+        <v>3552</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>3122</v>
-[...8 lines deleted...]
-        <v>1398</v>
+        <v>3121</v>
+      </c>
+      <c r="C155" s="8" t="s">
+        <v>5695</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>2851</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>1397</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>5034</v>
-[...4 lines deleted...]
-      <c r="H155" s="8" t="s">
+        <v>5033</v>
+      </c>
+      <c r="G155" s="7" t="s">
         <v>1396</v>
       </c>
-      <c r="I155" s="3" t="s">
+      <c r="H155" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I155" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A156" s="1" t="s">
-        <v>3118</v>
+        <v>3117</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>3154</v>
-[...19 lines deleted...]
-      <c r="I156" s="3" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>2793</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>2382</v>
+      </c>
+      <c r="F156" s="13" t="s">
+        <v>5034</v>
+      </c>
+      <c r="G156" s="7" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>2579</v>
+      </c>
+      <c r="I156" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A157" s="1" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B157" s="1" t="s">
         <v>3555</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C157" s="8" t="s">
         <v>3556</v>
       </c>
-      <c r="C157" s="36" t="s">
-[...6 lines deleted...]
-        <v>2457</v>
+      <c r="D157" s="5" t="s">
+        <v>2881</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>2456</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>5036</v>
-[...7 lines deleted...]
-      <c r="I157" s="3" t="s">
+        <v>5035</v>
+      </c>
+      <c r="G157" s="7" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>2663</v>
+      </c>
+      <c r="I157" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A158" s="1" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B158" s="1" t="s">
         <v>3558</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C158" s="8" t="s">
         <v>3559</v>
       </c>
-      <c r="C158" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D158" s="44" t="s">
+      <c r="D158" s="28" t="s">
         <v>689</v>
       </c>
-      <c r="E158" s="3" t="s">
+      <c r="E158" s="1" t="s">
         <v>688</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>5037</v>
-[...4 lines deleted...]
-      <c r="H158" s="8" t="s">
+        <v>5036</v>
+      </c>
+      <c r="G158" s="7" t="s">
+        <v>4794</v>
+      </c>
+      <c r="H158" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="I158" s="3" t="s">
+      <c r="I158" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A159" s="1" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>3109</v>
-[...4 lines deleted...]
-      <c r="D159" s="32" t="s">
+        <v>3108</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>3563</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="E159" s="3" t="s">
+      <c r="E159" s="1" t="s">
         <v>129</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>5041</v>
-[...1 lines deleted...]
-      <c r="G159" s="12" t="s">
+        <v>5040</v>
+      </c>
+      <c r="G159" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="H159" s="8" t="s">
+      <c r="H159" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="I159" s="3" t="s">
+      <c r="I159" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A160" s="1" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
       <c r="B160" s="1" t="s">
+        <v>3560</v>
+      </c>
+      <c r="C160" s="8" t="s">
         <v>3561</v>
       </c>
-      <c r="C160" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="D160" s="5" t="s">
         <v>2248</v>
       </c>
+      <c r="E160" s="1" t="s">
+        <v>2247</v>
+      </c>
       <c r="F160" s="1" t="s">
-        <v>5038</v>
-[...4 lines deleted...]
-      <c r="H160" s="8" t="s">
+        <v>5037</v>
+      </c>
+      <c r="G160" s="7" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H160" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I160" s="3" t="s">
+      <c r="I160" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A161" s="1" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>3116</v>
-[...7 lines deleted...]
-      <c r="E161" s="3" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D161" s="5" t="s">
         <v>1994</v>
       </c>
+      <c r="E161" s="1" t="s">
+        <v>1993</v>
+      </c>
       <c r="F161" s="1" t="s">
-        <v>5039</v>
-[...4 lines deleted...]
-      <c r="H161" s="8" t="s">
+        <v>5038</v>
+      </c>
+      <c r="G161" s="7" t="s">
         <v>1992</v>
       </c>
-      <c r="I161" s="3" t="s">
+      <c r="H161" s="3" t="s">
+        <v>1991</v>
+      </c>
+      <c r="I161" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A162" s="1" t="s">
-        <v>3398</v>
+        <v>3397</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>4856</v>
-[...7 lines deleted...]
-      <c r="E162" s="3" t="s">
+        <v>4855</v>
+      </c>
+      <c r="C162" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D162" s="5" t="s">
         <v>920</v>
       </c>
+      <c r="E162" s="1" t="s">
+        <v>919</v>
+      </c>
       <c r="F162" s="1" t="s">
-        <v>5040</v>
-[...4 lines deleted...]
-      <c r="H162" s="8" t="s">
+        <v>5039</v>
+      </c>
+      <c r="G162" s="7" t="s">
+        <v>3055</v>
+      </c>
+      <c r="H162" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I162" s="3" t="s">
+      <c r="I162" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A163" s="1" t="s">
-        <v>3398</v>
+        <v>3397</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>3545</v>
-[...7 lines deleted...]
-      <c r="E163" s="3" t="s">
+        <v>3544</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D163" s="5" t="s">
         <v>1675</v>
       </c>
+      <c r="E163" s="1" t="s">
+        <v>1674</v>
+      </c>
       <c r="F163" s="1" t="s">
-        <v>5042</v>
-[...4 lines deleted...]
-      <c r="H163" s="8" t="s">
+        <v>5041</v>
+      </c>
+      <c r="G163" s="7" t="s">
         <v>1673</v>
       </c>
-      <c r="I163" s="3" t="s">
+      <c r="H163" s="3" t="s">
+        <v>1672</v>
+      </c>
+      <c r="I163" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A164" s="1" t="s">
-        <v>4859</v>
+        <v>4858</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>4538</v>
-[...7 lines deleted...]
-      <c r="E164" s="3" t="s">
+        <v>4537</v>
+      </c>
+      <c r="C164" s="8" t="s">
+        <v>3569</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>2080</v>
       </c>
+      <c r="E164" s="1" t="s">
+        <v>2079</v>
+      </c>
       <c r="F164" s="1"/>
-      <c r="G164" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H164" s="8" t="s">
+      <c r="G164" s="7" t="s">
         <v>2078</v>
       </c>
-      <c r="I164" s="3" t="s">
+      <c r="H164" s="3" t="s">
+        <v>2077</v>
+      </c>
+      <c r="I164" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A165" s="1" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>3566</v>
       </c>
-      <c r="B165" s="1" t="s">
-[...9 lines deleted...]
-        <v>2526</v>
+      <c r="C165" s="8" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>2525</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>5043</v>
-[...1 lines deleted...]
-      <c r="G165" s="12" t="s">
+        <v>5042</v>
+      </c>
+      <c r="G165" s="7" t="s">
         <v>217</v>
       </c>
-      <c r="H165" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I165" s="3" t="s">
+      <c r="H165" s="3" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I165" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A166" s="1" t="s">
+        <v>3567</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C166" s="8" t="s">
         <v>3568</v>
       </c>
-      <c r="B166" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="D166" s="5" t="s">
         <v>1071</v>
       </c>
+      <c r="E166" s="1" t="s">
+        <v>1070</v>
+      </c>
       <c r="F166" s="1" t="s">
-        <v>5044</v>
-[...7 lines deleted...]
-      <c r="I166" s="3" t="s">
+        <v>5043</v>
+      </c>
+      <c r="G166" s="7" t="s">
+        <v>4795</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="I166" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="1" t="s">
-        <v>3571</v>
+        <v>3570</v>
       </c>
       <c r="B167" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C167" s="8" t="s">
         <v>3576</v>
       </c>
-      <c r="C167" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D167" s="32" t="s">
+      <c r="D167" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="E167" s="3" t="s">
+      <c r="E167" s="1" t="s">
         <v>421</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>5046</v>
-[...1 lines deleted...]
-      <c r="G167" s="12" t="s">
+        <v>5045</v>
+      </c>
+      <c r="G167" s="7" t="s">
         <v>420</v>
       </c>
-      <c r="H167" s="8" t="s">
+      <c r="H167" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="I167" s="3" t="s">
+      <c r="I167" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A168" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="B168" s="1" t="s">
         <v>3571</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C168" s="8" t="s">
         <v>3572</v>
       </c>
-      <c r="C168" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="D168" s="5" t="s">
         <v>1778</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>1777</v>
       </c>
       <c r="F168" s="1">
         <v>56993813665</v>
       </c>
-      <c r="G168" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I168" s="3" t="s">
+      <c r="G168" s="7" t="s">
+        <v>3012</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I168" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A169" s="1" t="s">
-        <v>3571</v>
+        <v>3570</v>
       </c>
       <c r="B169" s="1" t="s">
+        <v>3573</v>
+      </c>
+      <c r="C169" s="8" t="s">
         <v>3574</v>
       </c>
-      <c r="C169" s="36" t="s">
-[...6 lines deleted...]
-        <v>2404</v>
+      <c r="D169" s="5" t="s">
+        <v>2821</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>2403</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>5045</v>
-[...7 lines deleted...]
-      <c r="I169" s="3" t="s">
+        <v>5044</v>
+      </c>
+      <c r="G169" s="7" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>2602</v>
+      </c>
+      <c r="I169" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A170" s="1" t="s">
+        <v>3577</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>3578</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="8" t="s">
         <v>3579</v>
       </c>
-      <c r="C170" s="36" t="s">
-[...6 lines deleted...]
-        <v>2354</v>
+      <c r="D170" s="5" t="s">
+        <v>2761</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>2353</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>5047</v>
-[...7 lines deleted...]
-      <c r="I170" s="3" t="s">
+        <v>5046</v>
+      </c>
+      <c r="G170" s="7" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I170" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A171" s="1" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>3581</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C171" s="8" t="s">
         <v>3582</v>
       </c>
-      <c r="C171" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D171" s="32" t="s">
+      <c r="D171" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="E171" s="3" t="s">
+      <c r="E171" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="F171" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G171" s="12" t="s">
+      <c r="F171" s="12" t="s">
+        <v>5047</v>
+      </c>
+      <c r="G171" s="7" t="s">
         <v>783</v>
       </c>
-      <c r="H171" s="8" t="s">
+      <c r="H171" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="I171" s="3" t="s">
+      <c r="I171" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A172" s="1" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C172" s="8" t="s">
         <v>3584</v>
       </c>
-      <c r="B172" s="1" t="s">
-[...9 lines deleted...]
-        <v>2381</v>
+      <c r="D172" s="5" t="s">
+        <v>2791</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>2380</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>5049</v>
-[...7 lines deleted...]
-      <c r="I172" s="3" t="s">
+        <v>5048</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I172" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
+        <v>3585</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>3586</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="8" t="s">
         <v>3587</v>
       </c>
-      <c r="C173" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D173" s="32" t="s">
+      <c r="D173" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="E173" s="3" t="s">
+      <c r="E173" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F173" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G173" s="12" t="s">
+      <c r="F173" s="13" t="s">
+        <v>5049</v>
+      </c>
+      <c r="G173" s="7" t="s">
         <v>512</v>
       </c>
-      <c r="H173" s="8" t="s">
+      <c r="H173" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I173" s="3" t="s">
+      <c r="I173" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A174" s="1" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>3589</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="8" t="s">
         <v>3590</v>
       </c>
-      <c r="C174" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="D174" s="5" t="s">
         <v>1057</v>
       </c>
+      <c r="E174" s="1" t="s">
+        <v>1056</v>
+      </c>
       <c r="F174" s="1" t="s">
-        <v>5051</v>
-[...4 lines deleted...]
-      <c r="H174" s="8" t="s">
+        <v>5050</v>
+      </c>
+      <c r="G174" s="7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H174" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="I174" s="3" t="s">
+      <c r="I174" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
-        <v>3424</v>
+        <v>3423</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>3106</v>
-[...8 lines deleted...]
-        <v>1071</v>
+        <v>3105</v>
+      </c>
+      <c r="C175" s="8" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>1070</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>5052</v>
-[...7 lines deleted...]
-      <c r="I175" s="3" t="s">
+        <v>5051</v>
+      </c>
+      <c r="G175" s="7" t="s">
+        <v>4796</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="I175" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>3593</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="8" t="s">
         <v>3594</v>
       </c>
-      <c r="C176" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D176" s="48" t="s">
+      <c r="D176" s="33" t="s">
         <v>477</v>
       </c>
-      <c r="E176" s="3" t="s">
+      <c r="E176" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>5053</v>
-[...1 lines deleted...]
-      <c r="G176" s="12" t="s">
+        <v>5052</v>
+      </c>
+      <c r="G176" s="7" t="s">
         <v>476</v>
       </c>
-      <c r="H176" s="8" t="s">
+      <c r="H176" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I176" s="3" t="s">
+      <c r="I176" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A177" s="1" t="s">
-        <v>3593</v>
+        <v>3592</v>
       </c>
       <c r="B177" s="1" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C177" s="8" t="s">
         <v>3596</v>
       </c>
-      <c r="C177" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D177" s="32" t="s">
+      <c r="D177" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="E177" s="3" t="s">
+      <c r="E177" s="1" t="s">
         <v>359</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>5054</v>
-[...4 lines deleted...]
-      <c r="H177" s="8" t="s">
+        <v>5053</v>
+      </c>
+      <c r="G177" s="7" t="s">
+        <v>3073</v>
+      </c>
+      <c r="H177" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="I177" s="3" t="s">
+      <c r="I177" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A178" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>3598</v>
       </c>
-      <c r="B178" s="1" t="s">
-[...9 lines deleted...]
-        <v>2499</v>
+      <c r="C178" s="8" t="s">
+        <v>4851</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>2937</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>2498</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>5055</v>
-[...1 lines deleted...]
-      <c r="G178" s="12" t="s">
+        <v>5054</v>
+      </c>
+      <c r="G178" s="7" t="s">
         <v>460</v>
       </c>
-      <c r="H178" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I178" s="3" t="s">
+      <c r="H178" s="3" t="s">
+        <v>2713</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A179" s="1" t="s">
-        <v>3600</v>
+        <v>3599</v>
       </c>
       <c r="B179" s="1" t="s">
+        <v>3602</v>
+      </c>
+      <c r="C179" s="8" t="s">
         <v>3603</v>
       </c>
-      <c r="C179" s="36" t="s">
-[...6 lines deleted...]
-        <v>2514</v>
+      <c r="D179" s="5" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>2513</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>5057</v>
-[...1 lines deleted...]
-      <c r="G179" s="12" t="s">
+        <v>5056</v>
+      </c>
+      <c r="G179" s="7" t="s">
         <v>353</v>
       </c>
-      <c r="H179" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I179" s="3" t="s">
+      <c r="H179" s="3" t="s">
+        <v>2725</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A180" s="1" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B180" s="1" t="s">
         <v>3600</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C180" s="8" t="s">
         <v>3601</v>
       </c>
-      <c r="C180" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="D180" s="5" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E180" s="1" t="s">
         <v>454</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>5056</v>
-[...4 lines deleted...]
-      <c r="H180" s="8" t="s">
+        <v>5055</v>
+      </c>
+      <c r="G180" s="7" t="s">
+        <v>4797</v>
+      </c>
+      <c r="H180" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="I180" s="3" t="s">
+      <c r="I180" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A181" s="1" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>3605</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="8" t="s">
         <v>3606</v>
       </c>
-      <c r="C181" s="36" t="s">
+      <c r="D181" s="5" t="s">
+        <v>2981</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="F181" s="1"/>
+      <c r="G181" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A182" s="1" t="s">
         <v>3607</v>
       </c>
-      <c r="D181" s="32" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="B182" s="1" t="s">
-        <v>3326</v>
-[...7 lines deleted...]
-      <c r="E182" s="3" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C182" s="8" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E182" s="1" t="s">
         <v>755</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>5058</v>
-[...4 lines deleted...]
-      <c r="H182" s="8" t="s">
+        <v>5057</v>
+      </c>
+      <c r="G182" s="7" t="s">
         <v>1324</v>
       </c>
-      <c r="I182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O182" s="5"/>
+      <c r="H182" s="3" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J182" s="22"/>
+      <c r="K182" s="22"/>
+      <c r="L182" s="22"/>
+      <c r="M182" s="22"/>
+      <c r="N182" s="22"/>
+      <c r="O182" s="22"/>
     </row>
     <row r="183" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A183" s="1" t="s">
-        <v>3609</v>
+        <v>3608</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>3140</v>
-[...8 lines deleted...]
-        <v>1687</v>
+        <v>3139</v>
+      </c>
+      <c r="C183" s="8" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>2823</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>1686</v>
       </c>
       <c r="F183" s="1">
         <v>56993813666</v>
       </c>
-      <c r="G183" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H183" s="8" t="s">
+      <c r="G183" s="7" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H183" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I183" s="3" t="s">
+      <c r="I183" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A184" s="1" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>3609</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="8" t="s">
         <v>3610</v>
       </c>
-      <c r="C184" s="36" t="s">
-[...6 lines deleted...]
-        <v>2399</v>
+      <c r="D184" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>2398</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>5059</v>
-[...4 lines deleted...]
-      <c r="H184" s="8" t="s">
+        <v>5058</v>
+      </c>
+      <c r="G184" s="7" t="s">
         <v>1733</v>
       </c>
-      <c r="I184" s="3" t="s">
+      <c r="H184" s="3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I184" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A185" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B185" s="1" t="s">
         <v>3613</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C185" s="8" t="s">
         <v>3614</v>
       </c>
-      <c r="C185" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="D185" s="5" t="s">
         <v>1932</v>
       </c>
+      <c r="E185" s="1" t="s">
+        <v>1931</v>
+      </c>
       <c r="F185" s="1" t="s">
-        <v>5060</v>
-[...4 lines deleted...]
-      <c r="H185" s="8" t="s">
+        <v>5059</v>
+      </c>
+      <c r="G185" s="7" t="s">
         <v>1930</v>
       </c>
-      <c r="I185" s="3" t="s">
+      <c r="H185" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I185" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A186" s="1" t="s">
-        <v>3507</v>
+        <v>3506</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>3440</v>
-[...4 lines deleted...]
-      <c r="D186" s="32" t="s">
+        <v>3439</v>
+      </c>
+      <c r="C186" s="8" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D186" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="E186" s="3" t="s">
+      <c r="E186" s="1" t="s">
         <v>504</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>5063</v>
-[...1 lines deleted...]
-      <c r="G186" s="12" t="s">
+        <v>5062</v>
+      </c>
+      <c r="G186" s="7" t="s">
         <v>503</v>
       </c>
-      <c r="H186" s="8" t="s">
+      <c r="H186" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="I186" s="3" t="s">
+      <c r="I186" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A187" s="1" t="s">
-        <v>3507</v>
+        <v>3506</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>3106</v>
-[...8 lines deleted...]
-        <v>1063</v>
+        <v>3105</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D187" s="29" t="s">
+        <v>2888</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>1062</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>5061</v>
-[...7 lines deleted...]
-      <c r="I187" s="3" t="s">
+        <v>5060</v>
+      </c>
+      <c r="G187" s="7" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I187" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A188" s="1" t="s">
-        <v>3507</v>
+        <v>3506</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>3277</v>
-[...4 lines deleted...]
-      <c r="D188" s="32" t="s">
+        <v>3276</v>
+      </c>
+      <c r="C188" s="8" t="s">
+        <v>3616</v>
+      </c>
+      <c r="D188" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="E188" s="3" t="s">
+      <c r="E188" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G188" s="12" t="s">
+      <c r="F188" s="12" t="s">
+        <v>5061</v>
+      </c>
+      <c r="G188" s="7" t="s">
         <v>507</v>
       </c>
-      <c r="H188" s="8" t="s">
+      <c r="H188" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="I188" s="3" t="s">
+      <c r="I188" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A189" s="1" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B189" s="1" t="s">
         <v>3619</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="C189" s="8" t="s">
         <v>3620</v>
       </c>
-      <c r="C189" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="D189" s="5" t="s">
         <v>2024</v>
       </c>
+      <c r="E189" s="1" t="s">
+        <v>2023</v>
+      </c>
       <c r="F189" s="1" t="s">
-        <v>5064</v>
-[...4 lines deleted...]
-      <c r="H189" s="8" t="s">
+        <v>5063</v>
+      </c>
+      <c r="G189" s="7" t="s">
         <v>2022</v>
       </c>
-      <c r="I189" s="3" t="s">
+      <c r="H189" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I189" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A190" s="1" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B190" s="1" t="s">
         <v>3622</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="C190" s="8" t="s">
         <v>3623</v>
       </c>
-      <c r="C190" s="36" t="s">
-[...14 lines deleted...]
-      <c r="H190" s="8" t="s">
+      <c r="D190" s="5" t="s">
+        <v>2864</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="F190" s="13" t="s">
+        <v>5064</v>
+      </c>
+      <c r="G190" s="7" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H190" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I190" s="3" t="s">
+      <c r="I190" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A191" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C191" s="8" t="s">
         <v>3625</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...9 lines deleted...]
-        <v>2374</v>
+      <c r="D191" s="5" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>2373</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>5066</v>
-[...7 lines deleted...]
-      <c r="I191" s="3" t="s">
+        <v>5065</v>
+      </c>
+      <c r="G191" s="7" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>2564</v>
+      </c>
+      <c r="I191" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A192" s="1" t="s">
-        <v>3625</v>
+        <v>3624</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>3627</v>
-[...4 lines deleted...]
-      <c r="D192" s="32" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C192" s="8" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D192" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="E192" s="3" t="s">
+      <c r="E192" s="1" t="s">
         <v>490</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>5067</v>
-[...1 lines deleted...]
-      <c r="G192" s="12" t="s">
+        <v>5066</v>
+      </c>
+      <c r="G192" s="7" t="s">
         <v>489</v>
       </c>
-      <c r="H192" s="8" t="s">
+      <c r="H192" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="I192" s="3" t="s">
+      <c r="I192" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:15" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>3407</v>
-[...8 lines deleted...]
-        <v>2481</v>
+        <v>3406</v>
+      </c>
+      <c r="C193" s="8" t="s">
+        <v>3633</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>2918</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>2480</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>5072</v>
-[...7 lines deleted...]
-      <c r="I193" s="3" t="s">
+        <v>5071</v>
+      </c>
+      <c r="G193" s="7" t="s">
+        <v>4799</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="I193" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B194" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C194" s="8" t="s">
         <v>3631</v>
       </c>
-      <c r="C194" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D194" s="32" t="s">
+      <c r="D194" s="5" t="s">
         <v>683</v>
       </c>
-      <c r="E194" s="3" t="s">
+      <c r="E194" s="1" t="s">
         <v>682</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>5070</v>
-[...1 lines deleted...]
-      <c r="G194" s="12" t="s">
+        <v>5069</v>
+      </c>
+      <c r="G194" s="7" t="s">
         <v>681</v>
       </c>
-      <c r="H194" s="8" t="s">
+      <c r="H194" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I194" s="3" t="s">
+      <c r="I194" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B195" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="C195" s="8" t="s">
         <v>3628</v>
       </c>
-      <c r="C195" s="36" t="s">
-[...6 lines deleted...]
-        <v>2400</v>
+      <c r="D195" s="5" t="s">
+        <v>2814</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>2399</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>5068</v>
-[...7 lines deleted...]
-      <c r="I195" s="3" t="s">
+        <v>5067</v>
+      </c>
+      <c r="G195" s="7" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I195" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>3635</v>
-[...4 lines deleted...]
-      <c r="D196" s="32" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C196" s="8" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D196" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="E196" s="3" t="s">
+      <c r="E196" s="1" t="s">
         <v>474</v>
       </c>
       <c r="F196" s="1"/>
-      <c r="G196" s="12" t="s">
+      <c r="G196" s="7" t="s">
         <v>473</v>
       </c>
-      <c r="H196" s="8" t="s">
+      <c r="H196" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I196" s="3" t="s">
+      <c r="I196" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>3633</v>
-[...1 lines deleted...]
-      <c r="C197" s="36" t="s">
         <v>3632</v>
       </c>
-      <c r="D197" s="32" t="s">
+      <c r="C197" s="8" t="s">
+        <v>3631</v>
+      </c>
+      <c r="D197" s="5" t="s">
         <v>680</v>
       </c>
-      <c r="E197" s="3" t="s">
+      <c r="E197" s="1" t="s">
         <v>679</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>5071</v>
-[...1 lines deleted...]
-      <c r="G197" s="12" t="s">
+        <v>5070</v>
+      </c>
+      <c r="G197" s="7" t="s">
         <v>678</v>
       </c>
-      <c r="H197" s="8" t="s">
+      <c r="H197" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="I197" s="3" t="s">
+      <c r="I197" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>3387</v>
+        <v>3386</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>3401</v>
-[...7 lines deleted...]
-      <c r="E198" s="3" t="s">
+        <v>3400</v>
+      </c>
+      <c r="C198" s="8" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D198" s="5" t="s">
         <v>894</v>
       </c>
+      <c r="E198" s="1" t="s">
+        <v>893</v>
+      </c>
       <c r="F198" s="1" t="s">
-        <v>5069</v>
-[...7 lines deleted...]
-      <c r="I198" s="3" t="s">
+        <v>5068</v>
+      </c>
+      <c r="G198" s="7" t="s">
+        <v>4798</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="I198" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
-        <v>3601</v>
+        <v>3600</v>
       </c>
       <c r="B199" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="C199" s="8" t="s">
         <v>3636</v>
       </c>
-      <c r="C199" s="36" t="s">
-[...6 lines deleted...]
-        <v>2487</v>
+      <c r="D199" s="5" t="s">
+        <v>2925</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>2486</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>5073</v>
-[...1 lines deleted...]
-      <c r="G199" s="12" t="s">
+        <v>5072</v>
+      </c>
+      <c r="G199" s="7" t="s">
         <v>631</v>
       </c>
-      <c r="H199" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I199" s="3" t="s">
+      <c r="H199" s="3" t="s">
+        <v>2700</v>
+      </c>
+      <c r="I199" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>3601</v>
+        <v>3600</v>
       </c>
       <c r="B200" s="1" t="s">
+        <v>3637</v>
+      </c>
+      <c r="C200" s="8" t="s">
         <v>3638</v>
       </c>
-      <c r="C200" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D200" s="32" t="s">
+      <c r="D200" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="E200" s="3" t="s">
+      <c r="E200" s="1" t="s">
         <v>451</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>5074</v>
-[...1 lines deleted...]
-      <c r="G200" s="12" t="s">
+        <v>5073</v>
+      </c>
+      <c r="G200" s="7" t="s">
         <v>450</v>
       </c>
-      <c r="H200" s="8" t="s">
+      <c r="H200" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="I200" s="3" t="s">
+      <c r="I200" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>3640</v>
+        <v>3639</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>3542</v>
-[...4 lines deleted...]
-      <c r="D201" s="32" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C201" s="8" t="s">
+        <v>3258</v>
+      </c>
+      <c r="D201" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="E201" s="3" t="s">
+      <c r="E201" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F201" s="1">
         <v>56993813667</v>
       </c>
-      <c r="G201" s="12" t="s">
+      <c r="G201" s="7" t="s">
         <v>284</v>
       </c>
-      <c r="H201" s="8" t="s">
+      <c r="H201" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="I201" s="3" t="s">
+      <c r="I201" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B202" s="1" t="s">
         <v>3641</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="8" t="s">
         <v>3642</v>
       </c>
-      <c r="C202" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="D202" s="5" t="s">
         <v>1167</v>
       </c>
+      <c r="E202" s="1" t="s">
+        <v>1166</v>
+      </c>
       <c r="F202" s="1" t="s">
-        <v>5075</v>
-[...4 lines deleted...]
-      <c r="H202" s="8" t="s">
+        <v>5074</v>
+      </c>
+      <c r="G202" s="7" t="s">
         <v>1165</v>
       </c>
-      <c r="I202" s="3" t="s">
+      <c r="H202" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I202" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B203" s="1" t="s">
         <v>3644</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C203" s="8" t="s">
         <v>3645</v>
       </c>
-      <c r="C203" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="D203" s="5" t="s">
         <v>2182</v>
       </c>
+      <c r="E203" s="1" t="s">
+        <v>2181</v>
+      </c>
       <c r="F203" s="1" t="s">
-        <v>5076</v>
-[...4 lines deleted...]
-      <c r="H203" s="8" t="s">
+        <v>5075</v>
+      </c>
+      <c r="G203" s="7" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H203" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I203" s="3" t="s">
+      <c r="I203" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
-        <v>3642</v>
+        <v>3641</v>
       </c>
       <c r="B204" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C204" s="8" t="s">
         <v>3647</v>
       </c>
-      <c r="C204" s="36" t="s">
-[...6 lines deleted...]
-        <v>1731</v>
+      <c r="D204" s="5" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>1730</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>5077</v>
-[...4 lines deleted...]
-      <c r="H204" s="8" t="s">
+        <v>5076</v>
+      </c>
+      <c r="G204" s="7" t="s">
         <v>1729</v>
       </c>
-      <c r="I204" s="3" t="s">
+      <c r="H204" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I204" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>3649</v>
+        <v>3648</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>3410</v>
-[...4 lines deleted...]
-      <c r="D205" s="32" t="s">
+        <v>3409</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>3651</v>
+      </c>
+      <c r="D205" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="E205" s="3" t="s">
+      <c r="E205" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F205" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G205" s="12" t="s">
+      <c r="F205" s="12" t="s">
+        <v>5078</v>
+      </c>
+      <c r="G205" s="7" t="s">
         <v>318</v>
       </c>
-      <c r="H205" s="8" t="s">
+      <c r="H205" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I205" s="3" t="s">
+      <c r="I205" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="B206" s="1" t="s">
         <v>3649</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="C206" s="8" t="s">
         <v>3650</v>
       </c>
-      <c r="C206" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D206" s="32" t="s">
+      <c r="D206" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="E206" s="3" t="s">
+      <c r="E206" s="1" t="s">
         <v>330</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>5078</v>
-[...1 lines deleted...]
-      <c r="G206" s="12" t="s">
+        <v>5077</v>
+      </c>
+      <c r="G206" s="7" t="s">
         <v>329</v>
       </c>
-      <c r="H206" s="8" t="s">
+      <c r="H206" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="I206" s="3" t="s">
+      <c r="I206" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
-        <v>3335</v>
+        <v>3334</v>
       </c>
       <c r="B207" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C207" s="8" t="s">
         <v>3653</v>
       </c>
-      <c r="C207" s="36" t="s">
-[...14 lines deleted...]
-      <c r="H207" s="8" t="s">
+      <c r="D207" s="5" t="s">
+        <v>2757</v>
+      </c>
+      <c r="E207" s="1" t="s">
         <v>2321</v>
       </c>
-      <c r="I207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O207" s="6"/>
+      <c r="F207" s="13" t="s">
+        <v>5079</v>
+      </c>
+      <c r="G207" s="7" t="s">
+        <v>4800</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I207" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J207" s="32"/>
+      <c r="K207" s="32"/>
+      <c r="L207" s="32"/>
+      <c r="M207" s="32"/>
+      <c r="N207" s="32"/>
+      <c r="O207" s="32"/>
     </row>
     <row r="208" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B208" s="1" t="s">
         <v>3655</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="C208" s="8" t="s">
         <v>3656</v>
       </c>
-      <c r="C208" s="36" t="s">
-[...6 lines deleted...]
-        <v>2164</v>
+      <c r="D208" s="5" t="s">
+        <v>2772</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>2163</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>5081</v>
-[...4 lines deleted...]
-      <c r="H208" s="8" t="s">
+        <v>5080</v>
+      </c>
+      <c r="G208" s="7" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H208" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I208" s="3" t="s">
+      <c r="I208" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>4861</v>
+        <v>4860</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>4860</v>
-[...4 lines deleted...]
-      <c r="D209" s="32" t="s">
+        <v>4859</v>
+      </c>
+      <c r="C209" s="8" t="s">
+        <v>3735</v>
+      </c>
+      <c r="D209" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="E209" s="3" t="s">
+      <c r="E209" s="1" t="s">
         <v>255</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>5086</v>
-[...1 lines deleted...]
-      <c r="G209" s="12" t="s">
+        <v>5085</v>
+      </c>
+      <c r="G209" s="7" t="s">
         <v>254</v>
       </c>
-      <c r="H209" s="8" t="s">
+      <c r="H209" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I209" s="3" t="s">
+      <c r="I209" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C210" s="8" t="s">
         <v>3658</v>
       </c>
-      <c r="B210" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="D210" s="5" t="s">
+        <v>2331</v>
+      </c>
+      <c r="E210" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>5082</v>
-[...4 lines deleted...]
-      <c r="H210" s="8" t="s">
+        <v>5081</v>
+      </c>
+      <c r="G210" s="7" t="s">
         <v>2330</v>
       </c>
-      <c r="I210" s="3" t="s">
+      <c r="H210" s="3" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I210" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C211" s="8" t="s">
         <v>3658</v>
       </c>
-      <c r="B211" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="D211" s="5" t="s">
         <v>2328</v>
       </c>
+      <c r="E211" s="1" t="s">
+        <v>2327</v>
+      </c>
       <c r="F211" s="1" t="s">
-        <v>5083</v>
-[...4 lines deleted...]
-      <c r="H211" s="8" t="s">
+        <v>5082</v>
+      </c>
+      <c r="G211" s="7" t="s">
         <v>2326</v>
       </c>
-      <c r="I211" s="3" t="s">
+      <c r="H211" s="3" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I211" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:15" ht="51" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>3658</v>
+        <v>3657</v>
       </c>
       <c r="B212" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C212" s="8" t="s">
         <v>3660</v>
       </c>
-      <c r="C212" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="D212" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="E212" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>5084</v>
-[...4 lines deleted...]
-      <c r="H212" s="8" t="s">
+        <v>5083</v>
+      </c>
+      <c r="G212" s="7" t="s">
         <v>1654</v>
       </c>
-      <c r="I212" s="3" t="s">
+      <c r="H212" s="3" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I212" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="B213" s="1" t="s">
         <v>3662</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C213" s="8" t="s">
         <v>3663</v>
       </c>
-      <c r="C213" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D213" s="32" t="s">
+      <c r="D213" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="E213" s="3" t="s">
+      <c r="E213" s="1" t="s">
         <v>601</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>5085</v>
-[...1 lines deleted...]
-      <c r="G213" s="12" t="s">
+        <v>5084</v>
+      </c>
+      <c r="G213" s="7" t="s">
         <v>600</v>
       </c>
-      <c r="H213" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I213" s="3" t="s">
+      <c r="H213" s="3" t="s">
+        <v>2703</v>
+      </c>
+      <c r="I213" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="B214" s="1" t="s">
         <v>3665</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="C214" s="8" t="s">
         <v>3666</v>
       </c>
-      <c r="C214" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="D214" s="5" t="s">
         <v>1842</v>
       </c>
+      <c r="E214" s="1" t="s">
+        <v>1841</v>
+      </c>
       <c r="F214" s="1" t="s">
-        <v>5087</v>
-[...4 lines deleted...]
-      <c r="H214" s="8" t="s">
+        <v>5086</v>
+      </c>
+      <c r="G214" s="7" t="s">
         <v>1840</v>
       </c>
-      <c r="I214" s="3" t="s">
+      <c r="H214" s="3" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I214" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
+        <v>3667</v>
+      </c>
+      <c r="B215" s="1" t="s">
         <v>3668</v>
       </c>
-      <c r="B215" s="1" t="s">
-[...9 lines deleted...]
-        <v>2111</v>
+      <c r="C215" s="8" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>2779</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>2110</v>
       </c>
       <c r="F215" s="1"/>
-      <c r="G215" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I215" s="3" t="s">
+      <c r="G215" s="7" t="s">
+        <v>2994</v>
+      </c>
+      <c r="H215" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I215" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>3170</v>
+        <v>3169</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>3124</v>
-[...8 lines deleted...]
-        <v>1572</v>
+        <v>3123</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>2836</v>
+      </c>
+      <c r="E216" s="1" t="s">
+        <v>1571</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>5088</v>
-[...4 lines deleted...]
-      <c r="H216" s="8" t="s">
+        <v>5087</v>
+      </c>
+      <c r="G216" s="7" t="s">
         <v>1570</v>
       </c>
-      <c r="I216" s="3" t="s">
+      <c r="H216" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I216" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>3168</v>
+        <v>3167</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>3155</v>
-[...7 lines deleted...]
-      <c r="E217" s="3" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C217" s="8" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D217" s="5" t="s">
         <v>1928</v>
       </c>
+      <c r="E217" s="1" t="s">
+        <v>1927</v>
+      </c>
       <c r="F217" s="1" t="s">
-        <v>5089</v>
-[...4 lines deleted...]
-      <c r="H217" s="8" t="s">
+        <v>5088</v>
+      </c>
+      <c r="G217" s="7" t="s">
         <v>1926</v>
       </c>
-      <c r="I217" s="3" t="s">
+      <c r="H217" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I217" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
-        <v>3181</v>
+        <v>3180</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>3113</v>
-[...4 lines deleted...]
-      <c r="D218" s="32" t="s">
+        <v>3112</v>
+      </c>
+      <c r="C218" s="8" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D218" s="5" t="s">
         <v>760</v>
       </c>
-      <c r="E218" s="3" t="s">
+      <c r="E218" s="1" t="s">
         <v>759</v>
       </c>
       <c r="F218" s="1">
         <v>56993813668</v>
       </c>
-      <c r="G218" s="12" t="s">
+      <c r="G218" s="7" t="s">
         <v>758</v>
       </c>
-      <c r="H218" s="8" t="s">
+      <c r="H218" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="I218" s="3" t="s">
+      <c r="I218" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>3169</v>
+        <v>3168</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>3141</v>
-[...8 lines deleted...]
-        <v>1821</v>
+        <v>3140</v>
+      </c>
+      <c r="C219" s="8" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>1820</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>5090</v>
-[...7 lines deleted...]
-      <c r="I219" s="3" t="s">
+        <v>5089</v>
+      </c>
+      <c r="G219" s="7" t="s">
+        <v>4801</v>
+      </c>
+      <c r="H219" s="3" t="s">
+        <v>1819</v>
+      </c>
+      <c r="I219" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
-        <v>3167</v>
+        <v>3166</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E220" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D220" s="34" t="s">
         <v>2108</v>
       </c>
+      <c r="E220" s="1" t="s">
+        <v>2107</v>
+      </c>
       <c r="F220" s="1" t="s">
-        <v>5091</v>
-[...4 lines deleted...]
-      <c r="H220" s="8" t="s">
+        <v>5090</v>
+      </c>
+      <c r="G220" s="7" t="s">
+        <v>2106</v>
+      </c>
+      <c r="H220" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I220" s="3" t="s">
+      <c r="I220" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B221" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="B221" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="C221" s="8" t="s">
+        <v>3672</v>
+      </c>
+      <c r="D221" s="5" t="s">
         <v>1112</v>
       </c>
+      <c r="E221" s="1" t="s">
+        <v>1111</v>
+      </c>
       <c r="F221" s="1" t="s">
-        <v>5092</v>
-[...4 lines deleted...]
-      <c r="H221" s="8" t="s">
+        <v>5091</v>
+      </c>
+      <c r="G221" s="7" t="s">
         <v>1110</v>
       </c>
-      <c r="I221" s="3" t="s">
+      <c r="H221" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I221" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>4839</v>
+        <v>4838</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>3105</v>
-[...13 lines deleted...]
-      <c r="G222" s="12" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C222" s="8" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>2931</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F222" s="12" t="s">
+        <v>5092</v>
+      </c>
+      <c r="G222" s="7" t="s">
         <v>552</v>
       </c>
-      <c r="H222" s="8" t="s">
+      <c r="H222" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="I222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O222" s="31"/>
+      <c r="I222" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J222" s="35"/>
+      <c r="K222" s="35"/>
+      <c r="L222" s="35"/>
+      <c r="M222" s="35"/>
+      <c r="N222" s="35"/>
+      <c r="O222" s="35"/>
     </row>
     <row r="223" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>3171</v>
+        <v>3170</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>3140</v>
-[...7 lines deleted...]
-      <c r="E223" s="3" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D223" s="5" t="s">
         <v>1568</v>
       </c>
+      <c r="E223" s="1" t="s">
+        <v>1567</v>
+      </c>
       <c r="F223" s="1" t="s">
-        <v>5094</v>
-[...4 lines deleted...]
-      <c r="H223" s="8" t="s">
+        <v>5093</v>
+      </c>
+      <c r="G223" s="7" t="s">
         <v>1566</v>
       </c>
-      <c r="I223" s="3" t="s">
+      <c r="H223" s="3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I223" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
+        <v>3673</v>
+      </c>
+      <c r="B224" s="1" t="s">
         <v>3674</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C224" s="8" t="s">
         <v>3675</v>
       </c>
-      <c r="C224" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D224" s="32" t="s">
+      <c r="D224" s="5" t="s">
         <v>643</v>
       </c>
-      <c r="E224" s="3" t="s">
+      <c r="E224" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="F224" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G224" s="12" t="s">
+      <c r="F224" s="13" t="s">
+        <v>5094</v>
+      </c>
+      <c r="G224" s="7" t="s">
         <v>641</v>
       </c>
-      <c r="H224" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I224" s="3" t="s">
+      <c r="H224" s="3" t="s">
+        <v>2698</v>
+      </c>
+      <c r="I224" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>3209</v>
+        <v>3208</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>3105</v>
-[...7 lines deleted...]
-      <c r="E225" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D225" s="5" t="s">
         <v>1300</v>
       </c>
+      <c r="E225" s="1" t="s">
+        <v>1299</v>
+      </c>
       <c r="F225" s="1" t="s">
-        <v>5096</v>
-[...4 lines deleted...]
-      <c r="H225" s="8" t="s">
+        <v>5095</v>
+      </c>
+      <c r="G225" s="7" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H225" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="I225" s="3" t="s">
+      <c r="I225" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>3678</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="C226" s="8" t="s">
         <v>3679</v>
       </c>
-      <c r="C226" s="36" t="s">
-[...6 lines deleted...]
-        <v>2382</v>
+      <c r="D226" s="5" t="s">
+        <v>2916</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>2381</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>5097</v>
-[...1 lines deleted...]
-      <c r="G226" s="12" t="s">
+        <v>5096</v>
+      </c>
+      <c r="G226" s="7" t="s">
         <v>697</v>
       </c>
-      <c r="H226" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I226" s="3" t="s">
+      <c r="H226" s="3" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I226" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C227" s="8" t="s">
         <v>3681</v>
       </c>
-      <c r="B227" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D227" s="5" t="s">
         <v>1170</v>
       </c>
+      <c r="E227" s="1" t="s">
+        <v>1169</v>
+      </c>
       <c r="F227" s="1" t="s">
-        <v>5098</v>
-[...7 lines deleted...]
-      <c r="I227" s="3" t="s">
+        <v>5097</v>
+      </c>
+      <c r="G227" s="7" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H227" s="3" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I227" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>3627</v>
-[...7 lines deleted...]
-      <c r="E228" s="3" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C228" s="8" t="s">
+        <v>3688</v>
+      </c>
+      <c r="D228" s="5" t="s">
         <v>828</v>
       </c>
+      <c r="E228" s="1" t="s">
+        <v>827</v>
+      </c>
       <c r="F228" s="1" t="s">
-        <v>5102</v>
-[...4 lines deleted...]
-      <c r="H228" s="8" t="s">
+        <v>5101</v>
+      </c>
+      <c r="G228" s="7" t="s">
         <v>826</v>
       </c>
-      <c r="I228" s="3" t="s">
+      <c r="H228" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="I228" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>3407</v>
-[...4 lines deleted...]
-      <c r="D229" s="32" t="s">
+        <v>3406</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D229" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="E229" s="3" t="s">
+      <c r="E229" s="1" t="s">
         <v>356</v>
       </c>
       <c r="F229" s="1"/>
-      <c r="G229" s="12" t="s">
+      <c r="G229" s="7" t="s">
         <v>355</v>
       </c>
-      <c r="H229" s="8" t="s">
+      <c r="H229" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="I229" s="3" t="s">
+      <c r="I229" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B230" s="1" t="s">
+        <v>3684</v>
+      </c>
+      <c r="C230" s="8" t="s">
         <v>3685</v>
       </c>
-      <c r="C230" s="36" t="s">
-[...6 lines deleted...]
-        <v>2441</v>
+      <c r="D230" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>2440</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>5100</v>
-[...4 lines deleted...]
-      <c r="H230" s="8" t="s">
+        <v>5099</v>
+      </c>
+      <c r="G230" s="7" t="s">
         <v>1290</v>
       </c>
-      <c r="I230" s="3" t="s">
+      <c r="H230" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I230" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B231" s="1" t="s">
+        <v>3682</v>
+      </c>
+      <c r="C231" s="8" t="s">
         <v>3683</v>
       </c>
-      <c r="C231" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="D231" s="5" t="s">
         <v>1366</v>
       </c>
+      <c r="E231" s="1" t="s">
+        <v>1365</v>
+      </c>
       <c r="F231" s="1" t="s">
-        <v>5099</v>
-[...4 lines deleted...]
-      <c r="H231" s="8" t="s">
+        <v>5098</v>
+      </c>
+      <c r="G231" s="7" t="s">
         <v>1364</v>
       </c>
-      <c r="I231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O231" s="16"/>
+      <c r="H231" s="3" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J231" s="26"/>
+      <c r="K231" s="26"/>
+      <c r="L231" s="26"/>
+      <c r="M231" s="26"/>
+      <c r="N231" s="26"/>
+      <c r="O231" s="26"/>
     </row>
     <row r="232" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>3489</v>
+        <v>3488</v>
       </c>
       <c r="B232" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C232" s="8" t="s">
         <v>3687</v>
       </c>
-      <c r="C232" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="D232" s="5" t="s">
         <v>839</v>
       </c>
+      <c r="E232" s="1" t="s">
+        <v>838</v>
+      </c>
       <c r="F232" s="1" t="s">
-        <v>5101</v>
-[...7 lines deleted...]
-      <c r="I232" s="3" t="s">
+        <v>5100</v>
+      </c>
+      <c r="G232" s="7" t="s">
+        <v>4802</v>
+      </c>
+      <c r="H232" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="I232" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B233" s="1" t="s">
+        <v>3699</v>
+      </c>
+      <c r="C233" s="8" t="s">
         <v>3700</v>
       </c>
-      <c r="C233" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D233" s="32" t="s">
+      <c r="D233" s="5" t="s">
         <v>806</v>
       </c>
-      <c r="E233" s="3" t="s">
+      <c r="E233" s="1" t="s">
         <v>805</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>5107</v>
-[...1 lines deleted...]
-      <c r="G233" s="12" t="s">
+        <v>5106</v>
+      </c>
+      <c r="G233" s="7" t="s">
         <v>804</v>
       </c>
-      <c r="H233" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I233" s="3" t="s">
+      <c r="H233" s="3" t="s">
+        <v>2683</v>
+      </c>
+      <c r="I233" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>3103</v>
-[...8 lines deleted...]
-        <v>2447</v>
+        <v>3102</v>
+      </c>
+      <c r="C234" s="8" t="s">
+        <v>3698</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>2872</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>2446</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>5106</v>
-[...7 lines deleted...]
-      <c r="I234" s="3" t="s">
+        <v>5105</v>
+      </c>
+      <c r="G234" s="7" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H234" s="3" t="s">
+        <v>2650</v>
+      </c>
+      <c r="I234" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B235" s="1" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C235" s="8" t="s">
         <v>3703</v>
       </c>
-      <c r="C235" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D235" s="32" t="s">
+      <c r="D235" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E235" s="3" t="s">
+      <c r="E235" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>5109</v>
-[...1 lines deleted...]
-      <c r="G235" s="12" t="s">
+        <v>5108</v>
+      </c>
+      <c r="G235" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="H235" s="8" t="s">
+      <c r="H235" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="I235" s="3" t="s">
+      <c r="I235" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B236" s="1" t="s">
+        <v>3690</v>
+      </c>
+      <c r="C236" s="8" t="s">
         <v>3691</v>
       </c>
-      <c r="C236" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="D236" s="5" t="s">
         <v>2285</v>
       </c>
+      <c r="E236" s="1" t="s">
+        <v>2284</v>
+      </c>
       <c r="F236" s="1" t="s">
-        <v>5103</v>
-[...4 lines deleted...]
-      <c r="H236" s="8" t="s">
+        <v>5102</v>
+      </c>
+      <c r="G236" s="7" t="s">
         <v>2283</v>
       </c>
-      <c r="I236" s="3" t="s">
+      <c r="H236" s="3" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I236" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B237" s="1" t="s">
+        <v>3694</v>
+      </c>
+      <c r="C237" s="8" t="s">
         <v>3695</v>
       </c>
-      <c r="C237" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D237" s="32">
+      <c r="D237" s="5">
         <v>169461872</v>
       </c>
-      <c r="E237" s="3" t="s">
-        <v>2388</v>
+      <c r="E237" s="1" t="s">
+        <v>2387</v>
       </c>
       <c r="F237" s="1">
         <v>56993813669</v>
       </c>
-      <c r="G237" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H237" s="8" t="s">
+      <c r="G237" s="7" t="s">
         <v>1856</v>
       </c>
-      <c r="I237" s="3" t="s">
+      <c r="H237" s="3" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I237" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>3120</v>
-[...4 lines deleted...]
-      <c r="D238" s="32" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C238" s="8" t="s">
+        <v>3701</v>
+      </c>
+      <c r="D238" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="E238" s="3" t="s">
+      <c r="E238" s="1" t="s">
         <v>522</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>5108</v>
-[...4 lines deleted...]
-      <c r="H238" s="8" t="s">
+        <v>5107</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H238" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="I238" s="3" t="s">
+      <c r="I238" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B239" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C239" s="8" t="s">
         <v>3693</v>
       </c>
-      <c r="C239" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="D239" s="5" t="s">
         <v>1951</v>
       </c>
-      <c r="F239" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G239" s="12" t="s">
+      <c r="E239" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="H239" s="8" t="s">
+      <c r="F239" s="12" t="s">
+        <v>5103</v>
+      </c>
+      <c r="G239" s="7" t="s">
         <v>1949</v>
       </c>
-      <c r="I239" s="3" t="s">
+      <c r="H239" s="3" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I239" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B240" s="1" t="s">
+        <v>3696</v>
+      </c>
+      <c r="C240" s="8" t="s">
         <v>3697</v>
       </c>
-      <c r="C240" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="D240" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E240" s="1" t="s">
         <v>415</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>5105</v>
-[...4 lines deleted...]
-      <c r="H240" s="8" t="s">
+        <v>5104</v>
+      </c>
+      <c r="G240" s="7" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H240" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I240" s="3" t="s">
+      <c r="I240" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
+        <v>3704</v>
+      </c>
+      <c r="B241" s="1" t="s">
         <v>3705</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C241" s="8" t="s">
         <v>3706</v>
       </c>
-      <c r="C241" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D241" s="32" t="s">
+      <c r="D241" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="E241" s="3" t="s">
+      <c r="E241" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="F241" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G241" s="12" t="s">
+      <c r="F241" s="13" t="s">
+        <v>5109</v>
+      </c>
+      <c r="G241" s="7" t="s">
         <v>590</v>
       </c>
-      <c r="H241" s="8" t="s">
+      <c r="H241" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="I241" s="3" t="s">
+      <c r="I241" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
+        <v>3707</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="C242" s="8" t="s">
         <v>3708</v>
       </c>
-      <c r="B242" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="D242" s="5" t="s">
         <v>2123</v>
       </c>
+      <c r="E242" s="1" t="s">
+        <v>2122</v>
+      </c>
       <c r="F242" s="1" t="s">
-        <v>5111</v>
-[...4 lines deleted...]
-      <c r="H242" s="8" t="s">
+        <v>5110</v>
+      </c>
+      <c r="G242" s="7" t="s">
         <v>2121</v>
       </c>
-      <c r="I242" s="3" t="s">
+      <c r="H242" s="3" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I242" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="B243" s="1" t="s">
         <v>3710</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C243" s="8" t="s">
         <v>3711</v>
       </c>
-      <c r="C243" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D243" s="5" t="s">
         <v>2041</v>
       </c>
+      <c r="E243" s="1" t="s">
+        <v>2040</v>
+      </c>
       <c r="F243" s="1" t="s">
-        <v>5112</v>
-[...4 lines deleted...]
-      <c r="H243" s="8" t="s">
+        <v>5111</v>
+      </c>
+      <c r="G243" s="7" t="s">
         <v>2039</v>
       </c>
-      <c r="I243" s="3" t="s">
+      <c r="H243" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I243" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:15" ht="51" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="B244" s="1" t="s">
         <v>3713</v>
       </c>
-      <c r="B244" s="1" t="s">
-[...9 lines deleted...]
-        <v>2357</v>
+      <c r="C244" s="8" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>2764</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>2356</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>5113</v>
-[...7 lines deleted...]
-      <c r="I244" s="3" t="s">
+        <v>5112</v>
+      </c>
+      <c r="G244" s="7" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H244" s="3" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I244" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>3715</v>
+        <v>3714</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>3386</v>
-[...4 lines deleted...]
-      <c r="D245" s="32" t="s">
+        <v>3385</v>
+      </c>
+      <c r="C245" s="8" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D245" s="5" t="s">
         <v>232</v>
       </c>
-      <c r="E245" s="3" t="s">
+      <c r="E245" s="1" t="s">
         <v>231</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>5117</v>
-[...4 lines deleted...]
-      <c r="H245" s="8" t="s">
+        <v>5116</v>
+      </c>
+      <c r="G245" s="7" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H245" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="I245" s="3" t="s">
+      <c r="I245" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
+        <v>3714</v>
+      </c>
+      <c r="B246" s="1" t="s">
         <v>3715</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="C246" s="8" t="s">
         <v>3716</v>
       </c>
-      <c r="C246" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="D246" s="5" t="s">
         <v>1144</v>
       </c>
+      <c r="E246" s="1" t="s">
+        <v>1143</v>
+      </c>
       <c r="F246" s="1" t="s">
-        <v>5114</v>
-[...4 lines deleted...]
-      <c r="H246" s="8" t="s">
+        <v>5113</v>
+      </c>
+      <c r="G246" s="7" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H246" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I246" s="3" t="s">
+      <c r="I246" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>3715</v>
+        <v>3714</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E247" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C247" s="8" t="s">
+        <v>3717</v>
+      </c>
+      <c r="D247" s="5" t="s">
         <v>898</v>
       </c>
+      <c r="E247" s="1" t="s">
+        <v>897</v>
+      </c>
       <c r="F247" s="1" t="s">
-        <v>5115</v>
-[...4 lines deleted...]
-      <c r="H247" s="8" t="s">
+        <v>5114</v>
+      </c>
+      <c r="G247" s="7" t="s">
         <v>896</v>
       </c>
-      <c r="I247" s="3" t="s">
+      <c r="H247" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="I247" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>3715</v>
+        <v>3714</v>
       </c>
       <c r="B248" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C248" s="8" t="s">
         <v>3719</v>
       </c>
-      <c r="C248" s="36" t="s">
-[...6 lines deleted...]
-        <v>2516</v>
+      <c r="D248" s="5" t="s">
+        <v>2953</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>2515</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>5116</v>
-[...7 lines deleted...]
-      <c r="I248" s="3" t="s">
+        <v>5115</v>
+      </c>
+      <c r="G248" s="7" t="s">
+        <v>4803</v>
+      </c>
+      <c r="H248" s="3" t="s">
+        <v>2729</v>
+      </c>
+      <c r="I248" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
+        <v>3720</v>
+      </c>
+      <c r="B249" s="1" t="s">
         <v>3721</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="C249" s="8" t="s">
         <v>3722</v>
       </c>
-      <c r="C249" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D249" s="32" t="s">
+      <c r="D249" s="5" t="s">
         <v>636</v>
       </c>
-      <c r="E249" s="3" t="s">
+      <c r="E249" s="1" t="s">
         <v>635</v>
       </c>
       <c r="F249" s="1"/>
-      <c r="G249" s="12" t="s">
+      <c r="G249" s="7" t="s">
         <v>634</v>
       </c>
-      <c r="H249" s="8" t="s">
+      <c r="H249" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="I249" s="3" t="s">
+      <c r="I249" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
+        <v>3723</v>
+      </c>
+      <c r="B250" s="1" t="s">
         <v>3724</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="C250" s="8" t="s">
         <v>3725</v>
       </c>
-      <c r="C250" s="36" t="s">
-[...6 lines deleted...]
-        <v>1634</v>
+      <c r="D250" s="5" t="s">
+        <v>2831</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>1633</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>5118</v>
-[...7 lines deleted...]
-      <c r="I250" s="3" t="s">
+        <v>5117</v>
+      </c>
+      <c r="G250" s="7" t="s">
+        <v>3019</v>
+      </c>
+      <c r="H250" s="3" t="s">
+        <v>2610</v>
+      </c>
+      <c r="I250" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
+        <v>3726</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C251" s="8" t="s">
         <v>3727</v>
       </c>
-      <c r="B251" s="1" t="s">
-[...9 lines deleted...]
-        <v>2435</v>
+      <c r="D251" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>2434</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>5119</v>
-[...7 lines deleted...]
-      <c r="I251" s="3" t="s">
+        <v>5118</v>
+      </c>
+      <c r="G251" s="7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H251" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="I251" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>3727</v>
+        <v>3726</v>
       </c>
       <c r="B252" s="1" t="s">
+        <v>3728</v>
+      </c>
+      <c r="C252" s="8" t="s">
         <v>3729</v>
       </c>
-      <c r="C252" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="D252" s="5" t="s">
         <v>1204</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>1203</v>
       </c>
       <c r="F252" s="1">
         <v>56993813670</v>
       </c>
-      <c r="G252" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H252" s="8" t="s">
+      <c r="G252" s="7" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H252" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I252" s="3" t="s">
+      <c r="I252" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
+        <v>3730</v>
+      </c>
+      <c r="B253" s="1" t="s">
         <v>3731</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C253" s="8" t="s">
         <v>3732</v>
       </c>
-      <c r="C253" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="D253" s="5" t="s">
         <v>937</v>
       </c>
+      <c r="E253" s="1" t="s">
+        <v>936</v>
+      </c>
       <c r="F253" s="1" t="s">
-        <v>5120</v>
-[...4 lines deleted...]
-      <c r="H253" s="8" t="s">
+        <v>5119</v>
+      </c>
+      <c r="G253" s="7" t="s">
         <v>935</v>
       </c>
-      <c r="I253" s="3" t="s">
+      <c r="H253" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="I253" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C254" s="8" t="s">
         <v>3734</v>
       </c>
-      <c r="B254" s="1" t="s">
-[...9 lines deleted...]
-        <v>1013</v>
+      <c r="D254" s="5" t="s">
+        <v>2892</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>1012</v>
       </c>
       <c r="F254" s="1" t="s">
+        <v>5120</v>
+      </c>
+      <c r="G254" s="7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H254" s="3" t="s">
+        <v>2671</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="255" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A255" s="1" t="s">
+        <v>3736</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C255" s="8" t="s">
+        <v>3737</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>2869</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>5121</v>
       </c>
-      <c r="G254" s="12" t="s">
-[...31 lines deleted...]
-      <c r="H255" s="8" t="s">
+      <c r="G255" s="7" t="s">
         <v>1280</v>
       </c>
-      <c r="I255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O255" s="5"/>
+      <c r="H255" s="3" t="s">
+        <v>1279</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J255" s="22"/>
+      <c r="K255" s="22"/>
+      <c r="L255" s="22"/>
+      <c r="M255" s="22"/>
+      <c r="N255" s="22"/>
+      <c r="O255" s="22"/>
     </row>
     <row r="256" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B256" s="1" t="s">
         <v>3739</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C256" s="8" t="s">
         <v>3740</v>
       </c>
-      <c r="C256" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D256" s="32" t="s">
+      <c r="D256" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="E256" s="3" t="s">
+      <c r="E256" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="F256" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G256" s="12" t="s">
+      <c r="F256" s="12" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G256" s="7" t="s">
         <v>479</v>
       </c>
-      <c r="H256" s="8" t="s">
+      <c r="H256" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="I256" s="3" t="s">
+      <c r="I256" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
+        <v>3741</v>
+      </c>
+      <c r="B257" s="1" t="s">
         <v>3742</v>
       </c>
-      <c r="B257" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="C257" s="8" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D257" s="5" t="s">
         <v>2020</v>
       </c>
+      <c r="E257" s="1" t="s">
+        <v>2019</v>
+      </c>
       <c r="F257" s="1" t="s">
-        <v>5124</v>
-[...4 lines deleted...]
-      <c r="H257" s="8" t="s">
+        <v>5123</v>
+      </c>
+      <c r="G257" s="7" t="s">
         <v>2018</v>
       </c>
-      <c r="I257" s="3" t="s">
+      <c r="H257" s="3" t="s">
+        <v>2017</v>
+      </c>
+      <c r="I257" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:15" ht="153" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
-        <v>3744</v>
+        <v>3743</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>3462</v>
-[...19 lines deleted...]
-      <c r="I258" s="3" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C258" s="8" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>2824</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F258" s="13" t="s">
+        <v>5124</v>
+      </c>
+      <c r="G258" s="7" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H258" s="3" t="s">
+        <v>2606</v>
+      </c>
+      <c r="I258" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:15" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>3745</v>
+        <v>3744</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>3302</v>
-[...4 lines deleted...]
-      <c r="D259" s="32">
+        <v>3301</v>
+      </c>
+      <c r="C259" s="8" t="s">
+        <v>3556</v>
+      </c>
+      <c r="D259" s="5">
         <v>153126488</v>
       </c>
-      <c r="E259" s="3" t="s">
-        <v>1105</v>
+      <c r="E259" s="1" t="s">
+        <v>1104</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>5126</v>
-[...7 lines deleted...]
-      <c r="I259" s="3" t="s">
+        <v>5125</v>
+      </c>
+      <c r="G259" s="7" t="s">
+        <v>3046</v>
+      </c>
+      <c r="H259" s="3" t="s">
+        <v>2664</v>
+      </c>
+      <c r="I259" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
+        <v>3745</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C260" s="8" t="s">
         <v>3746</v>
       </c>
-      <c r="B260" s="1" t="s">
-[...9 lines deleted...]
-        <v>2352</v>
+      <c r="D260" s="5" t="s">
+        <v>2759</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>2351</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>5127</v>
-[...7 lines deleted...]
-      <c r="I260" s="3" t="s">
+        <v>5126</v>
+      </c>
+      <c r="G260" s="7" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H260" s="3" t="s">
+        <v>2543</v>
+      </c>
+      <c r="I260" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
-        <v>3606</v>
+        <v>3605</v>
       </c>
       <c r="B261" s="1" t="s">
+        <v>3747</v>
+      </c>
+      <c r="C261" s="8" t="s">
         <v>3748</v>
       </c>
-      <c r="C261" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="D261" s="5" t="s">
         <v>1768</v>
       </c>
+      <c r="E261" s="1" t="s">
+        <v>1767</v>
+      </c>
       <c r="F261" s="1" t="s">
-        <v>5128</v>
-[...4 lines deleted...]
-      <c r="H261" s="8" t="s">
+        <v>5127</v>
+      </c>
+      <c r="G261" s="7" t="s">
         <v>1766</v>
       </c>
-      <c r="I261" s="3" t="s">
+      <c r="H261" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I261" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
+        <v>3749</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C262" s="8" t="s">
         <v>3750</v>
       </c>
-      <c r="B262" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="D262" s="5" t="s">
         <v>1401</v>
       </c>
+      <c r="E262" s="1" t="s">
+        <v>1400</v>
+      </c>
       <c r="F262" s="1" t="s">
-        <v>5129</v>
-[...4 lines deleted...]
-      <c r="H262" s="8" t="s">
+        <v>5128</v>
+      </c>
+      <c r="G262" s="7" t="s">
         <v>1399</v>
       </c>
-      <c r="I262" s="3" t="s">
+      <c r="H262" s="3" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I262" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
+        <v>3751</v>
+      </c>
+      <c r="B263" s="1" t="s">
         <v>3752</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C263" s="8" t="s">
         <v>3753</v>
       </c>
-      <c r="C263" s="36" t="s">
-[...6 lines deleted...]
-        <v>2529</v>
+      <c r="D263" s="5" t="s">
+        <v>2967</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>2528</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>5130</v>
-[...1 lines deleted...]
-      <c r="G263" s="12" t="s">
+        <v>5129</v>
+      </c>
+      <c r="G263" s="7" t="s">
         <v>184</v>
       </c>
-      <c r="H263" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I263" s="3" t="s">
+      <c r="H263" s="3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="I263" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
+        <v>3754</v>
+      </c>
+      <c r="B264" s="1" t="s">
         <v>3755</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C264" s="8" t="s">
         <v>3756</v>
       </c>
-      <c r="C264" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="D264" s="29" t="s">
         <v>2193</v>
       </c>
+      <c r="E264" s="1" t="s">
+        <v>2192</v>
+      </c>
       <c r="F264" s="1" t="s">
-        <v>5131</v>
-[...4 lines deleted...]
-      <c r="H264" s="8" t="s">
+        <v>5130</v>
+      </c>
+      <c r="G264" s="7" t="s">
         <v>2191</v>
       </c>
-      <c r="I264" s="3" t="s">
+      <c r="H264" s="3" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I264" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
+        <v>3757</v>
+      </c>
+      <c r="B265" s="1" t="s">
         <v>3758</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="C265" s="8" t="s">
         <v>3759</v>
       </c>
-      <c r="C265" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="D265" s="5" t="s">
         <v>1342</v>
       </c>
+      <c r="E265" s="1" t="s">
+        <v>1341</v>
+      </c>
       <c r="F265" s="1" t="s">
-        <v>5132</v>
-[...7 lines deleted...]
-      <c r="I265" s="3" t="s">
+        <v>5131</v>
+      </c>
+      <c r="G265" s="7" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H265" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I265" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A266" s="1" t="s">
+        <v>3760</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>3362</v>
+      </c>
+      <c r="C266" s="8" t="s">
         <v>3761</v>
       </c>
-      <c r="B266" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="D266" s="5" t="s">
         <v>1514</v>
       </c>
+      <c r="E266" s="1" t="s">
+        <v>1513</v>
+      </c>
       <c r="F266" s="1"/>
-      <c r="G266" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H266" s="8" t="s">
+      <c r="G266" s="7" t="s">
         <v>1512</v>
       </c>
-      <c r="I266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O266" s="6"/>
+      <c r="H266" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J266" s="32"/>
+      <c r="K266" s="32"/>
+      <c r="L266" s="32"/>
+      <c r="M266" s="32"/>
+      <c r="N266" s="32"/>
+      <c r="O266" s="32"/>
     </row>
     <row r="267" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>3525</v>
+      </c>
+      <c r="C267" s="8" t="s">
         <v>3763</v>
       </c>
-      <c r="B267" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D267" s="32" t="s">
+      <c r="D267" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="E267" s="3" t="s">
-        <v>2518</v>
+      <c r="E267" s="1" t="s">
+        <v>2517</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>5133</v>
-[...1 lines deleted...]
-      <c r="G267" s="12" t="s">
+        <v>5132</v>
+      </c>
+      <c r="G267" s="7" t="s">
         <v>274</v>
       </c>
-      <c r="H267" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I267" s="3" t="s">
+      <c r="H267" s="3" t="s">
+        <v>2731</v>
+      </c>
+      <c r="I267" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
-        <v>3765</v>
+        <v>3764</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>3767</v>
-[...4 lines deleted...]
-      <c r="D268" s="32" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C268" s="8" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D268" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="E268" s="3" t="s">
+      <c r="E268" s="1" t="s">
         <v>700</v>
       </c>
       <c r="F268" s="1">
         <v>56993813671</v>
       </c>
-      <c r="G268" s="12" t="s">
+      <c r="G268" s="7" t="s">
         <v>699</v>
       </c>
-      <c r="H268" s="8" t="s">
+      <c r="H268" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="I268" s="3" t="s">
+      <c r="I268" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
+        <v>3764</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C269" s="8" t="s">
         <v>3765</v>
       </c>
-      <c r="B269" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="D269" s="5" t="s">
         <v>1374</v>
       </c>
+      <c r="E269" s="1" t="s">
+        <v>1373</v>
+      </c>
       <c r="F269" s="1" t="s">
-        <v>5134</v>
-[...4 lines deleted...]
-      <c r="H269" s="8" t="s">
+        <v>5133</v>
+      </c>
+      <c r="G269" s="7" t="s">
         <v>1372</v>
       </c>
-      <c r="I269" s="3" t="s">
+      <c r="H269" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I269" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
+        <v>3767</v>
+      </c>
+      <c r="B270" s="1" t="s">
         <v>3768</v>
       </c>
-      <c r="B270" s="1" t="s">
-[...9 lines deleted...]
-        <v>2442</v>
+      <c r="C270" s="8" t="s">
+        <v>3685</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>2441</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>5135</v>
-[...7 lines deleted...]
-      <c r="I270" s="3" t="s">
+        <v>5134</v>
+      </c>
+      <c r="G270" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H270" s="3" t="s">
+        <v>2645</v>
+      </c>
+      <c r="I270" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
-        <v>3286</v>
+        <v>3285</v>
       </c>
       <c r="B271" s="1" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C271" s="8" t="s">
         <v>3772</v>
       </c>
-      <c r="C271" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="D271" s="5" t="s">
         <v>1924</v>
       </c>
+      <c r="E271" s="1" t="s">
+        <v>1923</v>
+      </c>
       <c r="F271" s="1" t="s">
-        <v>5137</v>
-[...4 lines deleted...]
-      <c r="H271" s="8" t="s">
+        <v>5136</v>
+      </c>
+      <c r="G271" s="7" t="s">
         <v>1922</v>
       </c>
-      <c r="I271" s="3" t="s">
+      <c r="H271" s="3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I271" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
-        <v>3286</v>
+        <v>3285</v>
       </c>
       <c r="B272" s="1" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C272" s="8" t="s">
         <v>3770</v>
       </c>
-      <c r="C272" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="D272" s="5" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E272" s="1" t="s">
         <v>431</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>5136</v>
-[...4 lines deleted...]
-      <c r="H272" s="8" t="s">
+        <v>5135</v>
+      </c>
+      <c r="G272" s="7" t="s">
         <v>2312</v>
       </c>
-      <c r="I272" s="3" t="s">
+      <c r="H272" s="3" t="s">
+        <v>2311</v>
+      </c>
+      <c r="I272" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
-        <v>3706</v>
+        <v>3705</v>
       </c>
       <c r="B273" s="1" t="s">
+        <v>3773</v>
+      </c>
+      <c r="C273" s="8" t="s">
         <v>3774</v>
       </c>
-      <c r="C273" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="D273" s="5" t="s">
         <v>1535</v>
       </c>
-      <c r="F273" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G273" s="12" t="s">
+      <c r="E273" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="H273" s="8" t="s">
+      <c r="F273" s="12" t="s">
+        <v>5137</v>
+      </c>
+      <c r="G273" s="7" t="s">
         <v>1533</v>
       </c>
-      <c r="I273" s="3" t="s">
+      <c r="H273" s="3" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I273" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
-        <v>3150</v>
+        <v>3149</v>
       </c>
       <c r="B274" s="1"/>
-      <c r="C274" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="C274" s="8" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D274" s="5" t="s">
         <v>2258</v>
       </c>
+      <c r="E274" s="1" t="s">
+        <v>2257</v>
+      </c>
       <c r="F274" s="1" t="s">
-        <v>5139</v>
-[...7 lines deleted...]
-      <c r="I274" s="3" t="s">
+        <v>5138</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>4834</v>
+      </c>
+      <c r="H274" s="3" t="s">
+        <v>2256</v>
+      </c>
+      <c r="I274" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
+        <v>3775</v>
+      </c>
+      <c r="B275" s="1" t="s">
         <v>3776</v>
       </c>
-      <c r="B275" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G275" s="12" t="s">
+      <c r="C275" s="8" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D275" s="5" t="s">
         <v>2105</v>
       </c>
-      <c r="H275" s="8" t="s">
+      <c r="E275" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="I275" s="3" t="s">
+      <c r="F275" s="13" t="s">
+        <v>5139</v>
+      </c>
+      <c r="G275" s="7" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H275" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I275" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B276" s="1" t="s">
+        <v>3777</v>
+      </c>
+      <c r="C276" s="8" t="s">
         <v>3778</v>
       </c>
-      <c r="C276" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="D276" s="5" t="s">
         <v>1751</v>
       </c>
+      <c r="E276" s="1" t="s">
+        <v>1750</v>
+      </c>
       <c r="F276" s="1" t="s">
-        <v>5141</v>
-[...4 lines deleted...]
-      <c r="H276" s="8" t="s">
+        <v>5140</v>
+      </c>
+      <c r="G276" s="7" t="s">
         <v>1749</v>
       </c>
-      <c r="I276" s="3" t="s">
+      <c r="H276" s="3" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I276" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B277" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C277" s="8" t="s">
         <v>3783</v>
       </c>
-      <c r="C277" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D277" s="32" t="s">
+      <c r="D277" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="E277" s="3" t="s">
+      <c r="E277" s="1" t="s">
         <v>695</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>5145</v>
-[...1 lines deleted...]
-      <c r="G277" s="12" t="s">
+        <v>5144</v>
+      </c>
+      <c r="G277" s="7" t="s">
         <v>694</v>
       </c>
-      <c r="H277" s="8" t="s">
+      <c r="H277" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="I277" s="3" t="s">
-[...3 lines deleted...]
-    <row r="278" spans="1:15" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="I277" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>3780</v>
-[...7 lines deleted...]
-      <c r="E278" s="3" t="s">
+        <v>3779</v>
+      </c>
+      <c r="C278" s="8" t="s">
+        <v>3727</v>
+      </c>
+      <c r="D278" s="5" t="s">
         <v>1351</v>
       </c>
+      <c r="E278" s="1" t="s">
+        <v>1350</v>
+      </c>
       <c r="F278" s="1" t="s">
-        <v>5142</v>
-[...4 lines deleted...]
-      <c r="H278" s="8" t="s">
+        <v>5141</v>
+      </c>
+      <c r="G278" s="7" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H278" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O278" s="5"/>
+      <c r="I278" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J278" s="22"/>
+      <c r="K278" s="22"/>
+      <c r="L278" s="22"/>
+      <c r="M278" s="22"/>
+      <c r="N278" s="22"/>
+      <c r="O278" s="22"/>
     </row>
     <row r="279" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>3719</v>
-[...8 lines deleted...]
-        <v>1074</v>
+        <v>3718</v>
+      </c>
+      <c r="C279" s="8" t="s">
+        <v>3781</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>2885</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>1073</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>5144</v>
-[...7 lines deleted...]
-      <c r="I279" s="3" t="s">
+        <v>5143</v>
+      </c>
+      <c r="G279" s="7" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H279" s="3" t="s">
+        <v>2666</v>
+      </c>
+      <c r="I279" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>3781</v>
-[...4 lines deleted...]
-      <c r="D280" s="32">
+        <v>3780</v>
+      </c>
+      <c r="C280" s="8" t="s">
+        <v>3716</v>
+      </c>
+      <c r="D280" s="5">
         <v>90457314</v>
       </c>
-      <c r="E280" s="3" t="s">
-        <v>1142</v>
+      <c r="E280" s="1" t="s">
+        <v>1141</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>5143</v>
-[...4 lines deleted...]
-      <c r="H280" s="8" t="s">
+        <v>5142</v>
+      </c>
+      <c r="G280" s="7" t="s">
         <v>1140</v>
       </c>
-      <c r="I280" s="3" t="s">
+      <c r="H280" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I280" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
+        <v>3784</v>
+      </c>
+      <c r="B281" s="1" t="s">
         <v>3785</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="C281" s="8" t="s">
         <v>3786</v>
       </c>
-      <c r="C281" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="D281" s="5" t="s">
         <v>1389</v>
       </c>
+      <c r="E281" s="1" t="s">
+        <v>1388</v>
+      </c>
       <c r="F281" s="1" t="s">
-        <v>5146</v>
-[...4 lines deleted...]
-      <c r="H281" s="8" t="s">
+        <v>5145</v>
+      </c>
+      <c r="G281" s="7" t="s">
         <v>1387</v>
       </c>
-      <c r="I281" s="3" t="s">
+      <c r="H281" s="3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I281" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>3788</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C282" s="8" t="s">
         <v>3789</v>
       </c>
-      <c r="C282" s="36" t="s">
-[...6 lines deleted...]
-        <v>2372</v>
+      <c r="D282" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>2371</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>5147</v>
-[...4 lines deleted...]
-      <c r="H282" s="8" t="s">
+        <v>5146</v>
+      </c>
+      <c r="G282" s="7" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H282" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="I282" s="3" t="s">
+      <c r="I282" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:15" ht="51" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
-        <v>3788</v>
+        <v>3787</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>3687</v>
-[...8 lines deleted...]
-        <v>2379</v>
+        <v>3686</v>
+      </c>
+      <c r="C283" s="8" t="s">
+        <v>3790</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>2788</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>2378</v>
       </c>
       <c r="F283" s="1"/>
-      <c r="G283" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I283" s="3" t="s">
+      <c r="G283" s="7" t="s">
+        <v>4804</v>
+      </c>
+      <c r="H283" s="3" t="s">
+        <v>2575</v>
+      </c>
+      <c r="I283" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="B284" s="1" t="s">
         <v>3792</v>
       </c>
-      <c r="B284" s="1" t="s">
-[...9 lines deleted...]
-        <v>2515</v>
+      <c r="C284" s="8" t="s">
+        <v>3794</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>2950</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>2514</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>5149</v>
-[...1 lines deleted...]
-      <c r="G284" s="12" t="s">
+        <v>5148</v>
+      </c>
+      <c r="G284" s="7" t="s">
         <v>332</v>
       </c>
-      <c r="H284" s="8" t="s">
+      <c r="H284" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I284" s="3" t="s">
+      <c r="I284" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="B285" s="1" t="s">
         <v>3792</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C285" s="8" t="s">
         <v>3793</v>
       </c>
-      <c r="C285" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="D285" s="5" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E285" s="1" t="s">
         <v>411</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>5148</v>
-[...1 lines deleted...]
-      <c r="G285" s="12" t="s">
+        <v>5147</v>
+      </c>
+      <c r="G285" s="7" t="s">
         <v>410</v>
       </c>
-      <c r="H285" s="8" t="s">
+      <c r="H285" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I285" s="3" t="s">
+      <c r="I285" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
-        <v>3796</v>
+        <v>3795</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>3106</v>
-[...4 lines deleted...]
-      <c r="D286" s="32" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C286" s="8" t="s">
+        <v>3798</v>
+      </c>
+      <c r="D286" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="E286" s="3" t="s">
+      <c r="E286" s="1" t="s">
         <v>595</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>5150</v>
-[...1 lines deleted...]
-      <c r="G286" s="12" t="s">
+        <v>5149</v>
+      </c>
+      <c r="G286" s="7" t="s">
         <v>594</v>
       </c>
-      <c r="H286" s="8" t="s">
+      <c r="H286" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="I286" s="3" t="s">
+      <c r="I286" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
+        <v>3795</v>
+      </c>
+      <c r="B287" s="1" t="s">
         <v>3796</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C287" s="8" t="s">
         <v>3797</v>
       </c>
-      <c r="C287" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="D287" s="5" t="s">
         <v>1727</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>1726</v>
       </c>
       <c r="F287" s="1">
         <v>56993813672</v>
       </c>
-      <c r="G287" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H287" s="8" t="s">
+      <c r="G287" s="7" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H287" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I287" s="3" t="s">
+      <c r="I287" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
+        <v>3799</v>
+      </c>
+      <c r="B288" s="1" t="s">
         <v>3800</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C288" s="8" t="s">
         <v>3801</v>
       </c>
-      <c r="C288" s="36" t="s">
-[...6 lines deleted...]
-        <v>2463</v>
+      <c r="D288" s="5" t="s">
+        <v>2895</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>2462</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>5151</v>
-[...7 lines deleted...]
-      <c r="I288" s="3" t="s">
+        <v>5150</v>
+      </c>
+      <c r="G288" s="7" t="s">
+        <v>967</v>
+      </c>
+      <c r="H288" s="3" t="s">
+        <v>2673</v>
+      </c>
+      <c r="I288" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C289" s="8" t="s">
         <v>3803</v>
       </c>
-      <c r="B289" s="1" t="s">
-[...9 lines deleted...]
-        <v>2408</v>
+      <c r="D289" s="5" t="s">
+        <v>2828</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>2407</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>5152</v>
-[...7 lines deleted...]
-      <c r="I289" s="3" t="s">
+        <v>5151</v>
+      </c>
+      <c r="G289" s="7" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H289" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="I289" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>3111</v>
-[...13 lines deleted...]
-      <c r="G290" s="12" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C290" s="8" t="s">
+        <v>3808</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>2943</v>
+      </c>
+      <c r="E290" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="F290" s="12" t="s">
+        <v>5157</v>
+      </c>
+      <c r="G290" s="7" t="s">
         <v>401</v>
       </c>
-      <c r="H290" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I290" s="3" t="s">
+      <c r="H290" s="3" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I290" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>3103</v>
-[...7 lines deleted...]
-      <c r="E291" s="3" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C291" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D291" s="5" t="s">
         <v>1041</v>
       </c>
+      <c r="E291" s="1" t="s">
+        <v>1040</v>
+      </c>
       <c r="F291" s="1" t="s">
-        <v>5157</v>
-[...4 lines deleted...]
-      <c r="H291" s="8" t="s">
+        <v>5156</v>
+      </c>
+      <c r="G291" s="7" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H291" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="I291" s="3" t="s">
+      <c r="I291" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>3332</v>
-[...7 lines deleted...]
-      <c r="E292" s="3" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C292" s="8" t="s">
+        <v>3804</v>
+      </c>
+      <c r="D292" s="5" t="s">
         <v>1799</v>
       </c>
+      <c r="E292" s="1" t="s">
+        <v>1798</v>
+      </c>
       <c r="F292" s="1" t="s">
-        <v>5153</v>
-[...4 lines deleted...]
-      <c r="H292" s="8" t="s">
+        <v>5152</v>
+      </c>
+      <c r="G292" s="7" t="s">
         <v>1797</v>
       </c>
-      <c r="I292" s="3" t="s">
+      <c r="H292" s="3" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I292" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>3106</v>
-[...8 lines deleted...]
-        <v>2403</v>
+        <v>3105</v>
+      </c>
+      <c r="C293" s="8" t="s">
+        <v>3805</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>2820</v>
+      </c>
+      <c r="E293" s="1" t="s">
+        <v>2402</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>5154</v>
-[...7 lines deleted...]
-      <c r="I293" s="3" t="s">
+        <v>5153</v>
+      </c>
+      <c r="G293" s="7" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H293" s="3" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I293" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>3807</v>
-[...7 lines deleted...]
-      <c r="E294" s="3" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C294" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D294" s="5" t="s">
         <v>1564</v>
       </c>
-      <c r="F294" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H294" s="8" t="s">
+      <c r="E294" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="I294" s="3" t="s">
+      <c r="F294" s="13" t="s">
+        <v>5154</v>
+      </c>
+      <c r="G294" s="7" t="s">
+        <v>3023</v>
+      </c>
+      <c r="H294" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I294" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>3594</v>
+        <v>3593</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>3232</v>
-[...7 lines deleted...]
-      <c r="E295" s="3" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C295" s="8" t="s">
+        <v>3807</v>
+      </c>
+      <c r="D295" s="5" t="s">
         <v>1412</v>
       </c>
+      <c r="E295" s="1" t="s">
+        <v>1411</v>
+      </c>
       <c r="F295" s="1" t="s">
-        <v>5156</v>
-[...4 lines deleted...]
-      <c r="H295" s="8" t="s">
+        <v>5155</v>
+      </c>
+      <c r="G295" s="7" t="s">
         <v>1410</v>
       </c>
-      <c r="I295" s="3" t="s">
+      <c r="H295" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I295" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>3113</v>
+        <v>3112</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>3398</v>
-[...8 lines deleted...]
-        <v>1998</v>
+        <v>3397</v>
+      </c>
+      <c r="C296" s="8" t="s">
+        <v>3809</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>2785</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>1997</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>5159</v>
-[...4 lines deleted...]
-      <c r="H296" s="8" t="s">
+        <v>5158</v>
+      </c>
+      <c r="G296" s="7" t="s">
         <v>1996</v>
       </c>
-      <c r="I296" s="3" t="s">
+      <c r="H296" s="3" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I296" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>3113</v>
+        <v>3112</v>
       </c>
       <c r="B297" s="1" t="s">
+        <v>3810</v>
+      </c>
+      <c r="C297" s="8" t="s">
         <v>3811</v>
       </c>
-      <c r="C297" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D297" s="32" t="s">
+      <c r="D297" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="E297" s="3" t="s">
-        <v>2521</v>
+      <c r="E297" s="1" t="s">
+        <v>2520</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>5160</v>
-[...1 lines deleted...]
-      <c r="G297" s="12" t="s">
+        <v>5159</v>
+      </c>
+      <c r="G297" s="7" t="s">
         <v>258</v>
       </c>
-      <c r="H297" s="8" t="s">
+      <c r="H297" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="I297" s="3" t="s">
+      <c r="I297" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>3813</v>
+        <v>3812</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>3101</v>
-[...4 lines deleted...]
-      <c r="D298" s="32" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C298" s="8" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D298" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="E298" s="3" t="s">
-        <v>2497</v>
+      <c r="E298" s="1" t="s">
+        <v>2496</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>5161</v>
-[...1 lines deleted...]
-      <c r="G298" s="12" t="s">
+        <v>5160</v>
+      </c>
+      <c r="G298" s="7" t="s">
         <v>471</v>
       </c>
-      <c r="H298" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I298" s="3" t="s">
+      <c r="H298" s="3" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I298" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
-        <v>3759</v>
+        <v>3758</v>
       </c>
       <c r="B299" s="1" t="s">
+        <v>3813</v>
+      </c>
+      <c r="C299" s="8" t="s">
         <v>3814</v>
       </c>
-      <c r="C299" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="D299" s="5" t="s">
+        <v>2799</v>
+      </c>
+      <c r="E299" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>5162</v>
-[...4 lines deleted...]
-      <c r="H299" s="8" t="s">
+        <v>5161</v>
+      </c>
+      <c r="G299" s="7" t="s">
         <v>1879</v>
       </c>
-      <c r="I299" s="3" t="s">
+      <c r="H299" s="3" t="s">
+        <v>1878</v>
+      </c>
+      <c r="I299" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
+        <v>3815</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C300" s="8" t="s">
         <v>3816</v>
       </c>
-      <c r="B300" s="1" t="s">
-[...9 lines deleted...]
-        <v>2466</v>
+      <c r="D300" s="5" t="s">
+        <v>2898</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>2465</v>
       </c>
       <c r="F300" s="1"/>
-      <c r="G300" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I300" s="3" t="s">
+      <c r="G300" s="7" t="s">
+        <v>963</v>
+      </c>
+      <c r="H300" s="3" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I300" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
+        <v>3817</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>3818</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C301" s="8" t="s">
         <v>3819</v>
       </c>
-      <c r="C301" s="36" t="s">
-[...6 lines deleted...]
-        <v>2414</v>
+      <c r="D301" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>2413</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>5163</v>
-[...7 lines deleted...]
-      <c r="I301" s="3" t="s">
+        <v>5162</v>
+      </c>
+      <c r="G301" s="7" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H301" s="3" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I301" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
+        <v>3820</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C302" s="8" t="s">
         <v>3821</v>
       </c>
-      <c r="B302" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="D302" s="5" t="s">
         <v>1747</v>
       </c>
+      <c r="E302" s="1" t="s">
+        <v>1746</v>
+      </c>
       <c r="F302" s="1" t="s">
-        <v>5164</v>
-[...4 lines deleted...]
-      <c r="H302" s="8" t="s">
+        <v>5163</v>
+      </c>
+      <c r="G302" s="7" t="s">
         <v>1745</v>
       </c>
-      <c r="I302" s="3" t="s">
+      <c r="H302" s="3" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I302" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B303" s="1" t="s">
         <v>3823</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C303" s="8" t="s">
         <v>3824</v>
       </c>
-      <c r="C303" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="D303" s="5" t="s">
         <v>1630</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>1629</v>
       </c>
       <c r="F303" s="1">
         <v>56993813673</v>
       </c>
-      <c r="G303" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H303" s="8" t="s">
+      <c r="G303" s="7" t="s">
         <v>1628</v>
       </c>
-      <c r="I303" s="3" t="s">
+      <c r="H303" s="3" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I303" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="str">
         <f>$A$319</f>
         <v>GÓMEZ</v>
       </c>
       <c r="B304" s="1" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C304" s="8" t="s">
         <v>3857</v>
       </c>
-      <c r="C304" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="D304" s="5" t="s">
         <v>1312</v>
       </c>
+      <c r="E304" s="1" t="s">
+        <v>1311</v>
+      </c>
       <c r="F304" s="1" t="s">
-        <v>5178</v>
-[...4 lines deleted...]
-      <c r="H304" s="8" t="s">
+        <v>5177</v>
+      </c>
+      <c r="G304" s="7" t="s">
         <v>1310</v>
       </c>
-      <c r="I304" s="3" t="s">
+      <c r="H304" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="str">
         <f>$A$319</f>
         <v>GÓMEZ</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>3770</v>
-[...4 lines deleted...]
-      <c r="D305" s="32" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C305" s="8" t="s">
+        <v>3860</v>
+      </c>
+      <c r="D305" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="E305" s="3" t="s">
+      <c r="E305" s="1" t="s">
         <v>278</v>
       </c>
       <c r="F305" s="1">
         <v>56993813674</v>
       </c>
-      <c r="G305" s="12" t="s">
+      <c r="G305" s="7" t="s">
         <v>277</v>
       </c>
-      <c r="H305" s="8" t="s">
+      <c r="H305" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="I305" s="3" t="s">
+      <c r="I305" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="str">
         <f>$A$319</f>
         <v>GÓMEZ</v>
       </c>
       <c r="B306" s="1" t="s">
+        <v>3854</v>
+      </c>
+      <c r="C306" s="8" t="s">
         <v>3855</v>
       </c>
-      <c r="C306" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="D306" s="36" t="s">
         <v>2056</v>
       </c>
+      <c r="E306" s="1" t="s">
+        <v>2055</v>
+      </c>
       <c r="F306" s="1"/>
-      <c r="G306" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I306" s="3" t="s">
+      <c r="G306" s="7" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H306" s="3" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I306" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="str">
         <f>$A$319</f>
         <v>GÓMEZ</v>
       </c>
       <c r="B307" s="1" t="s">
+        <v>3858</v>
+      </c>
+      <c r="C307" s="8" t="s">
         <v>3859</v>
       </c>
-      <c r="C307" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="D307" s="5" t="s">
+        <v>2911</v>
+      </c>
+      <c r="E307" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F307" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G307" s="12" t="s">
+      <c r="F307" s="12" t="s">
+        <v>5178</v>
+      </c>
+      <c r="G307" s="7" t="s">
         <v>762</v>
       </c>
-      <c r="H307" s="8" t="s">
+      <c r="H307" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="I307" s="3" t="s">
+      <c r="I307" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
-        <v>3826</v>
+        <v>3825</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>3132</v>
-[...4 lines deleted...]
-      <c r="D308" s="32" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C308" s="8" t="s">
+        <v>3828</v>
+      </c>
+      <c r="D308" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E308" s="3" t="s">
+      <c r="E308" s="1" t="s">
         <v>224</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>5166</v>
-[...1 lines deleted...]
-      <c r="G308" s="12" t="s">
+        <v>5165</v>
+      </c>
+      <c r="G308" s="7" t="s">
         <v>223</v>
       </c>
-      <c r="H308" s="8" t="s">
+      <c r="H308" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I308" s="3" t="s">
+      <c r="I308" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
+        <v>3825</v>
+      </c>
+      <c r="B309" s="1" t="s">
         <v>3826</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C309" s="8" t="s">
         <v>3827</v>
       </c>
-      <c r="C309" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="D309" s="5" t="s">
         <v>1695</v>
       </c>
+      <c r="E309" s="1" t="s">
+        <v>1694</v>
+      </c>
       <c r="F309" s="1" t="s">
-        <v>5165</v>
-[...7 lines deleted...]
-      <c r="I309" s="3" t="s">
+        <v>5164</v>
+      </c>
+      <c r="G309" s="7" t="s">
+        <v>3016</v>
+      </c>
+      <c r="H309" s="3" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I309" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
-        <v>3109</v>
+        <v>3108</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>3222</v>
-[...7 lines deleted...]
-      <c r="E310" s="3" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C310" s="8" t="s">
+        <v>3831</v>
+      </c>
+      <c r="D310" s="5" t="s">
         <v>1706</v>
       </c>
+      <c r="E310" s="1" t="s">
+        <v>1705</v>
+      </c>
       <c r="F310" s="1" t="s">
-        <v>5168</v>
-[...4 lines deleted...]
-      <c r="H310" s="8" t="s">
+        <v>5167</v>
+      </c>
+      <c r="G310" s="7" t="s">
+        <v>1704</v>
+      </c>
+      <c r="H310" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I310" s="3" t="s">
+      <c r="I310" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
-        <v>3109</v>
+        <v>3108</v>
       </c>
       <c r="B311" s="1" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C311" s="8" t="s">
         <v>3830</v>
       </c>
-      <c r="C311" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="D311" s="5" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E311" s="1" t="s">
         <v>288</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>5167</v>
-[...7 lines deleted...]
-      <c r="I311" s="3" t="s">
+        <v>5166</v>
+      </c>
+      <c r="G311" s="7" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H311" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I311" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B312" s="1" t="s">
         <v>3833</v>
       </c>
-      <c r="B312" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D312" s="32" t="s">
+      <c r="C312" s="8" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D312" s="5" t="s">
         <v>733</v>
       </c>
-      <c r="E312" s="3" t="s">
+      <c r="E312" s="1" t="s">
         <v>732</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>5169</v>
-[...1 lines deleted...]
-      <c r="G312" s="12" t="s">
+        <v>5168</v>
+      </c>
+      <c r="G312" s="7" t="s">
         <v>731</v>
       </c>
-      <c r="H312" s="8" t="s">
+      <c r="H312" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="I312" s="3" t="s">
+      <c r="I312" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B313" s="1" t="s">
         <v>3835</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="C313" s="8" t="s">
         <v>3836</v>
       </c>
-      <c r="C313" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D313" s="32" t="s">
+      <c r="D313" s="5" t="s">
         <v>623</v>
       </c>
-      <c r="E313" s="3" t="s">
+      <c r="E313" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="F313" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G313" s="12" t="s">
+      <c r="F313" s="13" t="s">
+        <v>5169</v>
+      </c>
+      <c r="G313" s="7" t="s">
         <v>621</v>
       </c>
-      <c r="H313" s="8" t="s">
+      <c r="H313" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="I313" s="3" t="s">
+      <c r="I313" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
+        <v>3837</v>
+      </c>
+      <c r="B314" s="1" t="s">
         <v>3838</v>
       </c>
-      <c r="B314" s="1" t="s">
-[...9 lines deleted...]
-        <v>2524</v>
+      <c r="C314" s="8" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>2961</v>
+      </c>
+      <c r="E314" s="1" t="s">
+        <v>2523</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>5171</v>
-[...1 lines deleted...]
-      <c r="G314" s="12" t="s">
+        <v>5170</v>
+      </c>
+      <c r="G314" s="7" t="s">
         <v>219</v>
       </c>
-      <c r="H314" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I314" s="3" t="s">
+      <c r="H314" s="3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="I314" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
+        <v>3839</v>
+      </c>
+      <c r="B315" s="1" t="s">
         <v>3840</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C315" s="8" t="s">
         <v>3841</v>
       </c>
-      <c r="C315" s="36" t="s">
-[...6 lines deleted...]
-        <v>1446</v>
+      <c r="D315" s="5" t="s">
+        <v>2886</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>1445</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>5172</v>
-[...4 lines deleted...]
-      <c r="H315" s="8" t="s">
+        <v>5171</v>
+      </c>
+      <c r="G315" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H315" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="I315" s="3" t="s">
+      <c r="I315" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>3131</v>
+        <v>3130</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>3114</v>
-[...7 lines deleted...]
-      <c r="E316" s="3" t="s">
+        <v>3113</v>
+      </c>
+      <c r="C316" s="8" t="s">
+        <v>3842</v>
+      </c>
+      <c r="D316" s="5" t="s">
         <v>1473</v>
       </c>
+      <c r="E316" s="1" t="s">
+        <v>1472</v>
+      </c>
       <c r="F316" s="1" t="s">
-        <v>5173</v>
-[...4 lines deleted...]
-      <c r="H316" s="8" t="s">
+        <v>5172</v>
+      </c>
+      <c r="G316" s="7" t="s">
         <v>1471</v>
       </c>
-      <c r="I316" s="3" t="s">
+      <c r="H316" s="3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I316" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
+        <v>3843</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C317" s="8" t="s">
         <v>3844</v>
       </c>
-      <c r="B317" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="D317" s="5" t="s">
         <v>1119</v>
       </c>
+      <c r="E317" s="1" t="s">
+        <v>1118</v>
+      </c>
       <c r="F317" s="1" t="s">
-        <v>5174</v>
-[...4 lines deleted...]
-      <c r="H317" s="8" t="s">
+        <v>5173</v>
+      </c>
+      <c r="G317" s="7" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H317" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I317" s="3" t="s">
+      <c r="I317" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>3844</v>
+        <v>3843</v>
       </c>
       <c r="B318" s="1" t="s">
+        <v>3845</v>
+      </c>
+      <c r="C318" s="8" t="s">
         <v>3846</v>
       </c>
-      <c r="C318" s="36" t="s">
-[...6 lines deleted...]
-        <v>2460</v>
+      <c r="D318" s="5" t="s">
+        <v>2887</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>2459</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>5175</v>
-[...7 lines deleted...]
-      <c r="I318" s="3" t="s">
+        <v>5174</v>
+      </c>
+      <c r="G318" s="7" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H318" s="3" t="s">
+        <v>2667</v>
+      </c>
+      <c r="I318" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
-        <v>3844</v>
+        <v>3843</v>
       </c>
       <c r="B319" s="1" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C319" s="8" t="s">
         <v>3848</v>
       </c>
-      <c r="C319" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D319" s="32" t="s">
+      <c r="D319" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="E319" s="3" t="s">
-        <v>2511</v>
+      <c r="E319" s="1" t="s">
+        <v>2510</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>5176</v>
-[...1 lines deleted...]
-      <c r="G319" s="12" t="s">
+        <v>5175</v>
+      </c>
+      <c r="G319" s="7" t="s">
         <v>376</v>
       </c>
-      <c r="H319" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I319" s="3" t="s">
+      <c r="H319" s="3" t="s">
+        <v>2722</v>
+      </c>
+      <c r="I319" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
+        <v>3852</v>
+      </c>
+      <c r="B320" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="B320" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="C320" s="8" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D320" s="5" t="s">
         <v>1219</v>
       </c>
+      <c r="E320" s="1" t="s">
+        <v>1218</v>
+      </c>
       <c r="F320" s="1" t="s">
-        <v>5177</v>
-[...4 lines deleted...]
-      <c r="H320" s="8" t="s">
+        <v>5176</v>
+      </c>
+      <c r="G320" s="7" t="s">
         <v>1217</v>
       </c>
-      <c r="I320" s="3" t="s">
+      <c r="H320" s="3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I320" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>3863</v>
-[...7 lines deleted...]
-      <c r="E321" s="3" t="s">
+        <v>3862</v>
+      </c>
+      <c r="C321" s="8" t="s">
+        <v>3660</v>
+      </c>
+      <c r="D321" s="5" t="s">
         <v>1651</v>
       </c>
+      <c r="E321" s="1" t="s">
+        <v>1650</v>
+      </c>
       <c r="F321" s="1" t="s">
-        <v>5181</v>
-[...4 lines deleted...]
-      <c r="H321" s="8" t="s">
+        <v>5180</v>
+      </c>
+      <c r="G321" s="7" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H321" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="I321" s="3" t="s">
+      <c r="I321" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>3105</v>
-[...7 lines deleted...]
-      <c r="E322" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C322" s="8" t="s">
+        <v>3864</v>
+      </c>
+      <c r="D322" s="5" t="s">
         <v>1265</v>
       </c>
+      <c r="E322" s="1" t="s">
+        <v>1264</v>
+      </c>
       <c r="F322" s="1" t="s">
-        <v>5183</v>
-[...4 lines deleted...]
-      <c r="H322" s="8" t="s">
+        <v>5182</v>
+      </c>
+      <c r="G322" s="7" t="s">
         <v>1263</v>
       </c>
-      <c r="I322" s="3" t="s">
+      <c r="H322" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I322" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B323" s="1" t="s">
+        <v>3867</v>
+      </c>
+      <c r="C323" s="8" t="s">
         <v>3868</v>
       </c>
-      <c r="C323" s="36" t="s">
-[...6 lines deleted...]
-        <v>2531</v>
+      <c r="D323" s="5" t="s">
+        <v>2969</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>2530</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>5187</v>
-[...1 lines deleted...]
-      <c r="G323" s="12" t="s">
+        <v>5186</v>
+      </c>
+      <c r="G323" s="7" t="s">
         <v>148</v>
       </c>
-      <c r="H323" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I323" s="3" t="s">
+      <c r="H323" s="3" t="s">
+        <v>2744</v>
+      </c>
+      <c r="I323" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>3653</v>
-[...19 lines deleted...]
-      <c r="I324" s="3" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C324" s="8" t="s">
+        <v>3861</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>2766</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F324" s="12" t="s">
+        <v>5179</v>
+      </c>
+      <c r="G324" s="7" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H324" s="3" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I324" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>3162</v>
-[...4 lines deleted...]
-      <c r="D325" s="32" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C325" s="8" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D325" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="E325" s="3" t="s">
+      <c r="E325" s="1" t="s">
         <v>215</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>5186</v>
-[...1 lines deleted...]
-      <c r="G325" s="12" t="s">
+        <v>5185</v>
+      </c>
+      <c r="G325" s="7" t="s">
         <v>214</v>
       </c>
-      <c r="H325" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I325" s="3" t="s">
+      <c r="H325" s="3" t="s">
+        <v>2738</v>
+      </c>
+      <c r="I325" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>3864</v>
-[...7 lines deleted...]
-      <c r="E326" s="3" t="s">
+        <v>3863</v>
+      </c>
+      <c r="C326" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D326" s="5" t="s">
         <v>1561</v>
       </c>
+      <c r="E326" s="1" t="s">
+        <v>1560</v>
+      </c>
       <c r="F326" s="1" t="s">
-        <v>5182</v>
-[...4 lines deleted...]
-      <c r="H326" s="8" t="s">
+        <v>5181</v>
+      </c>
+      <c r="G326" s="7" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H326" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I326" s="3" t="s">
+      <c r="I326" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B327" s="1" t="s">
+        <v>3869</v>
+      </c>
+      <c r="C327" s="8" t="s">
         <v>3870</v>
       </c>
-      <c r="C327" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D327" s="41" t="s">
+      <c r="D327" s="27" t="s">
         <v>126</v>
       </c>
-      <c r="E327" s="3" t="s">
+      <c r="E327" s="1" t="s">
         <v>125</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>5189</v>
-[...4 lines deleted...]
-      <c r="H327" s="8" t="s">
+        <v>5188</v>
+      </c>
+      <c r="G327" s="7" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H327" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I327" s="3" t="s">
+      <c r="I327" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="B328" s="1" t="s">
         <v>3106</v>
       </c>
-      <c r="B328" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D328" s="32" t="s">
+      <c r="C328" s="8" t="s">
+        <v>3866</v>
+      </c>
+      <c r="D328" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="E328" s="3" t="s">
-[...5 lines deleted...]
-      <c r="G328" s="12" t="s">
+      <c r="E328" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F328" s="13" t="s">
+        <v>5184</v>
+      </c>
+      <c r="G328" s="7" t="s">
         <v>433</v>
       </c>
-      <c r="H328" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I328" s="3" t="s">
+      <c r="H328" s="3" t="s">
+        <v>2718</v>
+      </c>
+      <c r="I328" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>3116</v>
-[...8 lines deleted...]
-        <v>2504</v>
+        <v>3115</v>
+      </c>
+      <c r="C329" s="8" t="s">
+        <v>3865</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>2503</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>5184</v>
-[...1 lines deleted...]
-      <c r="G329" s="12" t="s">
+        <v>5183</v>
+      </c>
+      <c r="G329" s="7" t="s">
         <v>435</v>
       </c>
-      <c r="H329" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I329" s="3" t="s">
+      <c r="H329" s="3" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I329" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="str">
         <f>$A$337</f>
         <v>GUTIÉRREZ</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>3887</v>
-[...4 lines deleted...]
-      <c r="D330" s="32" t="s">
+        <v>3886</v>
+      </c>
+      <c r="C330" s="8" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D330" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="E330" s="3" t="s">
+      <c r="E330" s="1" t="s">
         <v>243</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>5197</v>
-[...1 lines deleted...]
-      <c r="G330" s="12" t="s">
+        <v>5196</v>
+      </c>
+      <c r="G330" s="7" t="s">
         <v>242</v>
       </c>
-      <c r="H330" s="8" t="s">
+      <c r="H330" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="I330" s="3" t="s">
+      <c r="I330" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>3469</v>
+        <v>3468</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>4878</v>
-[...7 lines deleted...]
-      <c r="E331" s="3" t="s">
+        <v>4877</v>
+      </c>
+      <c r="C331" s="8" t="s">
+        <v>4901</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>4885</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>4899</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>5187</v>
+      </c>
+      <c r="G331" s="8" t="s">
+        <v>4888</v>
+      </c>
+      <c r="H331" s="1" t="s">
         <v>4900</v>
       </c>
-      <c r="F331" s="1" t="s">
-[...8 lines deleted...]
-      <c r="I331" s="3" t="s">
+      <c r="I331" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B332" s="1" t="s">
         <v>3872</v>
       </c>
-      <c r="B332" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="C332" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D332" s="37" t="s">
         <v>1039</v>
       </c>
+      <c r="E332" s="1" t="s">
+        <v>1038</v>
+      </c>
       <c r="F332" s="1" t="s">
-        <v>5190</v>
-[...4 lines deleted...]
-      <c r="H332" s="8" t="s">
+        <v>5189</v>
+      </c>
+      <c r="G332" s="7" t="s">
         <v>1037</v>
       </c>
-      <c r="I332" s="3" t="s">
+      <c r="H332" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I332" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
+        <v>3873</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>3874</v>
       </c>
-      <c r="B333" s="1" t="s">
-[...9 lines deleted...]
-        <v>2382</v>
+      <c r="C333" s="8" t="s">
+        <v>3774</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>2839</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>2381</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>5191</v>
-[...7 lines deleted...]
-      <c r="I333" s="3" t="s">
+        <v>5190</v>
+      </c>
+      <c r="G333" s="7" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H333" s="3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="I333" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
+        <v>3875</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C334" s="8" t="s">
         <v>3876</v>
       </c>
-      <c r="B334" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="D334" s="5" t="s">
         <v>1483</v>
       </c>
+      <c r="E334" s="1" t="s">
+        <v>1482</v>
+      </c>
       <c r="F334" s="1" t="s">
-        <v>5192</v>
-[...7 lines deleted...]
-      <c r="I334" s="3" t="s">
+        <v>5191</v>
+      </c>
+      <c r="G334" s="7" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H334" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I334" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B335" s="1" t="s">
         <v>3878</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="C335" s="8" t="s">
         <v>3879</v>
       </c>
-      <c r="C335" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D335" s="32" t="s">
+      <c r="D335" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="E335" s="3" t="s">
+      <c r="E335" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F335" s="1"/>
-      <c r="G335" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H335" s="8" t="s">
+      <c r="G335" s="7" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H335" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="I335" s="3" t="s">
+      <c r="I335" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>4845</v>
-[...4 lines deleted...]
-      <c r="D336" s="32" t="s">
+        <v>4844</v>
+      </c>
+      <c r="C336" s="8" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D336" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="E336" s="3" t="s">
+      <c r="E336" s="1" t="s">
         <v>728</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>5193</v>
-[...4 lines deleted...]
-      <c r="H336" s="8" t="s">
+        <v>5192</v>
+      </c>
+      <c r="G336" s="7" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H336" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="I336" s="3" t="s">
+      <c r="I336" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>3407</v>
-[...8 lines deleted...]
-        <v>5675</v>
+        <v>3406</v>
+      </c>
+      <c r="C337" s="8" t="s">
+        <v>5687</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>5672</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>5673</v>
       </c>
       <c r="F337" s="1">
         <v>933874722</v>
       </c>
-      <c r="G337" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I337" s="10"/>
+      <c r="G337" s="7" t="s">
+        <v>5674</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>5675</v>
+      </c>
+      <c r="I337" s="5"/>
     </row>
     <row r="338" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>3438</v>
-[...4 lines deleted...]
-      <c r="D338" s="32" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C338" s="8" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D338" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="E338" s="3" t="s">
-        <v>4871</v>
+      <c r="E338" s="1" t="s">
+        <v>4870</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>5195</v>
-[...1 lines deleted...]
-      <c r="G338" s="12" t="s">
+        <v>5194</v>
+      </c>
+      <c r="G338" s="7" t="s">
         <v>794</v>
       </c>
-      <c r="H338" s="8" t="s">
+      <c r="H338" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="I338" s="3" t="s">
+      <c r="I338" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>3882</v>
-[...8 lines deleted...]
-        <v>1323</v>
+        <v>3881</v>
+      </c>
+      <c r="C339" s="8" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>2860</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>1322</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>5194</v>
-[...7 lines deleted...]
-      <c r="I339" s="3" t="s">
+        <v>5193</v>
+      </c>
+      <c r="G339" s="7" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H339" s="3" t="s">
+        <v>2640</v>
+      </c>
+      <c r="I339" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E340" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C340" s="8" t="s">
+        <v>3882</v>
+      </c>
+      <c r="D340" s="5" t="s">
         <v>1116</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>1115</v>
       </c>
       <c r="F340" s="1">
         <v>56993813675</v>
       </c>
-      <c r="G340" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H340" s="8" t="s">
+      <c r="G340" s="7" t="s">
         <v>1114</v>
       </c>
-      <c r="I340" s="3" t="s">
+      <c r="H340" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I340" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>3886</v>
+        <v>3885</v>
       </c>
       <c r="B341" s="1" t="s">
+        <v>3883</v>
+      </c>
+      <c r="C341" s="8" t="s">
         <v>3884</v>
       </c>
-      <c r="C341" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="D341" s="37" t="s">
         <v>1886</v>
       </c>
-      <c r="F341" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H341" s="8" t="s">
+      <c r="E341" s="1" t="s">
         <v>1885</v>
       </c>
-      <c r="I341" s="3" t="s">
+      <c r="F341" s="12" t="s">
+        <v>5195</v>
+      </c>
+      <c r="G341" s="7" t="s">
+        <v>3008</v>
+      </c>
+      <c r="H341" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I341" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
+        <v>3887</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C342" s="8" t="s">
         <v>3888</v>
       </c>
-      <c r="B342" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="D342" s="5" t="s">
         <v>1249</v>
       </c>
+      <c r="E342" s="1" t="s">
+        <v>1248</v>
+      </c>
       <c r="F342" s="1" t="s">
-        <v>5198</v>
-[...4 lines deleted...]
-      <c r="H342" s="8" t="s">
+        <v>5197</v>
+      </c>
+      <c r="G342" s="7" t="s">
         <v>1247</v>
       </c>
-      <c r="I342" s="3" t="s">
+      <c r="H342" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I342" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
+        <v>3889</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C343" s="8" t="s">
         <v>3890</v>
       </c>
-      <c r="B343" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D343" s="32" t="s">
+      <c r="D343" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="E343" s="3" t="s">
+      <c r="E343" s="1" t="s">
         <v>115</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>5199</v>
-[...4 lines deleted...]
-      <c r="H343" s="8" t="s">
+        <v>5198</v>
+      </c>
+      <c r="G343" s="7" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H343" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="I343" s="3" t="s">
+      <c r="I343" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
+        <v>3891</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C344" s="8" t="s">
         <v>3892</v>
       </c>
-      <c r="B344" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D344" s="32" t="s">
+      <c r="D344" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="E344" s="3" t="s">
+      <c r="E344" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="F344" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G344" s="12" t="s">
+      <c r="F344" s="13" t="s">
+        <v>5199</v>
+      </c>
+      <c r="G344" s="7" t="s">
         <v>197</v>
       </c>
-      <c r="H344" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I344" s="3" t="s">
+      <c r="H344" s="3" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I344" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
+        <v>3893</v>
+      </c>
+      <c r="B345" s="1" t="s">
         <v>3894</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="C345" s="8" t="s">
         <v>3895</v>
       </c>
-      <c r="C345" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="D345" s="5" t="s">
         <v>1815</v>
       </c>
+      <c r="E345" s="1" t="s">
+        <v>1814</v>
+      </c>
       <c r="F345" s="1" t="s">
-        <v>5201</v>
-[...4 lines deleted...]
-      <c r="H345" s="8" t="s">
+        <v>5200</v>
+      </c>
+      <c r="G345" s="7" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H345" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I345" s="3" t="s">
+      <c r="I345" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
+        <v>3896</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>3796</v>
+      </c>
+      <c r="C346" s="8" t="s">
         <v>3897</v>
       </c>
-      <c r="B346" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="D346" s="5" t="s">
         <v>2185</v>
       </c>
+      <c r="E346" s="1" t="s">
+        <v>2184</v>
+      </c>
       <c r="F346" s="1" t="s">
-        <v>5202</v>
-[...7 lines deleted...]
-      <c r="I346" s="3" t="s">
+        <v>5201</v>
+      </c>
+      <c r="G346" s="7" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H346" s="3" t="s">
+        <v>2556</v>
+      </c>
+      <c r="I346" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
+        <v>3898</v>
+      </c>
+      <c r="B347" s="1" t="s">
         <v>3899</v>
       </c>
-      <c r="B347" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="C347" s="8" t="s">
+        <v>3687</v>
+      </c>
+      <c r="D347" s="5" t="s">
         <v>836</v>
       </c>
+      <c r="E347" s="1" t="s">
+        <v>835</v>
+      </c>
       <c r="F347" s="1" t="s">
-        <v>5203</v>
-[...4 lines deleted...]
-      <c r="H347" s="8" t="s">
+        <v>5202</v>
+      </c>
+      <c r="G347" s="7" t="s">
         <v>834</v>
       </c>
-      <c r="I347" s="3" t="s">
+      <c r="H347" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="I347" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C348" s="8" t="s">
         <v>3901</v>
       </c>
-      <c r="B348" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="D348" s="5" t="s">
         <v>1103</v>
       </c>
+      <c r="E348" s="1" t="s">
+        <v>1102</v>
+      </c>
       <c r="F348" s="1" t="s">
-        <v>5204</v>
-[...7 lines deleted...]
-      <c r="I348" s="3" t="s">
+        <v>5203</v>
+      </c>
+      <c r="G348" s="7" t="s">
+        <v>4805</v>
+      </c>
+      <c r="H348" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I348" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
-        <v>3328</v>
+        <v>3327</v>
       </c>
       <c r="B349" s="1" t="s">
+        <v>3902</v>
+      </c>
+      <c r="C349" s="8" t="s">
         <v>3903</v>
       </c>
-      <c r="C349" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="D349" s="5" t="s">
         <v>1775</v>
       </c>
+      <c r="E349" s="1" t="s">
+        <v>1774</v>
+      </c>
       <c r="F349" s="1" t="s">
-        <v>5205</v>
-[...4 lines deleted...]
-      <c r="H349" s="8" t="s">
+        <v>5204</v>
+      </c>
+      <c r="G349" s="7" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H349" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I349" s="3" t="s">
+      <c r="I349" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
-        <v>3328</v>
+        <v>3327</v>
       </c>
       <c r="B350" s="1" t="s">
+        <v>3904</v>
+      </c>
+      <c r="C350" s="8" t="s">
         <v>3905</v>
       </c>
-      <c r="C350" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D350" s="32" t="s">
+      <c r="D350" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="E350" s="3" t="s">
+      <c r="E350" s="1" t="s">
         <v>235</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>5206</v>
-[...1 lines deleted...]
-      <c r="G350" s="12" t="s">
+        <v>5205</v>
+      </c>
+      <c r="G350" s="7" t="s">
         <v>234</v>
       </c>
-      <c r="H350" s="8" t="s">
+      <c r="H350" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="I350" s="3" t="s">
+      <c r="I350" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B351" s="1" t="s">
         <v>3907</v>
       </c>
-      <c r="B351" s="1" t="s">
-[...9 lines deleted...]
-        <v>2416</v>
+      <c r="C351" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>2415</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>5207</v>
-[...7 lines deleted...]
-      <c r="I351" s="3" t="s">
+        <v>5206</v>
+      </c>
+      <c r="G351" s="7" t="s">
+        <v>4806</v>
+      </c>
+      <c r="H351" s="3" t="s">
+        <v>2615</v>
+      </c>
+      <c r="I351" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
-        <v>3247</v>
+        <v>3246</v>
       </c>
       <c r="B352" s="1" t="s">
+        <v>3910</v>
+      </c>
+      <c r="C352" s="8" t="s">
         <v>3911</v>
       </c>
-      <c r="C352" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="D352" s="5" t="s">
         <v>2006</v>
       </c>
+      <c r="E352" s="1" t="s">
+        <v>2005</v>
+      </c>
       <c r="F352" s="1" t="s">
-        <v>5208</v>
-[...7 lines deleted...]
-      <c r="I352" s="3" t="s">
+        <v>5207</v>
+      </c>
+      <c r="G352" s="7" t="s">
+        <v>2999</v>
+      </c>
+      <c r="H352" s="3" t="s">
+        <v>2004</v>
+      </c>
+      <c r="I352" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>3247</v>
+        <v>3246</v>
       </c>
       <c r="B353" s="1" t="s">
+        <v>3908</v>
+      </c>
+      <c r="C353" s="8" t="s">
         <v>3909</v>
       </c>
-      <c r="C353" s="36" t="s">
-[...6 lines deleted...]
-        <v>2367</v>
+      <c r="D353" s="5" t="s">
+        <v>2773</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>2366</v>
       </c>
       <c r="F353" s="1"/>
-      <c r="G353" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I353" s="3" t="s">
+      <c r="G353" s="7" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H353" s="3" t="s">
+        <v>2558</v>
+      </c>
+      <c r="I353" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
+        <v>3912</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>3913</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="8" t="s">
         <v>3914</v>
       </c>
-      <c r="C354" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="D354" s="5" t="s">
         <v>1641</v>
       </c>
+      <c r="E354" s="1" t="s">
+        <v>1640</v>
+      </c>
       <c r="F354" s="1" t="s">
-        <v>5209</v>
-[...4 lines deleted...]
-      <c r="H354" s="8" t="s">
+        <v>5208</v>
+      </c>
+      <c r="G354" s="7" t="s">
         <v>1639</v>
       </c>
-      <c r="I354" s="3" t="s">
+      <c r="H354" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I354" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
+        <v>3915</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>3916</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="C355" s="8" t="s">
         <v>3917</v>
       </c>
-      <c r="C355" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="D355" s="5" t="s">
         <v>880</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>879</v>
       </c>
       <c r="F355" s="1">
         <v>56993813676</v>
       </c>
-      <c r="G355" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H355" s="8" t="s">
+      <c r="G355" s="7" t="s">
         <v>878</v>
       </c>
-      <c r="I355" s="3" t="s">
+      <c r="H355" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="I355" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
-        <v>3777</v>
+        <v>3776</v>
       </c>
       <c r="B356" s="1" t="s">
+        <v>3918</v>
+      </c>
+      <c r="C356" s="8" t="s">
         <v>3919</v>
       </c>
-      <c r="C356" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="D356" s="5" t="s">
         <v>2252</v>
       </c>
+      <c r="E356" s="1" t="s">
+        <v>2251</v>
+      </c>
       <c r="F356" s="1" t="s">
-        <v>5210</v>
-[...4 lines deleted...]
-      <c r="H356" s="8" t="s">
+        <v>5209</v>
+      </c>
+      <c r="G356" s="7" t="s">
         <v>2250</v>
       </c>
-      <c r="I356" s="3" t="s">
+      <c r="H356" s="3" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I356" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
-        <v>3777</v>
+        <v>3776</v>
       </c>
       <c r="B357" s="1" t="s">
+        <v>3920</v>
+      </c>
+      <c r="C357" s="8" t="s">
         <v>3921</v>
       </c>
-      <c r="C357" s="36" t="s">
-[...6 lines deleted...]
-        <v>2373</v>
+      <c r="D357" s="5" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>2372</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>5211</v>
-[...7 lines deleted...]
-      <c r="I357" s="3" t="s">
+        <v>5210</v>
+      </c>
+      <c r="G357" s="7" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H357" s="3" t="s">
+        <v>2563</v>
+      </c>
+      <c r="I357" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>3777</v>
+        <v>3776</v>
       </c>
       <c r="B358" s="1" t="s">
+        <v>3924</v>
+      </c>
+      <c r="C358" s="8" t="s">
         <v>3925</v>
       </c>
-      <c r="C358" s="36" t="s">
-[...11 lines deleted...]
-      <c r="G358" s="12" t="s">
+      <c r="D358" s="5" t="s">
+        <v>2958</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="F358" s="12" t="s">
+        <v>5212</v>
+      </c>
+      <c r="G358" s="7" t="s">
         <v>245</v>
       </c>
-      <c r="H358" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I358" s="3" t="s">
+      <c r="H358" s="3" t="s">
+        <v>2735</v>
+      </c>
+      <c r="I358" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
-        <v>3777</v>
+        <v>3776</v>
       </c>
       <c r="B359" s="1" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C359" s="8" t="s">
         <v>3923</v>
       </c>
-      <c r="C359" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D359" s="32" t="s">
+      <c r="D359" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="E359" s="3" t="s">
-        <v>2500</v>
+      <c r="E359" s="1" t="s">
+        <v>2499</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>5212</v>
-[...1 lines deleted...]
-      <c r="G359" s="12" t="s">
+        <v>5211</v>
+      </c>
+      <c r="G359" s="7" t="s">
         <v>455</v>
       </c>
-      <c r="H359" s="8" t="s">
+      <c r="H359" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I359" s="3" t="s">
+      <c r="I359" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
-        <v>4841</v>
+        <v>4840</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>4840</v>
-[...7 lines deleted...]
-      <c r="E360" s="3" t="s">
+        <v>4839</v>
+      </c>
+      <c r="C360" s="8" t="s">
+        <v>4230</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E360" s="1" t="s">
         <v>605</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>5214</v>
-[...4 lines deleted...]
-      <c r="H360" s="8" t="s">
+        <v>5213</v>
+      </c>
+      <c r="G360" s="7" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H360" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="I360" s="3" t="s">
+      <c r="I360" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
+        <v>3926</v>
+      </c>
+      <c r="B361" s="1" t="s">
         <v>3927</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="C361" s="8" t="s">
         <v>3928</v>
       </c>
-      <c r="C361" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="D361" s="5" t="s">
         <v>1854</v>
       </c>
-      <c r="F361" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G361" s="12" t="s">
+      <c r="E361" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="H361" s="8" t="s">
+      <c r="F361" s="13" t="s">
+        <v>5214</v>
+      </c>
+      <c r="G361" s="7" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H361" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="I361" s="3" t="s">
+      <c r="I361" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
+        <v>3929</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C362" s="8" t="s">
         <v>3930</v>
       </c>
-      <c r="B362" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="D362" s="5" t="s">
         <v>1848</v>
       </c>
+      <c r="E362" s="1" t="s">
+        <v>1847</v>
+      </c>
       <c r="F362" s="1" t="s">
-        <v>5216</v>
-[...4 lines deleted...]
-      <c r="H362" s="8" t="s">
+        <v>5215</v>
+      </c>
+      <c r="G362" s="7" t="s">
         <v>1846</v>
       </c>
-      <c r="I362" s="3" t="s">
+      <c r="H362" s="3" t="s">
+        <v>1845</v>
+      </c>
+      <c r="I362" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
+        <v>3931</v>
+      </c>
+      <c r="B363" s="1" t="s">
         <v>3932</v>
       </c>
-      <c r="B363" s="1" t="s">
-[...9 lines deleted...]
-        <v>1233</v>
+      <c r="C363" s="8" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>2305</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>1232</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>5217</v>
-[...7 lines deleted...]
-      <c r="I363" s="3" t="s">
+        <v>5216</v>
+      </c>
+      <c r="G363" s="7" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H363" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I363" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="s">
-        <v>3127</v>
+        <v>3126</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>3934</v>
-[...7 lines deleted...]
-      <c r="E364" s="3" t="s">
+        <v>3933</v>
+      </c>
+      <c r="C364" s="8" t="s">
+        <v>3660</v>
+      </c>
+      <c r="D364" s="5" t="s">
         <v>1648</v>
       </c>
+      <c r="E364" s="1" t="s">
+        <v>1647</v>
+      </c>
       <c r="F364" s="1" t="s">
-        <v>5218</v>
-[...4 lines deleted...]
-      <c r="H364" s="8" t="s">
+        <v>5217</v>
+      </c>
+      <c r="G364" s="7" t="s">
         <v>1646</v>
       </c>
-      <c r="I364" s="3" t="s">
+      <c r="H364" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I364" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>3935</v>
+        <v>3934</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>3886</v>
-[...8 lines deleted...]
-        <v>2469</v>
+        <v>3885</v>
+      </c>
+      <c r="C365" s="8" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>2902</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>2468</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>5219</v>
-[...7 lines deleted...]
-      <c r="I365" s="3" t="s">
+        <v>5218</v>
+      </c>
+      <c r="G365" s="7" t="s">
+        <v>891</v>
+      </c>
+      <c r="H365" s="3" t="s">
+        <v>2678</v>
+      </c>
+      <c r="I365" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
+        <v>3935</v>
+      </c>
+      <c r="B366" s="1" t="s">
         <v>3936</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="C366" s="8" t="s">
         <v>3937</v>
       </c>
-      <c r="C366" s="36" t="s">
-[...6 lines deleted...]
-        <v>1103</v>
+      <c r="D366" s="5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>1102</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>5220</v>
-[...4 lines deleted...]
-      <c r="H366" s="8" t="s">
+        <v>5219</v>
+      </c>
+      <c r="G366" s="7" t="s">
         <v>1407</v>
       </c>
-      <c r="I366" s="3" t="s">
+      <c r="H366" s="3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I366" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
+        <v>3938</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>3744</v>
+      </c>
+      <c r="C367" s="8" t="s">
         <v>3939</v>
       </c>
-      <c r="B367" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="D367" s="5" t="s">
         <v>2126</v>
       </c>
+      <c r="E367" s="1" t="s">
+        <v>2125</v>
+      </c>
       <c r="F367" s="1" t="s">
-        <v>5221</v>
-[...7 lines deleted...]
-      <c r="I367" s="3" t="s">
+        <v>5220</v>
+      </c>
+      <c r="G367" s="7" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H367" s="3" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I367" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>4846</v>
-[...4 lines deleted...]
-      <c r="D368" s="32" t="s">
+        <v>4845</v>
+      </c>
+      <c r="C368" s="8" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D368" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E368" s="3" t="s">
+      <c r="E368" s="1" t="s">
         <v>269</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>5224</v>
-[...1 lines deleted...]
-      <c r="G368" s="12" t="s">
+        <v>5223</v>
+      </c>
+      <c r="G368" s="7" t="s">
         <v>268</v>
       </c>
-      <c r="H368" s="8" t="s">
+      <c r="H368" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="I368" s="3" t="s">
-[...3 lines deleted...]
-    <row r="369" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="I368" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>3163</v>
-[...4 lines deleted...]
-      <c r="D369" s="41" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C369" s="8" t="s">
+        <v>3943</v>
+      </c>
+      <c r="D369" s="27" t="s">
         <v>106</v>
       </c>
-      <c r="E369" s="3" t="s">
+      <c r="E369" s="1" t="s">
         <v>105</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>5223</v>
-[...1 lines deleted...]
-      <c r="G369" s="12" t="s">
+        <v>5222</v>
+      </c>
+      <c r="G369" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="H369" s="8" t="s">
+      <c r="H369" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="I369" s="3" t="s">
-[...3 lines deleted...]
-    <row r="370" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="I369" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B370" s="1" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C370" s="8" t="s">
         <v>3942</v>
       </c>
-      <c r="C370" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D370" s="32" t="s">
+      <c r="D370" s="5" t="s">
         <v>726</v>
       </c>
-      <c r="E370" s="3" t="s">
-        <v>2477</v>
+      <c r="E370" s="1" t="s">
+        <v>2476</v>
       </c>
       <c r="F370" s="1"/>
-      <c r="G370" s="12" t="s">
+      <c r="G370" s="7" t="s">
         <v>725</v>
       </c>
-      <c r="H370" s="8" t="s">
+      <c r="H370" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I370" s="3" t="s">
-[...3 lines deleted...]
-    <row r="371" spans="1:15" ht="76.5" x14ac:dyDescent="0.25">
+      <c r="I370" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>3258</v>
-[...8 lines deleted...]
-        <v>2367</v>
+        <v>3257</v>
+      </c>
+      <c r="C371" s="8" t="s">
+        <v>3940</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>2826</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>2366</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>5222</v>
-[...11 lines deleted...]
-    <row r="372" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+        <v>5221</v>
+      </c>
+      <c r="G371" s="7" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H371" s="3" t="s">
+        <v>2558</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
-        <v>5693</v>
+        <v>5691</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>4880</v>
-[...8 lines deleted...]
-        <v>4894</v>
+        <v>4879</v>
+      </c>
+      <c r="C372" s="8" t="s">
+        <v>4884</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>4911</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>4893</v>
       </c>
       <c r="F372" s="1">
         <v>56993813677</v>
       </c>
-      <c r="G372" s="13" t="s">
-[...9 lines deleted...]
-    <row r="373" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="G372" s="8" t="s">
+        <v>4892</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>4894</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
+        <v>3945</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>3333</v>
+      </c>
+      <c r="C373" s="8" t="s">
         <v>3946</v>
       </c>
-      <c r="B373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C373" s="36" t="s">
+      <c r="D373" s="31" t="s">
+        <v>281</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>5224</v>
+      </c>
+      <c r="G373" s="7" t="s">
+        <v>4807</v>
+      </c>
+      <c r="H373" s="3" t="s">
+        <v>2730</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A374" s="1" t="s">
         <v>3947</v>
       </c>
-      <c r="D373" s="47" t="s">
-[...5 lines deleted...]
-      <c r="F373" s="1" t="s">
+      <c r="B374" s="1" t="s">
+        <v>3948</v>
+      </c>
+      <c r="C374" s="8" t="s">
+        <v>3949</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F374" s="1" t="s">
         <v>5225</v>
       </c>
-      <c r="G373" s="12" t="s">
-[...16 lines deleted...]
-      <c r="C374" s="36" t="s">
+      <c r="G374" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H374" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A375" s="1" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C375" s="8" t="s">
         <v>3950</v>
       </c>
-      <c r="D374" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F374" s="1" t="s">
+      <c r="D375" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F375" s="12" t="s">
         <v>5226</v>
       </c>
-      <c r="G374" s="12" t="s">
-[...16 lines deleted...]
-      <c r="C375" s="36" t="s">
+      <c r="G375" s="7" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H375" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A376" s="1" t="s">
         <v>3951</v>
       </c>
-      <c r="D375" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F375" s="2" t="s">
+      <c r="B376" s="1" t="s">
+        <v>3952</v>
+      </c>
+      <c r="C376" s="8" t="s">
+        <v>3917</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="F376" s="1" t="s">
         <v>5227</v>
       </c>
-      <c r="G375" s="12" t="s">
-[...13 lines deleted...]
-      <c r="B376" s="1" t="s">
+      <c r="G376" s="7" t="s">
+        <v>3059</v>
+      </c>
+      <c r="H376" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A377" s="1" t="s">
+        <v>4861</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C377" s="8" t="s">
+        <v>3974</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>2811</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>5228</v>
+      </c>
+      <c r="G377" s="7" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H377" s="3" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A378" s="1" t="s">
         <v>3953</v>
       </c>
-      <c r="C376" s="36" t="s">
-[...37 lines deleted...]
-      <c r="F377" s="1" t="s">
+      <c r="B378" s="1" t="s">
+        <v>3954</v>
+      </c>
+      <c r="C378" s="8" t="s">
+        <v>3955</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F378" s="13" t="s">
         <v>5229</v>
       </c>
-      <c r="G377" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="G378" s="7" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H378" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B379" s="1" t="s">
         <v>3954</v>
       </c>
-      <c r="B378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C378" s="36" t="s">
+      <c r="C379" s="8" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>5696</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>5659</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>5660</v>
+      </c>
+      <c r="G379" s="7" t="s">
+        <v>5661</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>5662</v>
+      </c>
+      <c r="I379" s="5"/>
+    </row>
+    <row r="380" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A380" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C380" s="8" t="s">
         <v>3956</v>
       </c>
-      <c r="D378" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F378" s="22" t="s">
+      <c r="D380" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="F380" s="1" t="s">
         <v>5230</v>
       </c>
-      <c r="G378" s="12" t="s">
-[...43 lines deleted...]
-      <c r="C380" s="36" t="s">
+      <c r="G380" s="7" t="s">
+        <v>638</v>
+      </c>
+      <c r="H380" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A381" s="1" t="s">
         <v>3957</v>
       </c>
-      <c r="D380" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F380" s="1" t="s">
+      <c r="B381" s="1" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C381" s="8" t="s">
+        <v>3958</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>2896</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="F381" s="1" t="s">
         <v>5231</v>
       </c>
-      <c r="G380" s="12" t="s">
-[...16 lines deleted...]
-      <c r="C381" s="36" t="s">
+      <c r="G381" s="7" t="s">
+        <v>966</v>
+      </c>
+      <c r="H381" s="3" t="s">
+        <v>2674</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="A382" s="1" t="s">
         <v>3959</v>
       </c>
-      <c r="D381" s="32" t="s">
-[...19 lines deleted...]
-      <c r="A382" s="1" t="s">
+      <c r="B382" s="1" t="s">
         <v>3960</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="C382" s="8" t="s">
         <v>3961</v>
-      </c>
-[...1 lines deleted...]
-        <v>3962</v>
       </c>
       <c r="D382" s="1">
         <v>91536692</v>
       </c>
-      <c r="E382" s="3" t="s">
-        <v>2360</v>
+      <c r="E382" s="1" t="s">
+        <v>2359</v>
       </c>
       <c r="F382" s="1" t="s">
+        <v>5232</v>
+      </c>
+      <c r="G382" s="7" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H382" s="3" t="s">
+        <v>2552</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A383" s="1" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C383" s="8" t="s">
+        <v>3962</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F383" s="1" t="s">
         <v>5233</v>
       </c>
-      <c r="G382" s="12" t="s">
-[...16 lines deleted...]
-      <c r="C383" s="36" t="s">
+      <c r="G383" s="7" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H383" s="3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="1" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C384" s="8" t="s">
         <v>3963</v>
       </c>
-      <c r="D383" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F383" s="1" t="s">
+      <c r="D384" s="5" t="s">
+        <v>2947</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="F384" s="1" t="s">
         <v>5234</v>
       </c>
-      <c r="G383" s="12" t="s">
-[...34 lines deleted...]
-      <c r="G384" s="12" t="s">
+      <c r="G384" s="7" t="s">
         <v>363</v>
       </c>
-      <c r="H384" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I384" s="3" t="s">
+      <c r="H384" s="3" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I384" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
+        <v>3964</v>
+      </c>
+      <c r="B385" s="1" t="s">
         <v>3965</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="C385" s="8" t="s">
         <v>3966</v>
       </c>
-      <c r="C385" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="D385" s="5" t="s">
         <v>2161</v>
       </c>
+      <c r="E385" s="1" t="s">
+        <v>2160</v>
+      </c>
       <c r="F385" s="1" t="s">
-        <v>5236</v>
-[...4 lines deleted...]
-      <c r="H385" s="8" t="s">
+        <v>5235</v>
+      </c>
+      <c r="G385" s="7" t="s">
         <v>2159</v>
       </c>
-      <c r="I385" s="3" t="s">
+      <c r="H385" s="3" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I385" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
-        <v>3965</v>
+        <v>3964</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>4049</v>
-[...7 lines deleted...]
-      <c r="E386" s="3" t="s">
+        <v>4048</v>
+      </c>
+      <c r="C386" s="8" t="s">
+        <v>3966</v>
+      </c>
+      <c r="D386" s="5" t="s">
         <v>2157</v>
       </c>
+      <c r="E386" s="1" t="s">
+        <v>2156</v>
+      </c>
       <c r="F386" s="1" t="s">
-        <v>5237</v>
-[...4 lines deleted...]
-      <c r="H386" s="8" t="s">
+        <v>5236</v>
+      </c>
+      <c r="G386" s="7" t="s">
         <v>2155</v>
       </c>
-      <c r="I386" s="3" t="s">
+      <c r="H386" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I386" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
+        <v>3967</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C387" s="8" t="s">
         <v>3968</v>
       </c>
-      <c r="B387" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D387" s="32" t="s">
+      <c r="D387" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="E387" s="3" t="s">
+      <c r="E387" s="1" t="s">
         <v>120</v>
       </c>
       <c r="F387" s="1"/>
-      <c r="G387" s="12" t="s">
+      <c r="G387" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="H387" s="8" t="s">
+      <c r="H387" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I387" s="3" t="s">
+      <c r="I387" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
-        <v>3579</v>
+        <v>3578</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>3391</v>
-[...4 lines deleted...]
-      <c r="D388" s="32" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C388" s="8" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D388" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="E388" s="3" t="s">
+      <c r="E388" s="1" t="s">
         <v>778</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>5239</v>
-[...1 lines deleted...]
-      <c r="G388" s="12" t="s">
+        <v>5238</v>
+      </c>
+      <c r="G388" s="7" t="s">
         <v>777</v>
       </c>
-      <c r="H388" s="8" t="s">
+      <c r="H388" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="I388" s="3" t="s">
+      <c r="I388" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
-        <v>3579</v>
+        <v>3578</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>3523</v>
-[...4 lines deleted...]
-      <c r="D389" s="41" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C389" s="8" t="s">
+        <v>3972</v>
+      </c>
+      <c r="D389" s="27" t="s">
         <v>531</v>
       </c>
-      <c r="E389" s="3" t="s">
+      <c r="E389" s="1" t="s">
         <v>530</v>
       </c>
       <c r="F389" s="1">
         <v>56993813678</v>
       </c>
-      <c r="G389" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H389" s="8" t="s">
+      <c r="G389" s="7" t="s">
+        <v>4808</v>
+      </c>
+      <c r="H389" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="I389" s="3" t="s">
+      <c r="I389" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>3579</v>
+        <v>3578</v>
       </c>
       <c r="B390" s="1" t="s">
+        <v>3969</v>
+      </c>
+      <c r="C390" s="8" t="s">
         <v>3970</v>
       </c>
-      <c r="C390" s="36" t="s">
-[...6 lines deleted...]
-        <v>1316</v>
+      <c r="D390" s="5" t="s">
+        <v>2862</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>1315</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>5238</v>
-[...7 lines deleted...]
-      <c r="I390" s="3" t="s">
+        <v>5237</v>
+      </c>
+      <c r="G390" s="7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H390" s="3" t="s">
+        <v>2642</v>
+      </c>
+      <c r="I390" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:15" s="1" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
-        <v>3143</v>
+        <v>3142</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>3127</v>
-[...8 lines deleted...]
-        <v>2475</v>
+        <v>3126</v>
+      </c>
+      <c r="C391" s="8" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>2912</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>2474</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>5240</v>
-[...1 lines deleted...]
-      <c r="G391" s="12" t="s">
+        <v>5239</v>
+      </c>
+      <c r="G391" s="7" t="s">
         <v>752</v>
       </c>
-      <c r="H391" s="8" t="s">
-[...10 lines deleted...]
-      <c r="O391" s="19"/>
+      <c r="H391" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J391" s="38"/>
+      <c r="K391" s="38"/>
+      <c r="L391" s="38"/>
+      <c r="M391" s="38"/>
+      <c r="N391" s="38"/>
+      <c r="O391" s="38"/>
     </row>
     <row r="392" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C392" s="8" t="s">
         <v>3980</v>
       </c>
-      <c r="B392" s="1" t="s">
-[...20 lines deleted...]
-      <c r="I392" s="3" t="s">
+      <c r="D392" s="5" t="s">
+        <v>2782</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F392" s="12" t="s">
+        <v>5240</v>
+      </c>
+      <c r="G392" s="7" t="s">
+        <v>4809</v>
+      </c>
+      <c r="H392" s="3" t="s">
+        <v>2570</v>
+      </c>
+      <c r="I392" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
+        <v>3984</v>
+      </c>
+      <c r="B393" s="1" t="s">
         <v>3985</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C393" s="8" t="s">
         <v>3986</v>
       </c>
-      <c r="C393" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="D393" s="5" t="s">
         <v>2179</v>
       </c>
+      <c r="E393" s="1" t="s">
+        <v>2178</v>
+      </c>
       <c r="F393" s="1" t="s">
-        <v>5243</v>
-[...7 lines deleted...]
-      <c r="I393" s="3" t="s">
+        <v>5242</v>
+      </c>
+      <c r="G393" s="7" t="s">
+        <v>4810</v>
+      </c>
+      <c r="H393" s="3" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I393" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>3988</v>
+        <v>3987</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>3125</v>
-[...4 lines deleted...]
-      <c r="D394" s="32" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C394" s="8" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D394" s="5" t="s">
         <v>709</v>
       </c>
-      <c r="E394" s="3" t="s">
+      <c r="E394" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="F394" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G394" s="12" t="s">
+      <c r="F394" s="13" t="s">
+        <v>5244</v>
+      </c>
+      <c r="G394" s="7" t="s">
         <v>707</v>
       </c>
-      <c r="H394" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I394" s="3" t="s">
+      <c r="H394" s="3" t="s">
+        <v>2690</v>
+      </c>
+      <c r="I394" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
-        <v>4866</v>
+        <v>4865</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>4865</v>
-[...7 lines deleted...]
-      <c r="E395" s="3" t="s">
+        <v>4864</v>
+      </c>
+      <c r="C395" s="8" t="s">
+        <v>3973</v>
+      </c>
+      <c r="D395" s="5" t="s">
         <v>2063</v>
       </c>
+      <c r="E395" s="1" t="s">
+        <v>2062</v>
+      </c>
       <c r="F395" s="1" t="s">
-        <v>5244</v>
-[...4 lines deleted...]
-      <c r="H395" s="3" t="s">
+        <v>5243</v>
+      </c>
+      <c r="G395" s="8" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H395" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="I395" s="3" t="s">
+      <c r="I395" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
-        <v>3185</v>
+        <v>3184</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>3149</v>
-[...8 lines deleted...]
-        <v>2533</v>
+        <v>3148</v>
+      </c>
+      <c r="C396" s="8" t="s">
+        <v>3988</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>2972</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>2532</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>5246</v>
-[...4 lines deleted...]
-      <c r="H396" s="8" t="s">
+        <v>5245</v>
+      </c>
+      <c r="G396" s="7" t="s">
+        <v>4811</v>
+      </c>
+      <c r="H396" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="I396" s="3" t="s">
+      <c r="I396" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
+        <v>3989</v>
+      </c>
+      <c r="B397" s="1" t="s">
         <v>3990</v>
       </c>
-      <c r="B397" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="C397" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D397" s="5" t="s">
         <v>1035</v>
       </c>
+      <c r="E397" s="1" t="s">
+        <v>1034</v>
+      </c>
       <c r="F397" s="1" t="s">
-        <v>5247</v>
-[...4 lines deleted...]
-      <c r="H397" s="8" t="s">
+        <v>5246</v>
+      </c>
+      <c r="G397" s="7" t="s">
         <v>1033</v>
       </c>
-      <c r="I397" s="3" t="s">
+      <c r="H397" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I397" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
+        <v>3991</v>
+      </c>
+      <c r="B398" s="1" t="s">
         <v>3992</v>
       </c>
-      <c r="B398" s="1" t="s">
-[...9 lines deleted...]
-        <v>2319</v>
+      <c r="C398" s="8" t="s">
+        <v>3658</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>2758</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>2318</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>5248</v>
-[...4 lines deleted...]
-      <c r="H398" s="8" t="s">
+        <v>5247</v>
+      </c>
+      <c r="G398" s="7" t="s">
         <v>2317</v>
       </c>
-      <c r="I398" s="3" t="s">
+      <c r="H398" s="3" t="s">
+        <v>2316</v>
+      </c>
+      <c r="I398" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>3119</v>
+        <v>3118</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>3156</v>
-[...8 lines deleted...]
-        <v>2384</v>
+        <v>3155</v>
+      </c>
+      <c r="C399" s="8" t="s">
+        <v>3993</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>2794</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>2383</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>5249</v>
-[...7 lines deleted...]
-      <c r="I399" s="3" t="s">
+        <v>5248</v>
+      </c>
+      <c r="G399" s="7" t="s">
+        <v>4812</v>
+      </c>
+      <c r="H399" s="3" t="s">
+        <v>2580</v>
+      </c>
+      <c r="I399" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>3184</v>
+        <v>3183</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>3137</v>
-[...8 lines deleted...]
-        <v>2519</v>
+        <v>3136</v>
+      </c>
+      <c r="C400" s="8" t="s">
+        <v>3880</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>2955</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>2518</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>5250</v>
-[...1 lines deleted...]
-      <c r="G400" s="12" t="s">
+        <v>5249</v>
+      </c>
+      <c r="G400" s="7" t="s">
         <v>266</v>
       </c>
-      <c r="H400" s="8" t="s">
+      <c r="H400" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="I400" s="3" t="s">
+      <c r="I400" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
+        <v>3994</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C401" s="8" t="s">
         <v>3995</v>
       </c>
-      <c r="B401" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="D401" s="33" t="s">
         <v>1690</v>
       </c>
+      <c r="E401" s="1" t="s">
+        <v>1689</v>
+      </c>
       <c r="F401" s="1" t="s">
-        <v>5251</v>
-[...4 lines deleted...]
-      <c r="H401" s="8" t="s">
+        <v>5250</v>
+      </c>
+      <c r="G401" s="7" t="s">
         <v>1688</v>
       </c>
-      <c r="I401" s="3" t="s">
+      <c r="H401" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I401" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
-        <v>3997</v>
+        <v>3996</v>
       </c>
       <c r="B402" s="1" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C402" s="8" t="s">
         <v>3999</v>
       </c>
-      <c r="C402" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="D402" s="5" t="s">
         <v>818</v>
       </c>
+      <c r="E402" s="1" t="s">
+        <v>817</v>
+      </c>
       <c r="F402" s="1"/>
-      <c r="G402" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H402" s="8" t="s">
+      <c r="G402" s="7" t="s">
         <v>816</v>
       </c>
-      <c r="I402" s="3" t="s">
+      <c r="H402" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="I402" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
+        <v>3996</v>
+      </c>
+      <c r="B403" s="1" t="s">
         <v>3997</v>
       </c>
-      <c r="B403" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="C403" s="8" t="s">
+        <v>3748</v>
+      </c>
+      <c r="D403" s="5" t="s">
         <v>1764</v>
       </c>
+      <c r="E403" s="1" t="s">
+        <v>1763</v>
+      </c>
       <c r="F403" s="1" t="s">
-        <v>5252</v>
-[...4 lines deleted...]
-      <c r="H403" s="8" t="s">
+        <v>5251</v>
+      </c>
+      <c r="G403" s="7" t="s">
         <v>1762</v>
       </c>
-      <c r="I403" s="3" t="s">
+      <c r="H403" s="3" t="s">
+        <v>1761</v>
+      </c>
+      <c r="I403" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
+        <v>4000</v>
+      </c>
+      <c r="B404" s="1" t="s">
         <v>4001</v>
       </c>
-      <c r="B404" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C404" s="8" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D404" s="5" t="s">
         <v>2103</v>
       </c>
+      <c r="E404" s="1" t="s">
+        <v>2102</v>
+      </c>
       <c r="F404" s="1" t="s">
-        <v>5253</v>
-[...4 lines deleted...]
-      <c r="H404" s="8" t="s">
+        <v>5252</v>
+      </c>
+      <c r="G404" s="7" t="s">
         <v>2101</v>
       </c>
-      <c r="I404" s="3" t="s">
+      <c r="H404" s="3" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I404" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
+        <v>4002</v>
+      </c>
+      <c r="B405" s="1" t="s">
         <v>4003</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="C405" s="8" t="s">
         <v>4004</v>
       </c>
-      <c r="C405" s="36" t="s">
-[...6 lines deleted...]
-        <v>2443</v>
+      <c r="D405" s="5" t="s">
+        <v>2867</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>2442</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>5254</v>
-[...7 lines deleted...]
-      <c r="I405" s="3" t="s">
+        <v>5253</v>
+      </c>
+      <c r="G405" s="7" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H405" s="3" t="s">
+        <v>2646</v>
+      </c>
+      <c r="I405" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>3531</v>
+      </c>
+      <c r="C406" s="8" t="s">
         <v>4006</v>
       </c>
-      <c r="B406" s="1" t="s">
-[...9 lines deleted...]
-        <v>1907</v>
+      <c r="D406" s="5" t="s">
+        <v>2796</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>1906</v>
       </c>
       <c r="F406" s="1">
         <v>56993813679</v>
       </c>
-      <c r="G406" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I406" s="3" t="s">
+      <c r="G406" s="7" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H406" s="3" t="s">
+        <v>2583</v>
+      </c>
+      <c r="I406" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
-        <v>4008</v>
+        <v>4007</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>4010</v>
-[...4 lines deleted...]
-      <c r="D407" s="32" t="s">
+        <v>4009</v>
+      </c>
+      <c r="C407" s="8" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D407" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="E407" s="3" t="s">
+      <c r="E407" s="1" t="s">
         <v>136</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>5256</v>
-[...4 lines deleted...]
-      <c r="H407" s="8" t="s">
+        <v>5255</v>
+      </c>
+      <c r="G407" s="7" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H407" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="I407" s="3" t="s">
+      <c r="I407" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
+        <v>4007</v>
+      </c>
+      <c r="B408" s="1" t="s">
         <v>4008</v>
       </c>
-      <c r="B408" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="C408" s="8" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D408" s="5" t="s">
         <v>1125</v>
       </c>
+      <c r="E408" s="1" t="s">
+        <v>1124</v>
+      </c>
       <c r="F408" s="1" t="s">
-        <v>5255</v>
-[...4 lines deleted...]
-      <c r="H408" s="8" t="s">
+        <v>5254</v>
+      </c>
+      <c r="G408" s="7" t="s">
         <v>1123</v>
       </c>
-      <c r="I408" s="3" t="s">
+      <c r="H408" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I408" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
-        <v>4008</v>
+        <v>4007</v>
       </c>
       <c r="B409" s="1" t="s">
+        <v>4010</v>
+      </c>
+      <c r="C409" s="8" t="s">
         <v>4011</v>
       </c>
-      <c r="C409" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D409" s="32" t="s">
+      <c r="D409" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="E409" s="3" t="s">
+      <c r="E409" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F409" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G409" s="12" t="s">
+      <c r="F409" s="12" t="s">
+        <v>5256</v>
+      </c>
+      <c r="G409" s="7" t="s">
         <v>340</v>
       </c>
-      <c r="H409" s="8" t="s">
+      <c r="H409" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I409" s="3" t="s">
+      <c r="I409" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B410" s="1" t="s">
         <v>4013</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="C410" s="8" t="s">
         <v>4014</v>
       </c>
-      <c r="C410" s="36" t="s">
-[...6 lines deleted...]
-        <v>2484</v>
+      <c r="D410" s="5" t="s">
+        <v>2921</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>2483</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>5258</v>
-[...1 lines deleted...]
-      <c r="G410" s="12" t="s">
+        <v>5257</v>
+      </c>
+      <c r="G410" s="7" t="s">
         <v>663</v>
       </c>
-      <c r="H410" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I410" s="3" t="s">
+      <c r="H410" s="3" t="s">
+        <v>2696</v>
+      </c>
+      <c r="I410" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A411" s="1" t="s">
-        <v>4016</v>
+        <v>4015</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>3252</v>
-[...16 lines deleted...]
-      <c r="H411" s="8" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C411" s="8" t="s">
+        <v>4018</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F411" s="13" t="s">
+        <v>5259</v>
+      </c>
+      <c r="G411" s="7" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H411" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I411" s="3" t="s">
+      <c r="I411" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B412" s="1" t="s">
         <v>4016</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="C412" s="8" t="s">
         <v>4017</v>
       </c>
-      <c r="C412" s="36" t="s">
-[...6 lines deleted...]
-        <v>2409</v>
+      <c r="D412" s="5" t="s">
+        <v>2830</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>2408</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>5259</v>
-[...7 lines deleted...]
-      <c r="I412" s="3" t="s">
+        <v>5258</v>
+      </c>
+      <c r="G412" s="7" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H412" s="3" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I412" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
+        <v>5680</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>5681</v>
+      </c>
+      <c r="C413" s="8" t="s">
         <v>5682</v>
       </c>
-      <c r="B413" s="1" t="s">
-[...9 lines deleted...]
-        <v>5666</v>
+      <c r="D413" s="39" t="s">
+        <v>5663</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>5664</v>
       </c>
       <c r="F413" s="1">
         <v>999951063</v>
       </c>
-      <c r="G413" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I413" s="10"/>
+      <c r="G413" s="7" t="s">
+        <v>5665</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>5666</v>
+      </c>
+      <c r="I413" s="5"/>
     </row>
     <row r="414" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A414" s="1" t="s">
+        <v>4019</v>
+      </c>
+      <c r="B414" s="1" t="s">
         <v>4020</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="C414" s="8" t="s">
         <v>4021</v>
       </c>
-      <c r="C414" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="D414" s="5" t="s">
         <v>1626</v>
       </c>
+      <c r="E414" s="1" t="s">
+        <v>1625</v>
+      </c>
       <c r="F414" s="1" t="s">
-        <v>5261</v>
-[...7 lines deleted...]
-      <c r="I414" s="3" t="s">
+        <v>5260</v>
+      </c>
+      <c r="G414" s="7" t="s">
+        <v>3020</v>
+      </c>
+      <c r="H414" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="I414" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>3128</v>
+        <v>3127</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>4023</v>
-[...8 lines deleted...]
-        <v>2417</v>
+        <v>4022</v>
+      </c>
+      <c r="C415" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D415" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>2416</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>5262</v>
-[...7 lines deleted...]
-      <c r="I415" s="3" t="s">
+        <v>5261</v>
+      </c>
+      <c r="G415" s="7" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H415" s="3" t="s">
+        <v>2616</v>
+      </c>
+      <c r="I415" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>3128</v>
+        <v>3127</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>3103</v>
-[...4 lines deleted...]
-      <c r="D416" s="32" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C416" s="8" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D416" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E416" s="3" t="s">
+      <c r="E416" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>5264</v>
-[...1 lines deleted...]
-      <c r="G416" s="12" t="s">
+        <v>5263</v>
+      </c>
+      <c r="G416" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="H416" s="8" t="s">
+      <c r="H416" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="I416" s="3" t="s">
+      <c r="I416" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
-        <v>3128</v>
+        <v>3127</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>3594</v>
-[...7 lines deleted...]
-      <c r="E417" s="3" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C417" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D417" s="5" t="s">
         <v>918</v>
       </c>
+      <c r="E417" s="1" t="s">
+        <v>917</v>
+      </c>
       <c r="F417" s="1" t="s">
-        <v>5263</v>
-[...4 lines deleted...]
-      <c r="H417" s="8" t="s">
+        <v>5262</v>
+      </c>
+      <c r="G417" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="H417" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I417" s="3" t="s">
+      <c r="I417" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B418" s="1" t="s">
         <v>4024</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="C418" s="8" t="s">
         <v>4025</v>
       </c>
-      <c r="C418" s="36" t="s">
+      <c r="D418" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>5264</v>
+      </c>
+      <c r="G418" s="7" t="s">
+        <v>1824</v>
+      </c>
+      <c r="H418" s="3" t="s">
+        <v>1823</v>
+      </c>
+      <c r="I418" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:15" s="32" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A419" s="1" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B419" s="1" t="s">
         <v>4026</v>
       </c>
-      <c r="D418" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F418" s="1" t="s">
+      <c r="C419" s="8" t="s">
+        <v>4027</v>
+      </c>
+      <c r="D419" s="5" t="s">
+        <v>2975</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="F419" s="1" t="s">
         <v>5265</v>
       </c>
-      <c r="G418" s="12" t="s">
-[...42 lines deleted...]
-      <c r="O419" s="5"/>
+      <c r="G419" s="7" t="s">
+        <v>3089</v>
+      </c>
+      <c r="H419" s="3" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I419" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J419" s="22"/>
+      <c r="K419" s="22"/>
+      <c r="L419" s="22"/>
+      <c r="M419" s="22"/>
+      <c r="N419" s="22"/>
+      <c r="O419" s="22"/>
     </row>
     <row r="420" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
+        <v>4028</v>
+      </c>
+      <c r="B420" s="1" t="s">
         <v>4029</v>
       </c>
-      <c r="B420" s="1" t="s">
-[...9 lines deleted...]
-        <v>2461</v>
+      <c r="C420" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D420" s="5" t="s">
+        <v>2889</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>2460</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>5267</v>
-[...7 lines deleted...]
-      <c r="I420" s="3" t="s">
+        <v>5266</v>
+      </c>
+      <c r="G420" s="7" t="s">
+        <v>3052</v>
+      </c>
+      <c r="H420" s="3" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I420" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
+        <v>4030</v>
+      </c>
+      <c r="B421" s="1" t="s">
         <v>4031</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="C421" s="8" t="s">
         <v>4032</v>
       </c>
-      <c r="C421" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="D421" s="5" t="s">
         <v>1864</v>
       </c>
+      <c r="E421" s="1" t="s">
+        <v>1863</v>
+      </c>
       <c r="F421" s="1"/>
-      <c r="G421" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I421" s="3" t="s">
+      <c r="G421" s="7" t="s">
+        <v>3010</v>
+      </c>
+      <c r="H421" s="3" t="s">
+        <v>1862</v>
+      </c>
+      <c r="I421" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:15" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="str">
         <f>$A$430</f>
         <v>LLABRES</v>
       </c>
       <c r="B422" s="1" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C422" s="8" t="s">
         <v>4063</v>
       </c>
-      <c r="C422" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="D422" s="5" t="s">
         <v>1873</v>
       </c>
+      <c r="E422" s="1" t="s">
+        <v>1872</v>
+      </c>
       <c r="F422" s="1" t="s">
-        <v>5280</v>
-[...7 lines deleted...]
-      <c r="I422" s="3" t="s">
+        <v>5279</v>
+      </c>
+      <c r="G422" s="7" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H422" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="I422" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
+        <v>4033</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="C423" s="8" t="s">
         <v>4034</v>
       </c>
-      <c r="B423" s="1" t="s">
-[...9 lines deleted...]
-        <v>2387</v>
+      <c r="D423" s="5" t="s">
+        <v>2800</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>2386</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>5268</v>
-[...7 lines deleted...]
-      <c r="I423" s="3" t="s">
+        <v>5267</v>
+      </c>
+      <c r="G423" s="7" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H423" s="3" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I423" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
-        <v>4034</v>
+        <v>4033</v>
       </c>
       <c r="B424" s="1" t="s">
+        <v>4035</v>
+      </c>
+      <c r="C424" s="8" t="s">
         <v>4036</v>
       </c>
-      <c r="C424" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="D424" s="5" t="s">
         <v>1348</v>
       </c>
+      <c r="E424" s="1" t="s">
+        <v>1347</v>
+      </c>
       <c r="F424" s="1" t="s">
-        <v>5269</v>
-[...4 lines deleted...]
-      <c r="H424" s="8" t="s">
+        <v>5268</v>
+      </c>
+      <c r="G424" s="7" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H424" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I424" s="3" t="s">
+      <c r="I424" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="425" spans="1:15" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
-        <v>4038</v>
+        <v>4037</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>3135</v>
-[...7 lines deleted...]
-      <c r="E425" s="3" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C425" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D425" s="5" t="s">
         <v>1556</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>1555</v>
       </c>
       <c r="F425" s="1">
         <v>56993813680</v>
       </c>
-      <c r="G425" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H425" s="8" t="s">
+      <c r="G425" s="7" t="s">
         <v>1554</v>
       </c>
-      <c r="I425" s="3" t="s">
+      <c r="H425" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I425" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
+        <v>4038</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>4039</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="8" t="s">
         <v>4040</v>
       </c>
-      <c r="C426" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="D426" s="5" t="s">
         <v>2226</v>
       </c>
-      <c r="F426" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G426" s="12" t="s">
+      <c r="E426" s="1" t="s">
         <v>2225</v>
       </c>
-      <c r="H426" s="8" t="s">
+      <c r="F426" s="12" t="s">
+        <v>5269</v>
+      </c>
+      <c r="G426" s="7" t="s">
         <v>2224</v>
       </c>
-      <c r="I426" s="3" t="s">
+      <c r="H426" s="3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I426" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="427" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
+        <v>4041</v>
+      </c>
+      <c r="B427" s="1" t="s">
         <v>4042</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C427" s="8" t="s">
         <v>4043</v>
       </c>
-      <c r="C427" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="D427" s="5" t="s">
         <v>1702</v>
       </c>
+      <c r="E427" s="1" t="s">
+        <v>1701</v>
+      </c>
       <c r="F427" s="1" t="s">
-        <v>5271</v>
-[...4 lines deleted...]
-      <c r="H427" s="8" t="s">
+        <v>5270</v>
+      </c>
+      <c r="G427" s="7" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H427" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I427" s="3" t="s">
+      <c r="I427" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="428" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
-        <v>4042</v>
+        <v>4041</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>4045</v>
-[...4 lines deleted...]
-      <c r="D428" s="32" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C428" s="8" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D428" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="E428" s="3" t="s">
+      <c r="E428" s="1" t="s">
         <v>774</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>5272</v>
-[...1 lines deleted...]
-      <c r="G428" s="12" t="s">
+        <v>5271</v>
+      </c>
+      <c r="G428" s="7" t="s">
         <v>773</v>
       </c>
-      <c r="H428" s="8" t="s">
+      <c r="H428" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="I428" s="3" t="s">
+      <c r="I428" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="429" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
+        <v>4045</v>
+      </c>
+      <c r="B429" s="1" t="s">
         <v>4046</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="C429" s="8" t="s">
         <v>4047</v>
       </c>
-      <c r="C429" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="D429" s="5" t="s">
         <v>1002</v>
       </c>
+      <c r="E429" s="1" t="s">
+        <v>1001</v>
+      </c>
       <c r="F429" s="1" t="s">
-        <v>5273</v>
-[...4 lines deleted...]
-      <c r="H429" s="8" t="s">
+        <v>5272</v>
+      </c>
+      <c r="G429" s="7" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H429" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I429" s="3" t="s">
+      <c r="I429" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="430" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
+        <v>4049</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C430" s="8" t="s">
         <v>4050</v>
       </c>
-      <c r="B430" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="D430" s="5" t="s">
         <v>1186</v>
       </c>
+      <c r="E430" s="1" t="s">
+        <v>1185</v>
+      </c>
       <c r="F430" s="1" t="s">
-        <v>5274</v>
-[...4 lines deleted...]
-      <c r="H430" s="8" t="s">
+        <v>5273</v>
+      </c>
+      <c r="G430" s="7" t="s">
         <v>1184</v>
       </c>
-      <c r="I430" s="3" t="s">
+      <c r="H430" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="I430" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="431" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
-        <v>4052</v>
+        <v>4051</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>3683</v>
-[...4 lines deleted...]
-      <c r="D431" s="32" t="s">
+        <v>3682</v>
+      </c>
+      <c r="C431" s="8" t="s">
+        <v>4054</v>
+      </c>
+      <c r="D431" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="E431" s="3" t="s">
+      <c r="E431" s="1" t="s">
         <v>338</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>5276</v>
-[...1 lines deleted...]
-      <c r="G431" s="12" t="s">
+        <v>5275</v>
+      </c>
+      <c r="G431" s="7" t="s">
         <v>337</v>
       </c>
-      <c r="H431" s="8" t="s">
+      <c r="H431" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="I431" s="3" t="s">
+      <c r="I431" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A432" s="1" t="s">
+        <v>4051</v>
+      </c>
+      <c r="B432" s="1" t="s">
         <v>4052</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="C432" s="8" t="s">
         <v>4053</v>
       </c>
-      <c r="C432" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="D432" s="5" t="s">
         <v>2337</v>
       </c>
-      <c r="F432" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G432" s="12" t="s">
+      <c r="E432" s="1" t="s">
         <v>2336</v>
       </c>
-      <c r="H432" s="8" t="s">
+      <c r="F432" s="13" t="s">
+        <v>5274</v>
+      </c>
+      <c r="G432" s="7" t="s">
         <v>2335</v>
       </c>
-      <c r="I432" s="3" t="s">
+      <c r="H432" s="3" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I432" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
+        <v>4055</v>
+      </c>
+      <c r="B433" s="1" t="s">
         <v>4056</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="C433" s="8" t="s">
         <v>4057</v>
       </c>
-      <c r="C433" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D433" s="32" t="s">
+      <c r="D433" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="E433" s="3" t="s">
+      <c r="E433" s="1" t="s">
         <v>155</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>5277</v>
-[...4 lines deleted...]
-      <c r="H433" s="8" t="s">
+        <v>5276</v>
+      </c>
+      <c r="G433" s="7" t="s">
+        <v>4813</v>
+      </c>
+      <c r="H433" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="I433" s="3" t="s">
+      <c r="I433" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="434" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A434" s="1" t="s">
-        <v>4059</v>
+        <v>4058</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>3420</v>
-[...4 lines deleted...]
-      <c r="D434" s="32" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C434" s="8" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D434" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="E434" s="3" t="s">
+      <c r="E434" s="1" t="s">
         <v>486</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>5278</v>
-[...1 lines deleted...]
-      <c r="G434" s="12" t="s">
+        <v>5277</v>
+      </c>
+      <c r="G434" s="7" t="s">
         <v>485</v>
       </c>
-      <c r="H434" s="8" t="s">
+      <c r="H434" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="I434" s="3" t="s">
+      <c r="I434" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="435" spans="1:15" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>3475</v>
+        <v>3474</v>
       </c>
       <c r="B435" s="1" t="s">
+        <v>4064</v>
+      </c>
+      <c r="C435" s="8" t="s">
         <v>4065</v>
       </c>
-      <c r="C435" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="D435" s="5" t="s">
         <v>853</v>
       </c>
+      <c r="E435" s="1" t="s">
+        <v>852</v>
+      </c>
       <c r="F435" s="1" t="s">
-        <v>5281</v>
-[...4 lines deleted...]
-      <c r="H435" s="8" t="s">
+        <v>5280</v>
+      </c>
+      <c r="G435" s="7" t="s">
         <v>851</v>
       </c>
-      <c r="I435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O435" s="6"/>
+      <c r="H435" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="I435" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J435" s="32"/>
+      <c r="K435" s="32"/>
+      <c r="L435" s="32"/>
+      <c r="M435" s="32"/>
+      <c r="N435" s="32"/>
+      <c r="O435" s="32"/>
     </row>
     <row r="436" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>3475</v>
+        <v>3474</v>
       </c>
       <c r="B436" s="1" t="s">
+        <v>4060</v>
+      </c>
+      <c r="C436" s="8" t="s">
         <v>4061</v>
       </c>
-      <c r="C436" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="D436" s="5" t="s">
         <v>1883</v>
       </c>
+      <c r="E436" s="1" t="s">
+        <v>1882</v>
+      </c>
       <c r="F436" s="1" t="s">
-        <v>5279</v>
-[...4 lines deleted...]
-      <c r="H436" s="8" t="s">
+        <v>5278</v>
+      </c>
+      <c r="G436" s="7" t="s">
         <v>1881</v>
       </c>
-      <c r="I436" s="3" t="s">
+      <c r="H436" s="3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I436" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>3475</v>
+        <v>3474</v>
       </c>
       <c r="B437" s="1" t="s">
+        <v>4066</v>
+      </c>
+      <c r="C437" s="8" t="s">
         <v>4067</v>
       </c>
-      <c r="C437" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D437" s="32" t="s">
+      <c r="D437" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="E437" s="3" t="s">
+      <c r="E437" s="1" t="s">
         <v>296</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>5282</v>
-[...1 lines deleted...]
-      <c r="G437" s="12" t="s">
+        <v>5281</v>
+      </c>
+      <c r="G437" s="7" t="s">
         <v>295</v>
       </c>
-      <c r="H437" s="8" t="s">
+      <c r="H437" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="I437" s="3" t="s">
+      <c r="I437" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="438" spans="1:15" ht="51" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="B438" s="1" t="s">
         <v>4069</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="C438" s="8" t="s">
         <v>4070</v>
       </c>
-      <c r="C438" s="36" t="s">
-[...6 lines deleted...]
-        <v>2358</v>
+      <c r="D438" s="5" t="s">
+        <v>2765</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>2357</v>
       </c>
       <c r="F438" s="1"/>
-      <c r="G438" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I438" s="3" t="s">
+      <c r="G438" s="7" t="s">
+        <v>2255</v>
+      </c>
+      <c r="H438" s="3" t="s">
+        <v>2550</v>
+      </c>
+      <c r="I438" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
+        <v>4072</v>
+      </c>
+      <c r="B439" s="1" t="s">
         <v>4073</v>
       </c>
-      <c r="B439" s="1" t="s">
-[...9 lines deleted...]
-        <v>1662</v>
+      <c r="C439" s="8" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D439" s="5" t="s">
+        <v>2825</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>1661</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>5283</v>
-[...7 lines deleted...]
-      <c r="I439" s="3" t="s">
+        <v>5282</v>
+      </c>
+      <c r="G439" s="7" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H439" s="3" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I439" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="440" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
+        <v>4074</v>
+      </c>
+      <c r="B440" s="1" t="s">
         <v>4075</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="C440" s="8" t="s">
         <v>4076</v>
       </c>
-      <c r="C440" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="D440" s="5" t="s">
         <v>1094</v>
       </c>
+      <c r="E440" s="1" t="s">
+        <v>1093</v>
+      </c>
       <c r="F440" s="1" t="s">
-        <v>5284</v>
-[...4 lines deleted...]
-      <c r="H440" s="8" t="s">
+        <v>5283</v>
+      </c>
+      <c r="G440" s="7" t="s">
         <v>1092</v>
       </c>
-      <c r="I440" s="3" t="s">
+      <c r="H440" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I440" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
+        <v>4077</v>
+      </c>
+      <c r="B441" s="1" t="s">
         <v>4078</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="C441" s="8" t="s">
         <v>4079</v>
       </c>
-      <c r="C441" s="36" t="s">
-[...6 lines deleted...]
-        <v>2405</v>
+      <c r="D441" s="5" t="s">
+        <v>2822</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>2404</v>
       </c>
       <c r="F441" s="1">
         <v>56993813681</v>
       </c>
-      <c r="G441" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I441" s="3" t="s">
+      <c r="G441" s="7" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H441" s="3" t="s">
+        <v>2604</v>
+      </c>
+      <c r="I441" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
+        <v>4080</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C442" s="8" t="s">
         <v>4081</v>
       </c>
-      <c r="B442" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="D442" s="5" t="s">
         <v>2119</v>
       </c>
+      <c r="E442" s="1" t="s">
+        <v>2118</v>
+      </c>
       <c r="F442" s="1" t="s">
-        <v>5285</v>
-[...4 lines deleted...]
-      <c r="H442" s="8" t="s">
+        <v>5284</v>
+      </c>
+      <c r="G442" s="7" t="s">
         <v>2117</v>
       </c>
-      <c r="I442" s="3" t="s">
+      <c r="H442" s="3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I442" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
+        <v>4082</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C443" s="8" t="s">
         <v>4083</v>
       </c>
-      <c r="B443" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="D443" s="5" t="s">
         <v>1876</v>
       </c>
-      <c r="F443" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G443" s="12" t="s">
+      <c r="E443" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="H443" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I443" s="3" t="s">
+      <c r="F443" s="12" t="s">
+        <v>5285</v>
+      </c>
+      <c r="G443" s="7" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H443" s="3" t="s">
+        <v>4842</v>
+      </c>
+      <c r="I443" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="444" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
+        <v>4084</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C444" s="8" t="s">
         <v>4085</v>
       </c>
-      <c r="B444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D444" s="32" t="s">
+      <c r="D444" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="E444" s="3" t="s">
+      <c r="E444" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>5287</v>
-[...1 lines deleted...]
-      <c r="G444" s="12" t="s">
+        <v>5286</v>
+      </c>
+      <c r="G444" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="H444" s="8" t="s">
+      <c r="H444" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I444" s="3" t="s">
+      <c r="I444" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
-        <v>4087</v>
+        <v>4086</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>3518</v>
-[...7 lines deleted...]
-      <c r="E445" s="3" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C445" s="8" t="s">
+        <v>3868</v>
+      </c>
+      <c r="D445" s="5" t="s">
+        <v>2970</v>
+      </c>
+      <c r="E445" s="1" t="s">
         <v>144</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>5288</v>
-[...1 lines deleted...]
-      <c r="G445" s="12" t="s">
+        <v>5287</v>
+      </c>
+      <c r="G445" s="7" t="s">
         <v>143</v>
       </c>
-      <c r="H445" s="8" t="s">
+      <c r="H445" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="I445" s="3" t="s">
+      <c r="I445" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="446" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
+        <v>4087</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="C446" s="8" t="s">
         <v>4088</v>
       </c>
-      <c r="B446" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="D446" s="5" t="s">
         <v>1510</v>
       </c>
+      <c r="E446" s="1" t="s">
+        <v>1509</v>
+      </c>
       <c r="F446" s="1" t="s">
-        <v>5289</v>
-[...4 lines deleted...]
-      <c r="H446" s="8" t="s">
+        <v>5288</v>
+      </c>
+      <c r="G446" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H446" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="I446" s="3" t="s">
+      <c r="I446" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="447" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
+        <v>4089</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C447" s="8" t="s">
         <v>4090</v>
       </c>
-      <c r="B447" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="D447" s="5" t="s">
         <v>1131</v>
       </c>
-      <c r="F447" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G447" s="12" t="s">
+      <c r="E447" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="H447" s="8" t="s">
+      <c r="F447" s="13" t="s">
+        <v>5289</v>
+      </c>
+      <c r="G447" s="7" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H447" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="I447" s="3" t="s">
+      <c r="I447" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="448" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
+        <v>4091</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C448" s="8" t="s">
         <v>4092</v>
       </c>
-      <c r="B448" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D448" s="32" t="s">
+      <c r="D448" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E448" s="3" t="s">
+      <c r="E448" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>5291</v>
-[...1 lines deleted...]
-      <c r="G448" s="12" t="s">
+        <v>5290</v>
+      </c>
+      <c r="G448" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="H448" s="8" t="s">
+      <c r="H448" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="I448" s="3" t="s">
+      <c r="I448" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="449" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>4095</v>
+        <v>4094</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>3631</v>
-[...4 lines deleted...]
-      <c r="D449" s="32" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C449" s="8" t="s">
+        <v>4100</v>
+      </c>
+      <c r="D449" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="E449" s="3" t="s">
+      <c r="E449" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>5296</v>
-[...1 lines deleted...]
-      <c r="G449" s="12" t="s">
+        <v>5295</v>
+      </c>
+      <c r="G449" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H449" s="8" t="s">
+      <c r="H449" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="I449" s="3" t="s">
+      <c r="I449" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:15" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
-        <v>4095</v>
+        <v>4094</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>4100</v>
-[...7 lines deleted...]
-      <c r="E450" s="3" t="s">
+        <v>4099</v>
+      </c>
+      <c r="C450" s="8" t="s">
+        <v>3846</v>
+      </c>
+      <c r="D450" s="5" t="s">
         <v>1064</v>
       </c>
+      <c r="E450" s="1" t="s">
+        <v>1063</v>
+      </c>
       <c r="F450" s="1" t="s">
-        <v>5295</v>
-[...7 lines deleted...]
-      <c r="I450" s="3" t="s">
+        <v>5294</v>
+      </c>
+      <c r="G450" s="7" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H450" s="3" t="s">
+        <v>2668</v>
+      </c>
+      <c r="I450" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
+        <v>4094</v>
+      </c>
+      <c r="B451" s="1" t="s">
         <v>4095</v>
       </c>
-      <c r="B451" s="1" t="s">
+      <c r="C451" s="8" t="s">
         <v>4096</v>
       </c>
-      <c r="C451" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E451" s="3" t="s">
+      <c r="D451" s="5" t="s">
         <v>2043</v>
       </c>
+      <c r="E451" s="1" t="s">
+        <v>2042</v>
+      </c>
       <c r="F451" s="1" t="s">
-        <v>5293</v>
-[...7 lines deleted...]
-      <c r="I451" s="3" t="s">
+        <v>5292</v>
+      </c>
+      <c r="G451" s="7" t="s">
+        <v>4830</v>
+      </c>
+      <c r="H451" s="3" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I451" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>4095</v>
+        <v>4094</v>
       </c>
       <c r="B452" s="1" t="s">
+        <v>4097</v>
+      </c>
+      <c r="C452" s="8" t="s">
         <v>4098</v>
       </c>
-      <c r="C452" s="36" t="s">
-[...6 lines deleted...]
-        <v>2419</v>
+      <c r="D452" s="5" t="s">
+        <v>2841</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>2418</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>5294</v>
-[...7 lines deleted...]
-      <c r="I452" s="3" t="s">
+        <v>5293</v>
+      </c>
+      <c r="G452" s="7" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H452" s="3" t="s">
+        <v>2618</v>
+      </c>
+      <c r="I452" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
+        <v>4101</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C453" s="8" t="s">
         <v>4102</v>
       </c>
-      <c r="B453" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D453" s="32" t="s">
+      <c r="D453" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="E453" s="3" t="s">
+      <c r="E453" s="1" t="s">
         <v>541</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>5297</v>
-[...1 lines deleted...]
-      <c r="G453" s="12" t="s">
+        <v>5296</v>
+      </c>
+      <c r="G453" s="7" t="s">
         <v>540</v>
       </c>
-      <c r="H453" s="8" t="s">
+      <c r="H453" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I453" s="3" t="s">
+      <c r="I453" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
+        <v>3981</v>
+      </c>
+      <c r="B454" s="1" t="s">
         <v>3982</v>
       </c>
-      <c r="B454" s="1" t="s">
+      <c r="C454" s="8" t="s">
         <v>3983</v>
       </c>
-      <c r="C454" s="36" t="s">
-[...6 lines deleted...]
-        <v>2375</v>
+      <c r="D454" s="5" t="s">
+        <v>2949</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>2374</v>
       </c>
       <c r="F454" s="1"/>
-      <c r="G454" s="12" t="s">
+      <c r="G454" s="7" t="s">
         <v>335</v>
       </c>
-      <c r="H454" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I454" s="3" t="s">
+      <c r="H454" s="3" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I454" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="B455" s="1" t="s">
         <v>4104</v>
       </c>
-      <c r="B455" s="1" t="s">
+      <c r="C455" s="8" t="s">
         <v>4105</v>
       </c>
-      <c r="C455" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E455" s="3" t="s">
+      <c r="D455" s="5" t="s">
         <v>2046</v>
       </c>
+      <c r="E455" s="1" t="s">
+        <v>2045</v>
+      </c>
       <c r="F455" s="1" t="s">
-        <v>5298</v>
-[...4 lines deleted...]
-      <c r="H455" s="8" t="s">
+        <v>5297</v>
+      </c>
+      <c r="G455" s="7" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H455" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I455" s="3" t="s">
+      <c r="I455" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B456" s="1" t="s">
+        <v>4109</v>
+      </c>
+      <c r="C456" s="8" t="s">
         <v>4110</v>
       </c>
-      <c r="C456" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E456" s="3" t="s">
+      <c r="D456" s="5" t="s">
         <v>1208</v>
       </c>
+      <c r="E456" s="1" t="s">
+        <v>1207</v>
+      </c>
       <c r="F456" s="1" t="s">
-        <v>5300</v>
-[...4 lines deleted...]
-      <c r="H456" s="8" t="s">
+        <v>5299</v>
+      </c>
+      <c r="G456" s="7" t="s">
         <v>1206</v>
       </c>
-      <c r="I456" s="3" t="s">
+      <c r="H456" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I456" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>3419</v>
-[...8 lines deleted...]
-        <v>1823</v>
+        <v>3418</v>
+      </c>
+      <c r="C457" s="8" t="s">
+        <v>4108</v>
+      </c>
+      <c r="D457" s="5" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>1822</v>
       </c>
       <c r="F457" s="1">
         <v>56993813682</v>
       </c>
-      <c r="G457" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H457" s="8" t="s">
+      <c r="G457" s="7" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H457" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I457" s="3" t="s">
+      <c r="I457" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>4042</v>
-[...7 lines deleted...]
-      <c r="E458" s="3" t="s">
+        <v>4041</v>
+      </c>
+      <c r="C458" s="8" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D458" s="5" t="s">
         <v>1060</v>
       </c>
+      <c r="E458" s="1" t="s">
+        <v>1059</v>
+      </c>
       <c r="F458" s="1" t="s">
-        <v>5301</v>
-[...4 lines deleted...]
-      <c r="H458" s="8" t="s">
+        <v>5300</v>
+      </c>
+      <c r="G458" s="7" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H458" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I458" s="3" t="s">
+      <c r="I458" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="459" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B459" s="1" t="s">
+        <v>4106</v>
+      </c>
+      <c r="C459" s="8" t="s">
         <v>4107</v>
       </c>
-      <c r="C459" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E459" s="3" t="s">
+      <c r="D459" s="5" t="s">
         <v>1859</v>
       </c>
+      <c r="E459" s="1" t="s">
+        <v>1858</v>
+      </c>
       <c r="F459" s="1" t="s">
-        <v>5299</v>
-[...7 lines deleted...]
-      <c r="I459" s="3" t="s">
+        <v>5298</v>
+      </c>
+      <c r="G459" s="7" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H459" s="3" t="s">
+        <v>2588</v>
+      </c>
+      <c r="I459" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
+        <v>4111</v>
+      </c>
+      <c r="B460" s="1" t="s">
         <v>4112</v>
       </c>
-      <c r="B460" s="1" t="s">
+      <c r="C460" s="8" t="s">
         <v>4113</v>
       </c>
-      <c r="C460" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D460" s="32" t="s">
+      <c r="D460" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="E460" s="3" t="s">
+      <c r="E460" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="F460" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G460" s="12" t="s">
+      <c r="F460" s="12" t="s">
+        <v>5301</v>
+      </c>
+      <c r="G460" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="H460" s="8" t="s">
+      <c r="H460" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="I460" s="3" t="s">
+      <c r="I460" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="461" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A461" s="1" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B461" s="1" t="s">
         <v>4115</v>
       </c>
-      <c r="B461" s="1" t="s">
+      <c r="C461" s="8" t="s">
         <v>4116</v>
       </c>
-      <c r="C461" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E461" s="3" t="s">
+      <c r="D461" s="5" t="s">
         <v>1936</v>
       </c>
+      <c r="E461" s="1" t="s">
+        <v>1935</v>
+      </c>
       <c r="F461" s="1" t="s">
-        <v>5303</v>
-[...4 lines deleted...]
-      <c r="H461" s="8" t="s">
+        <v>5302</v>
+      </c>
+      <c r="G461" s="7" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H461" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I461" s="3" t="s">
+      <c r="I461" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
+        <v>4117</v>
+      </c>
+      <c r="B462" s="1" t="s">
         <v>4118</v>
       </c>
-      <c r="B462" s="1" t="s">
+      <c r="C462" s="8" t="s">
         <v>4119</v>
       </c>
-      <c r="C462" s="36" t="s">
+      <c r="D462" s="5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>5303</v>
+      </c>
+      <c r="G462" s="7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H462" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I462" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A463" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="C463" s="8" t="s">
         <v>4120</v>
       </c>
-      <c r="D462" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F462" s="1" t="s">
+      <c r="D463" s="5" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F463" s="13" t="s">
         <v>5304</v>
       </c>
-      <c r="G462" s="12" t="s">
-[...31 lines deleted...]
-      <c r="H463" s="8" t="s">
+      <c r="G463" s="7" t="s">
         <v>2279</v>
       </c>
-      <c r="I463" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O463" s="5"/>
+      <c r="H463" s="3" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I463" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J463" s="22"/>
+      <c r="K463" s="22"/>
+      <c r="L463" s="22"/>
+      <c r="M463" s="22"/>
+      <c r="N463" s="22"/>
+      <c r="O463" s="22"/>
     </row>
     <row r="464" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
-        <v>4122</v>
+        <v>4121</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>3793</v>
-[...8 lines deleted...]
-        <v>1971</v>
+        <v>3792</v>
+      </c>
+      <c r="C464" s="8" t="s">
+        <v>4124</v>
+      </c>
+      <c r="D464" s="5" t="s">
+        <v>2787</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>1970</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>5308</v>
-[...7 lines deleted...]
-      <c r="I464" s="3" t="s">
+        <v>5307</v>
+      </c>
+      <c r="G464" s="7" t="s">
+        <v>3002</v>
+      </c>
+      <c r="H464" s="3" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I464" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="465" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>4122</v>
+        <v>4121</v>
       </c>
       <c r="B465" s="1" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C465" s="8" t="s">
         <v>4126</v>
       </c>
-      <c r="C465" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D465" s="32" t="s">
+      <c r="D465" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="E465" s="3" t="s">
+      <c r="E465" s="1" t="s">
         <v>326</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>5309</v>
-[...1 lines deleted...]
-      <c r="G465" s="12" t="s">
+        <v>5308</v>
+      </c>
+      <c r="G465" s="7" t="s">
         <v>325</v>
       </c>
-      <c r="H465" s="8" t="s">
+      <c r="H465" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="I465" s="3" t="s">
+      <c r="I465" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
+        <v>4121</v>
+      </c>
+      <c r="B466" s="1" t="s">
         <v>4122</v>
       </c>
-      <c r="B466" s="1" t="s">
+      <c r="C466" s="8" t="s">
         <v>4123</v>
       </c>
-      <c r="C466" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E466" s="3" t="s">
+      <c r="D466" s="5" t="s">
         <v>2010</v>
       </c>
+      <c r="E466" s="1" t="s">
+        <v>2009</v>
+      </c>
       <c r="F466" s="1" t="s">
-        <v>5307</v>
-[...4 lines deleted...]
-      <c r="H466" s="8" t="s">
+        <v>5306</v>
+      </c>
+      <c r="G466" s="7" t="s">
         <v>2008</v>
       </c>
-      <c r="I466" s="3" t="s">
+      <c r="H466" s="3" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I466" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="467" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
+        <v>4127</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>3885</v>
+      </c>
+      <c r="C467" s="8" t="s">
         <v>4128</v>
       </c>
-      <c r="B467" s="1" t="s">
-[...9 lines deleted...]
-        <v>2432</v>
+      <c r="D467" s="5" t="s">
+        <v>2855</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>2431</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>5310</v>
-[...7 lines deleted...]
-      <c r="I467" s="3" t="s">
+        <v>5309</v>
+      </c>
+      <c r="G467" s="7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H467" s="3" t="s">
+        <v>2633</v>
+      </c>
+      <c r="I467" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
+        <v>4129</v>
+      </c>
+      <c r="B468" s="1" t="s">
         <v>4130</v>
       </c>
-      <c r="B468" s="1" t="s">
+      <c r="C468" s="8" t="s">
         <v>4131</v>
       </c>
-      <c r="C468" s="36" t="s">
+      <c r="D468" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>5310</v>
+      </c>
+      <c r="G468" s="7" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H468" s="3" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I468" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A469" s="1" t="s">
         <v>4132</v>
       </c>
-      <c r="D468" s="32" t="s">
-[...5 lines deleted...]
-      <c r="F468" s="1" t="s">
+      <c r="B469" s="1" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C469" s="8" t="s">
+        <v>4133</v>
+      </c>
+      <c r="D469" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F469" s="1" t="s">
         <v>5311</v>
       </c>
-      <c r="G468" s="12" t="s">
-[...28 lines deleted...]
-      <c r="G469" s="12" t="s">
+      <c r="G469" s="7" t="s">
         <v>369</v>
       </c>
-      <c r="H469" s="8" t="s">
+      <c r="H469" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="I469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O469" s="5"/>
+      <c r="I469" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J469" s="22"/>
+      <c r="K469" s="22"/>
+      <c r="L469" s="22"/>
+      <c r="M469" s="22"/>
+      <c r="N469" s="22"/>
+      <c r="O469" s="22"/>
     </row>
     <row r="470" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>4864</v>
+        <v>4863</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>3768</v>
-[...4 lines deleted...]
-      <c r="D470" s="32" t="s">
+        <v>3767</v>
+      </c>
+      <c r="C470" s="8" t="s">
+        <v>3977</v>
+      </c>
+      <c r="D470" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="E470" s="3" t="s">
+      <c r="E470" s="1" t="s">
         <v>610</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>5306</v>
-[...1 lines deleted...]
-      <c r="G470" s="12" t="s">
+        <v>5305</v>
+      </c>
+      <c r="G470" s="7" t="s">
         <v>609</v>
       </c>
-      <c r="H470" s="8" t="s">
+      <c r="H470" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="I470" s="3" t="s">
+      <c r="I470" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
+        <v>4134</v>
+      </c>
+      <c r="B471" s="1" t="s">
         <v>4135</v>
       </c>
-      <c r="B471" s="1" t="s">
-[...9 lines deleted...]
-        <v>1527</v>
+      <c r="C471" s="8" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D471" s="5" t="s">
+        <v>2840</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>1526</v>
       </c>
       <c r="F471" s="1"/>
-      <c r="G471" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I471" s="3" t="s">
+      <c r="G471" s="7" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H471" s="3" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I471" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
+        <v>4136</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="C472" s="8" t="s">
         <v>4137</v>
       </c>
-      <c r="B472" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="D472" s="5" t="s">
         <v>1100</v>
       </c>
+      <c r="E472" s="1" t="s">
+        <v>1099</v>
+      </c>
       <c r="F472" s="1" t="s">
-        <v>5313</v>
-[...4 lines deleted...]
-      <c r="H472" s="8" t="s">
+        <v>5312</v>
+      </c>
+      <c r="G472" s="7" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H472" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I472" s="3" t="s">
+      <c r="I472" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="473" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
+        <v>4138</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C473" s="8" t="s">
         <v>4139</v>
       </c>
-      <c r="B473" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="D473" s="5" t="s">
         <v>857</v>
       </c>
+      <c r="E473" s="1" t="s">
+        <v>856</v>
+      </c>
       <c r="F473" s="1" t="s">
-        <v>5314</v>
-[...4 lines deleted...]
-      <c r="H473" s="8" t="s">
+        <v>5313</v>
+      </c>
+      <c r="G473" s="7" t="s">
         <v>855</v>
       </c>
-      <c r="I473" s="3" t="s">
+      <c r="H473" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="I473" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
+        <v>4140</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C474" s="8" t="s">
         <v>4141</v>
       </c>
-      <c r="B474" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="D474" s="5" t="s">
         <v>1163</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>1162</v>
       </c>
       <c r="F474" s="1">
         <v>56993813683</v>
       </c>
-      <c r="G474" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H474" s="8" t="s">
+      <c r="G474" s="7" t="s">
         <v>1161</v>
       </c>
-      <c r="I474" s="3" t="s">
+      <c r="H474" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I474" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="475" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
-        <v>4141</v>
+        <v>4140</v>
       </c>
       <c r="B475" s="1" t="s">
+        <v>4142</v>
+      </c>
+      <c r="C475" s="8" t="s">
         <v>4143</v>
       </c>
-      <c r="C475" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="D475" s="5" t="s">
         <v>941</v>
       </c>
+      <c r="E475" s="1" t="s">
+        <v>940</v>
+      </c>
       <c r="F475" s="1" t="s">
-        <v>5315</v>
-[...4 lines deleted...]
-      <c r="H475" s="8" t="s">
+        <v>5314</v>
+      </c>
+      <c r="G475" s="7" t="s">
         <v>939</v>
       </c>
-      <c r="I475" s="3" t="s">
+      <c r="H475" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="I475" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="476" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
+        <v>4144</v>
+      </c>
+      <c r="B476" s="1" t="s">
         <v>4145</v>
       </c>
-      <c r="B476" s="1" t="s">
-[...9 lines deleted...]
-        <v>1553</v>
+      <c r="C476" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D476" s="29" t="s">
+        <v>2838</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>1552</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>5316</v>
-[...4 lines deleted...]
-      <c r="H476" s="8" t="s">
+        <v>5315</v>
+      </c>
+      <c r="G476" s="7" t="s">
         <v>1551</v>
       </c>
-      <c r="I476" s="3" t="s">
+      <c r="H476" s="3" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I476" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
+        <v>4146</v>
+      </c>
+      <c r="B477" s="1" t="s">
         <v>4147</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="C477" s="8" t="s">
         <v>4148</v>
       </c>
-      <c r="C477" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="D477" s="40" t="s">
         <v>2289</v>
       </c>
-      <c r="F477" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G477" s="12" t="s">
+      <c r="E477" s="1" t="s">
         <v>2288</v>
       </c>
-      <c r="H477" s="8" t="s">
+      <c r="F477" s="12" t="s">
+        <v>5316</v>
+      </c>
+      <c r="G477" s="7" t="s">
         <v>2287</v>
       </c>
-      <c r="I477" s="3" t="s">
+      <c r="H477" s="3" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I477" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="478" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
+        <v>4149</v>
+      </c>
+      <c r="B478" s="1" t="s">
         <v>4150</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="C478" s="8" t="s">
         <v>4151</v>
       </c>
-      <c r="C478" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="D478" s="5" t="s">
         <v>983</v>
       </c>
+      <c r="E478" s="1" t="s">
+        <v>982</v>
+      </c>
       <c r="F478" s="1" t="s">
-        <v>5318</v>
-[...4 lines deleted...]
-      <c r="H478" s="8" t="s">
+        <v>5317</v>
+      </c>
+      <c r="G478" s="7" t="s">
         <v>981</v>
       </c>
-      <c r="I478" s="3" t="s">
+      <c r="H478" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="I478" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="479" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
+        <v>4152</v>
+      </c>
+      <c r="B479" s="1" t="s">
         <v>4153</v>
       </c>
-      <c r="B479" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E479" s="3" t="s">
+      <c r="C479" s="8" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D479" s="5" t="s">
         <v>904</v>
       </c>
+      <c r="E479" s="1" t="s">
+        <v>903</v>
+      </c>
       <c r="F479" s="1" t="s">
-        <v>5319</v>
-[...4 lines deleted...]
-      <c r="H479" s="8" t="s">
+        <v>5318</v>
+      </c>
+      <c r="G479" s="7" t="s">
         <v>902</v>
       </c>
-      <c r="I479" s="3" t="s">
+      <c r="H479" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="I479" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A480" s="1" t="s">
-        <v>4153</v>
+        <v>4152</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>3280</v>
-[...4 lines deleted...]
-      <c r="D480" s="32" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C480" s="8" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D480" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="E480" s="3" t="s">
+      <c r="E480" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="F480" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G480" s="12" t="s">
+      <c r="F480" s="13" t="s">
+        <v>5319</v>
+      </c>
+      <c r="G480" s="7" t="s">
         <v>548</v>
       </c>
-      <c r="H480" s="8" t="s">
+      <c r="H480" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="I480" s="3" t="s">
+      <c r="I480" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A481" s="1" t="s">
-        <v>4153</v>
+        <v>4152</v>
       </c>
       <c r="B481" s="1" t="s">
+        <v>4155</v>
+      </c>
+      <c r="C481" s="8" t="s">
         <v>4156</v>
       </c>
-      <c r="C481" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D481" s="44" t="s">
+      <c r="D481" s="28" t="s">
         <v>253</v>
       </c>
-      <c r="E481" s="3" t="s">
+      <c r="E481" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>5321</v>
-[...1 lines deleted...]
-      <c r="G481" s="12" t="s">
+        <v>5320</v>
+      </c>
+      <c r="G481" s="7" t="s">
         <v>251</v>
       </c>
-      <c r="H481" s="8" t="s">
+      <c r="H481" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="I481" s="3" t="s">
-[...3 lines deleted...]
-    <row r="482" spans="1:15" s="6" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="I481" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A482" s="1" t="s">
-        <v>3401</v>
+        <v>3400</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>3759</v>
-[...8 lines deleted...]
-        <v>2482</v>
+        <v>3758</v>
+      </c>
+      <c r="C482" s="8" t="s">
+        <v>4159</v>
+      </c>
+      <c r="D482" s="5" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>2481</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>5323</v>
-[...1 lines deleted...]
-      <c r="G482" s="12" t="s">
+        <v>5322</v>
+      </c>
+      <c r="G482" s="7" t="s">
         <v>665</v>
       </c>
-      <c r="H482" s="8" t="s">
-[...10 lines deleted...]
-      <c r="O482" s="5"/>
+      <c r="H482" s="3" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I482" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J482" s="22"/>
+      <c r="K482" s="22"/>
+      <c r="L482" s="22"/>
+      <c r="M482" s="22"/>
+      <c r="N482" s="22"/>
+      <c r="O482" s="22"/>
     </row>
     <row r="483" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A483" s="1" t="s">
-        <v>3401</v>
+        <v>3400</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>3968</v>
-[...8 lines deleted...]
-        <v>2483</v>
+        <v>3967</v>
+      </c>
+      <c r="C483" s="8" t="s">
+        <v>4103</v>
+      </c>
+      <c r="D483" s="5" t="s">
+        <v>2920</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>2482</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>5324</v>
-[...1 lines deleted...]
-      <c r="G483" s="12" t="s">
+        <v>5323</v>
+      </c>
+      <c r="G483" s="7" t="s">
         <v>664</v>
       </c>
-      <c r="H483" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I483" s="3" t="s">
+      <c r="H483" s="3" t="s">
+        <v>2695</v>
+      </c>
+      <c r="I483" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A484" s="1" t="s">
-        <v>3401</v>
+        <v>3400</v>
       </c>
       <c r="B484" s="1" t="s">
+        <v>4157</v>
+      </c>
+      <c r="C484" s="8" t="s">
         <v>4158</v>
       </c>
-      <c r="C484" s="36" t="s">
-[...6 lines deleted...]
-        <v>894</v>
+      <c r="D484" s="5" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>893</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>5322</v>
-[...4 lines deleted...]
-      <c r="H484" s="8" t="s">
+        <v>5321</v>
+      </c>
+      <c r="G484" s="7" t="s">
         <v>2086</v>
       </c>
-      <c r="I484" s="3" t="s">
+      <c r="H484" s="3" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I484" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="485" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A485" s="1" t="s">
+        <v>4685</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C485" s="8" t="s">
         <v>4686</v>
       </c>
-      <c r="B485" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E485" s="3" t="s">
+      <c r="D485" s="5" t="s">
+        <v>2315</v>
+      </c>
+      <c r="E485" s="1" t="s">
         <v>300</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>5325</v>
-[...4 lines deleted...]
-      <c r="H485" s="8" t="s">
+        <v>5324</v>
+      </c>
+      <c r="G485" s="7" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H485" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="I485" s="3" t="s">
+      <c r="I485" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="486" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="B486" s="1" t="s">
         <v>4161</v>
       </c>
-      <c r="B486" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D486" s="32" t="s">
+      <c r="C486" s="8" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D486" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="E486" s="3" t="s">
+      <c r="E486" s="1" t="s">
         <v>557</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>5326</v>
-[...1 lines deleted...]
-      <c r="G486" s="12" t="s">
+        <v>5325</v>
+      </c>
+      <c r="G486" s="7" t="s">
         <v>556</v>
       </c>
-      <c r="H486" s="8" t="s">
+      <c r="H486" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="I486" s="3" t="s">
+      <c r="I486" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A487" s="1" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C487" s="8" t="s">
         <v>4163</v>
       </c>
-      <c r="B487" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E487" s="3" t="s">
+      <c r="D487" s="5" t="s">
         <v>2239</v>
       </c>
+      <c r="E487" s="1" t="s">
+        <v>2238</v>
+      </c>
       <c r="F487" s="1" t="s">
-        <v>5327</v>
-[...7 lines deleted...]
-      <c r="I487" s="3" t="s">
+        <v>5326</v>
+      </c>
+      <c r="G487" s="7" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H487" s="3" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I487" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A488" s="1" t="s">
-        <v>4163</v>
+        <v>4162</v>
       </c>
       <c r="B488" s="1" t="s">
+        <v>4164</v>
+      </c>
+      <c r="C488" s="8" t="s">
         <v>4165</v>
       </c>
-      <c r="C488" s="36" t="s">
-[...6 lines deleted...]
-        <v>1440</v>
+      <c r="D488" s="5" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>1439</v>
       </c>
       <c r="F488" s="1"/>
-      <c r="G488" s="12" t="s">
-[...13 lines deleted...]
-      <c r="O488" s="6"/>
+      <c r="G488" s="7" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H488" s="3" t="s">
+        <v>2628</v>
+      </c>
+      <c r="I488" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J488" s="32"/>
+      <c r="K488" s="32"/>
+      <c r="L488" s="32"/>
+      <c r="M488" s="32"/>
+      <c r="N488" s="32"/>
+      <c r="O488" s="32"/>
     </row>
     <row r="489" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A489" s="1" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B489" s="1" t="s">
         <v>4167</v>
       </c>
-      <c r="B489" s="1" t="s">
+      <c r="C489" s="8" t="s">
         <v>4168</v>
       </c>
-      <c r="C489" s="36" t="s">
-[...6 lines deleted...]
-        <v>2522</v>
+      <c r="D489" s="5" t="s">
+        <v>2957</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>2521</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>5328</v>
-[...1 lines deleted...]
-      <c r="G489" s="12" t="s">
+        <v>5327</v>
+      </c>
+      <c r="G489" s="7" t="s">
         <v>257</v>
       </c>
-      <c r="H489" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I489" s="3" t="s">
+      <c r="H489" s="3" t="s">
+        <v>2734</v>
+      </c>
+      <c r="I489" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A490" s="1" t="s">
-        <v>4170</v>
+        <v>4169</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>3727</v>
-[...4 lines deleted...]
-      <c r="D490" s="32" t="s">
+        <v>3726</v>
+      </c>
+      <c r="C490" s="8" t="s">
+        <v>4172</v>
+      </c>
+      <c r="D490" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="E490" s="3" t="s">
+      <c r="E490" s="1" t="s">
         <v>163</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>5330</v>
-[...1 lines deleted...]
-      <c r="G490" s="12" t="s">
+        <v>5329</v>
+      </c>
+      <c r="G490" s="7" t="s">
         <v>162</v>
       </c>
-      <c r="H490" s="8" t="s">
+      <c r="H490" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="I490" s="3" t="s">
+      <c r="I490" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A491" s="1" t="s">
-        <v>4170</v>
+        <v>4169</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>4060</v>
-[...4 lines deleted...]
-      <c r="D491" s="32" t="s">
+        <v>4059</v>
+      </c>
+      <c r="C491" s="8" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D491" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="E491" s="3" t="s">
+      <c r="E491" s="1" t="s">
         <v>347</v>
       </c>
       <c r="F491" s="1">
         <v>56993813684</v>
       </c>
-      <c r="G491" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H491" s="8" t="s">
+      <c r="G491" s="7" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H491" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="I491" s="3" t="s">
+      <c r="I491" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A492" s="1" t="s">
+        <v>4169</v>
+      </c>
+      <c r="B492" s="1" t="s">
         <v>4170</v>
       </c>
-      <c r="B492" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E492" s="3" t="s">
+      <c r="C492" s="8" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D492" s="5" t="s">
         <v>822</v>
       </c>
+      <c r="E492" s="1" t="s">
+        <v>821</v>
+      </c>
       <c r="F492" s="1" t="s">
-        <v>5329</v>
-[...4 lines deleted...]
-      <c r="H492" s="8" t="s">
+        <v>5328</v>
+      </c>
+      <c r="G492" s="7" t="s">
         <v>820</v>
       </c>
-      <c r="I492" s="3" t="s">
+      <c r="H492" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="I492" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="493" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A493" s="1" t="s">
+        <v>4173</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C493" s="8" t="s">
         <v>4174</v>
       </c>
-      <c r="B493" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D493" s="32" t="s">
+      <c r="D493" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="E493" s="3" t="s">
+      <c r="E493" s="1" t="s">
         <v>159</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>5331</v>
-[...1 lines deleted...]
-      <c r="G493" s="12" t="s">
+        <v>5330</v>
+      </c>
+      <c r="G493" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="H493" s="8" t="s">
+      <c r="H493" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="I493" s="3" t="s">
+      <c r="I493" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="494" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A494" s="1" t="s">
-        <v>3211</v>
+        <v>3210</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>3601</v>
-[...4 lines deleted...]
-      <c r="D494" s="32" t="s">
+        <v>3600</v>
+      </c>
+      <c r="C494" s="8" t="s">
+        <v>4175</v>
+      </c>
+      <c r="D494" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="E494" s="3" t="s">
+      <c r="E494" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="F494" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G494" s="12" t="s">
+      <c r="F494" s="12" t="s">
+        <v>5331</v>
+      </c>
+      <c r="G494" s="7" t="s">
         <v>719</v>
       </c>
-      <c r="H494" s="8" t="s">
+      <c r="H494" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="I494" s="3" t="s">
+      <c r="I494" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="495" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A495" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B495" s="1" t="s">
+        <v>4184</v>
+      </c>
+      <c r="C495" s="8" t="s">
         <v>4185</v>
       </c>
-      <c r="C495" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E495" s="3" t="s">
+      <c r="D495" s="5" t="s">
         <v>890</v>
       </c>
+      <c r="E495" s="1" t="s">
+        <v>889</v>
+      </c>
       <c r="F495" s="1" t="s">
-        <v>5338</v>
-[...4 lines deleted...]
-      <c r="H495" s="8" t="s">
+        <v>5337</v>
+      </c>
+      <c r="G495" s="7" t="s">
+        <v>888</v>
+      </c>
+      <c r="H495" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I495" s="3" t="s">
+      <c r="I495" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A496" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>3531</v>
-[...7 lines deleted...]
-      <c r="E496" s="3" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C496" s="8" t="s">
+        <v>4180</v>
+      </c>
+      <c r="D496" s="5" t="s">
         <v>1308</v>
       </c>
-      <c r="F496" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G496" s="12" t="s">
+      <c r="E496" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="H496" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I496" s="3" t="s">
+      <c r="F496" s="13" t="s">
+        <v>5334</v>
+      </c>
+      <c r="G496" s="7" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H496" s="3" t="s">
+        <v>2644</v>
+      </c>
+      <c r="I496" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>4182</v>
-[...8 lines deleted...]
-        <v>1032</v>
+        <v>4181</v>
+      </c>
+      <c r="C497" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D497" s="5" t="s">
+        <v>2890</v>
+      </c>
+      <c r="E497" s="1" t="s">
+        <v>1031</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>5336</v>
-[...4 lines deleted...]
-      <c r="H497" s="8" t="s">
+        <v>5335</v>
+      </c>
+      <c r="G497" s="7" t="s">
         <v>1030</v>
       </c>
-      <c r="I497" s="3" t="s">
+      <c r="H497" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="I497" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>3788</v>
-[...4 lines deleted...]
-      <c r="D498" s="32" t="s">
+        <v>3787</v>
+      </c>
+      <c r="C498" s="8" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D498" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="E498" s="3" t="s">
+      <c r="E498" s="1" t="s">
         <v>205</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>5339</v>
-[...1 lines deleted...]
-      <c r="G498" s="12" t="s">
+        <v>5338</v>
+      </c>
+      <c r="G498" s="7" t="s">
         <v>204</v>
       </c>
-      <c r="H498" s="8" t="s">
+      <c r="H498" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="I498" s="3" t="s">
+      <c r="I498" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="499" spans="1:9" ht="114.75" x14ac:dyDescent="0.25">
       <c r="A499" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B499" s="1" t="s">
+        <v>4176</v>
+      </c>
+      <c r="C499" s="8" t="s">
         <v>4177</v>
       </c>
-      <c r="C499" s="36" t="s">
-[...6 lines deleted...]
-        <v>2369</v>
+      <c r="D499" s="5" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>2368</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>5333</v>
-[...7 lines deleted...]
-      <c r="I499" s="3" t="s">
+        <v>5332</v>
+      </c>
+      <c r="G499" s="7" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H499" s="3" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I499" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="500" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A500" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B500" s="1" t="s">
+        <v>4178</v>
+      </c>
+      <c r="C500" s="8" t="s">
         <v>4179</v>
       </c>
-      <c r="C500" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E500" s="3" t="s">
+      <c r="D500" s="5" t="s">
         <v>1599</v>
       </c>
+      <c r="E500" s="1" t="s">
+        <v>1598</v>
+      </c>
       <c r="F500" s="1" t="s">
-        <v>5334</v>
-[...4 lines deleted...]
-      <c r="H500" s="8" t="s">
+        <v>5333</v>
+      </c>
+      <c r="G500" s="7" t="s">
         <v>1597</v>
       </c>
-      <c r="I500" s="3" t="s">
+      <c r="H500" s="3" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I500" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="501" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A501" s="1" t="s">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="B501" s="1" t="s">
+        <v>4182</v>
+      </c>
+      <c r="C501" s="8" t="s">
         <v>4183</v>
       </c>
-      <c r="C501" s="36" t="s">
-[...6 lines deleted...]
-        <v>2462</v>
+      <c r="D501" s="5" t="s">
+        <v>2893</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>2461</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>5337</v>
-[...7 lines deleted...]
-      <c r="I501" s="3" t="s">
+        <v>5336</v>
+      </c>
+      <c r="G501" s="7" t="s">
+        <v>979</v>
+      </c>
+      <c r="H501" s="3" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I501" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="502" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A502" s="1" t="s">
+        <v>4186</v>
+      </c>
+      <c r="B502" s="1" t="s">
         <v>4187</v>
       </c>
-      <c r="B502" s="1" t="s">
+      <c r="C502" s="8" t="s">
         <v>4188</v>
       </c>
-      <c r="C502" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D502" s="32" t="s">
+      <c r="D502" s="5" t="s">
         <v>658</v>
       </c>
-      <c r="E502" s="3" t="s">
+      <c r="E502" s="1" t="s">
         <v>657</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>5340</v>
-[...1 lines deleted...]
-      <c r="G502" s="12" t="s">
+        <v>5339</v>
+      </c>
+      <c r="G502" s="7" t="s">
         <v>656</v>
       </c>
-      <c r="H502" s="8" t="s">
+      <c r="H502" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="I502" s="3" t="s">
+      <c r="I502" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="503" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A503" s="1" t="s">
+        <v>4189</v>
+      </c>
+      <c r="B503" s="1" t="s">
         <v>4190</v>
       </c>
-      <c r="B503" s="1" t="s">
+      <c r="C503" s="8" t="s">
         <v>4191</v>
       </c>
-      <c r="C503" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E503" s="3" t="s">
+      <c r="D503" s="5" t="s">
         <v>1345</v>
       </c>
+      <c r="E503" s="1" t="s">
+        <v>1344</v>
+      </c>
       <c r="F503" s="1" t="s">
-        <v>5341</v>
-[...7 lines deleted...]
-      <c r="I503" s="3" t="s">
+        <v>5340</v>
+      </c>
+      <c r="G503" s="7" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H503" s="3" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I503" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="504" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
-        <v>4193</v>
+        <v>4192</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>3582</v>
-[...7 lines deleted...]
-      <c r="E504" s="3" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C504" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D504" s="5" t="s">
         <v>1549</v>
       </c>
+      <c r="E504" s="1" t="s">
+        <v>1548</v>
+      </c>
       <c r="F504" s="1" t="s">
-        <v>5342</v>
-[...7 lines deleted...]
-      <c r="I504" s="3" t="s">
+        <v>5341</v>
+      </c>
+      <c r="G504" s="7" t="s">
+        <v>4835</v>
+      </c>
+      <c r="H504" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I504" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A505" s="1" t="s">
-        <v>3115</v>
+        <v>3114</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>3145</v>
-[...4 lines deleted...]
-      <c r="D505" s="32" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C505" s="8" t="s">
+        <v>4193</v>
+      </c>
+      <c r="D505" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="E505" s="3" t="s">
+      <c r="E505" s="1" t="s">
         <v>292</v>
       </c>
       <c r="F505" s="1"/>
-      <c r="G505" s="12" t="s">
+      <c r="G505" s="7" t="s">
         <v>291</v>
       </c>
-      <c r="H505" s="8" t="s">
+      <c r="H505" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="I505" s="3" t="s">
+      <c r="I505" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A506" s="1" t="s">
-        <v>3115</v>
+        <v>3114</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>3141</v>
-[...8 lines deleted...]
-        <v>2378</v>
+        <v>3140</v>
+      </c>
+      <c r="C506" s="8" t="s">
+        <v>4194</v>
+      </c>
+      <c r="D506" s="41" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E506" s="1" t="s">
+        <v>2377</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>5343</v>
-[...7 lines deleted...]
-      <c r="I506" s="3" t="s">
+        <v>5342</v>
+      </c>
+      <c r="G506" s="7" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H506" s="3" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I506" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A507" s="1" t="s">
-        <v>3413</v>
+        <v>3412</v>
       </c>
       <c r="B507" s="1" t="s">
+        <v>4195</v>
+      </c>
+      <c r="C507" s="8" t="s">
         <v>4196</v>
       </c>
-      <c r="C507" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D507" s="32" t="s">
+      <c r="D507" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="E507" s="3" t="s">
-        <v>2490</v>
+      <c r="E507" s="1" t="s">
+        <v>2489</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>5344</v>
-[...1 lines deleted...]
-      <c r="G507" s="12" t="s">
+        <v>5343</v>
+      </c>
+      <c r="G507" s="7" t="s">
         <v>583</v>
       </c>
-      <c r="H507" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I507" s="3" t="s">
+      <c r="H507" s="3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I507" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="508" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
-        <v>4113</v>
+        <v>4112</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>3137</v>
-[...7 lines deleted...]
-      <c r="E508" s="3" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C508" s="8" t="s">
+        <v>3746</v>
+      </c>
+      <c r="D508" s="5" t="s">
         <v>2297</v>
+      </c>
+      <c r="E508" s="1" t="s">
+        <v>2296</v>
       </c>
       <c r="F508" s="1">
         <v>56993813685</v>
       </c>
-      <c r="G508" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H508" s="8" t="s">
+      <c r="G508" s="7" t="s">
         <v>2295</v>
       </c>
-      <c r="I508" s="3" t="s">
+      <c r="H508" s="3" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I508" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="509" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A509" s="1" t="s">
-        <v>4113</v>
+        <v>4112</v>
       </c>
       <c r="B509" s="1" t="s">
+        <v>4197</v>
+      </c>
+      <c r="C509" s="8" t="s">
         <v>4198</v>
       </c>
-      <c r="C509" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E509" s="3" t="s">
+      <c r="D509" s="5" t="s">
         <v>1086</v>
       </c>
+      <c r="E509" s="1" t="s">
+        <v>1085</v>
+      </c>
       <c r="F509" s="1" t="s">
-        <v>5345</v>
-[...4 lines deleted...]
-      <c r="H509" s="8" t="s">
+        <v>5344</v>
+      </c>
+      <c r="G509" s="7" t="s">
         <v>1084</v>
       </c>
-      <c r="I509" s="3" t="s">
+      <c r="H509" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I509" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A510" s="1" t="s">
+        <v>4199</v>
+      </c>
+      <c r="B510" s="1" t="s">
         <v>4200</v>
       </c>
-      <c r="B510" s="1" t="s">
+      <c r="C510" s="8" t="s">
         <v>4201</v>
       </c>
-      <c r="C510" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E510" s="3" t="s">
+      <c r="D510" s="5" t="s">
         <v>1803</v>
       </c>
+      <c r="E510" s="1" t="s">
+        <v>1802</v>
+      </c>
       <c r="F510" s="1" t="s">
-        <v>5346</v>
-[...4 lines deleted...]
-      <c r="H510" s="8" t="s">
+        <v>5345</v>
+      </c>
+      <c r="G510" s="7" t="s">
         <v>1801</v>
       </c>
-      <c r="I510" s="3" t="s">
+      <c r="H510" s="3" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I510" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A511" s="1" t="s">
+        <v>4202</v>
+      </c>
+      <c r="B511" s="1" t="s">
         <v>4203</v>
       </c>
-      <c r="B511" s="1" t="s">
+      <c r="C511" s="8" t="s">
         <v>4204</v>
       </c>
-      <c r="C511" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D511" s="32">
+      <c r="D511" s="5">
         <v>88620690</v>
       </c>
-      <c r="E511" s="3" t="s">
-[...8 lines deleted...]
-      <c r="H511" s="8" t="s">
+      <c r="E511" s="1" t="s">
         <v>2072</v>
       </c>
-      <c r="I511" s="3" t="s">
+      <c r="F511" s="12" t="s">
+        <v>5346</v>
+      </c>
+      <c r="G511" s="7" t="s">
+        <v>2995</v>
+      </c>
+      <c r="H511" s="3" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I511" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A512" s="1" t="s">
-        <v>3136</v>
+        <v>3135</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>3159</v>
-[...7 lines deleted...]
-      <c r="E512" s="3" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C512" s="8" t="s">
+        <v>4205</v>
+      </c>
+      <c r="D512" s="28" t="s">
         <v>1197</v>
       </c>
+      <c r="E512" s="1" t="s">
+        <v>1196</v>
+      </c>
       <c r="F512" s="1" t="s">
-        <v>5348</v>
-[...4 lines deleted...]
-      <c r="H512" s="8" t="s">
+        <v>5347</v>
+      </c>
+      <c r="G512" s="7" t="s">
         <v>1195</v>
       </c>
-      <c r="I512" s="3" t="s">
+      <c r="H512" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I512" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A513" s="1" t="s">
-        <v>4207</v>
+        <v>4206</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>3777</v>
-[...8 lines deleted...]
-        <v>2454</v>
+        <v>3776</v>
+      </c>
+      <c r="C513" s="8" t="s">
+        <v>3716</v>
+      </c>
+      <c r="D513" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E513" s="1" t="s">
+        <v>2453</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>5349</v>
-[...15 lines deleted...]
-      <c r="O513" s="42"/>
+        <v>5348</v>
+      </c>
+      <c r="G513" s="7" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H513" s="3" t="s">
+        <v>2660</v>
+      </c>
+      <c r="I513" s="1" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="514" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A514" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>3139</v>
-[...7 lines deleted...]
-      <c r="E514" s="3" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C514" s="8" t="s">
+        <v>4213</v>
+      </c>
+      <c r="D514" s="5" t="s">
         <v>1245</v>
       </c>
+      <c r="E514" s="1" t="s">
+        <v>1244</v>
+      </c>
       <c r="F514" s="1" t="s">
-        <v>5354</v>
-[...4 lines deleted...]
-      <c r="H514" s="8" t="s">
+        <v>5353</v>
+      </c>
+      <c r="G514" s="7" t="s">
         <v>1243</v>
       </c>
-      <c r="I514" s="3" t="s">
+      <c r="H514" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I514" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="515" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A515" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B515" s="1" t="s">
+        <v>4207</v>
+      </c>
+      <c r="C515" s="8" t="s">
         <v>4208</v>
       </c>
-      <c r="C515" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E515" s="3" t="s">
+      <c r="D515" s="5" t="s">
         <v>1659</v>
       </c>
-      <c r="F515" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G515" s="12" t="s">
+      <c r="E515" s="1" t="s">
         <v>1658</v>
       </c>
-      <c r="H515" s="8" t="s">
+      <c r="F515" s="13" t="s">
+        <v>5349</v>
+      </c>
+      <c r="G515" s="7" t="s">
         <v>1657</v>
       </c>
-      <c r="I515" s="3" t="s">
+      <c r="H515" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I515" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>3403</v>
-[...4 lines deleted...]
-      <c r="D516" s="44" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C516" s="8" t="s">
+        <v>4214</v>
+      </c>
+      <c r="D516" s="28" t="s">
         <v>686</v>
       </c>
-      <c r="E516" s="3" t="s">
+      <c r="E516" s="1" t="s">
         <v>685</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>5355</v>
-[...4 lines deleted...]
-      <c r="H516" s="8" t="s">
+        <v>5354</v>
+      </c>
+      <c r="G516" s="7" t="s">
+        <v>3064</v>
+      </c>
+      <c r="H516" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="I516" s="3" t="s">
+      <c r="I516" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B517" s="1" t="s">
+        <v>4209</v>
+      </c>
+      <c r="C517" s="8" t="s">
         <v>4210</v>
       </c>
-      <c r="C517" s="36" t="s">
-[...6 lines deleted...]
-        <v>2428</v>
+      <c r="D517" s="5" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E517" s="1" t="s">
+        <v>2427</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>5352</v>
-[...7 lines deleted...]
-      <c r="I517" s="3" t="s">
+        <v>5351</v>
+      </c>
+      <c r="G517" s="7" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H517" s="3" t="s">
+        <v>2630</v>
+      </c>
+      <c r="I517" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="518" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>3235</v>
-[...7 lines deleted...]
-      <c r="E518" s="3" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C518" s="8" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D518" s="5" t="s">
         <v>1449</v>
       </c>
+      <c r="E518" s="1" t="s">
+        <v>1448</v>
+      </c>
       <c r="F518" s="1" t="s">
-        <v>5351</v>
-[...4 lines deleted...]
-      <c r="H518" s="8" t="s">
+        <v>5350</v>
+      </c>
+      <c r="G518" s="7" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H518" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I518" s="3" t="s">
+      <c r="I518" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>3258</v>
-[...4 lines deleted...]
-      <c r="D519" s="32" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C519" s="8" t="s">
+        <v>4215</v>
+      </c>
+      <c r="D519" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="E519" s="3" t="s">
+      <c r="E519" s="1" t="s">
         <v>570</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>5356</v>
-[...1 lines deleted...]
-      <c r="G519" s="12" t="s">
+        <v>5355</v>
+      </c>
+      <c r="G519" s="7" t="s">
         <v>569</v>
       </c>
-      <c r="H519" s="8" t="s">
+      <c r="H519" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="I519" s="3" t="s">
+      <c r="I519" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>3178</v>
-[...4 lines deleted...]
-      <c r="D520" s="32" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C520" s="8" t="s">
+        <v>4218</v>
+      </c>
+      <c r="D520" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="E520" s="3" t="s">
-        <v>2530</v>
+      <c r="E520" s="1" t="s">
+        <v>2529</v>
       </c>
       <c r="F520" s="1"/>
-      <c r="G520" s="12" t="s">
+      <c r="G520" s="7" t="s">
         <v>152</v>
       </c>
-      <c r="H520" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I520" s="3" t="s">
+      <c r="H520" s="3" t="s">
+        <v>2742</v>
+      </c>
+      <c r="I520" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B521" s="1" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C521" s="8" t="s">
         <v>4217</v>
       </c>
-      <c r="C521" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="D521" s="5" t="s">
+        <v>2935</v>
+      </c>
+      <c r="E521" s="1" t="s">
         <v>483</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>5357</v>
-[...1 lines deleted...]
-      <c r="G521" s="12" t="s">
+        <v>5356</v>
+      </c>
+      <c r="G521" s="7" t="s">
         <v>482</v>
       </c>
-      <c r="H521" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I521" s="3" t="s">
+      <c r="H521" s="3" t="s">
+        <v>2710</v>
+      </c>
+      <c r="I521" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:15" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B522" s="1" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C522" s="8" t="s">
         <v>4212</v>
       </c>
-      <c r="C522" s="36" t="s">
-[...6 lines deleted...]
-        <v>2429</v>
+      <c r="D522" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E522" s="1" t="s">
+        <v>2428</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>5353</v>
-[...7 lines deleted...]
-      <c r="I522" s="3" t="s">
+        <v>5352</v>
+      </c>
+      <c r="G522" s="7" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H522" s="3" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I522" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:15" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A523" s="1" t="s">
+        <v>4219</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>3242</v>
+      </c>
+      <c r="C523" s="8" t="s">
         <v>4220</v>
       </c>
-      <c r="B523" s="1" t="s">
-[...9 lines deleted...]
-        <v>2446</v>
+      <c r="D523" s="5" t="s">
+        <v>2871</v>
+      </c>
+      <c r="E523" s="1" t="s">
+        <v>2445</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>5358</v>
-[...4 lines deleted...]
-      <c r="H523" s="8" t="s">
+        <v>5357</v>
+      </c>
+      <c r="G523" s="7" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H523" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I523" s="3" t="s">
+      <c r="I523" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="524" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A524" s="1" t="s">
+        <v>4221</v>
+      </c>
+      <c r="B524" s="1" t="s">
         <v>4222</v>
       </c>
-      <c r="B524" s="1" t="s">
+      <c r="C524" s="8" t="s">
         <v>4223</v>
       </c>
-      <c r="C524" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D524" s="44" t="s">
+      <c r="D524" s="28" t="s">
         <v>792</v>
       </c>
-      <c r="E524" s="3" t="s">
+      <c r="E524" s="1" t="s">
         <v>791</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>5359</v>
-[...1 lines deleted...]
-      <c r="G524" s="12" t="s">
+        <v>5358</v>
+      </c>
+      <c r="G524" s="7" t="s">
         <v>790</v>
       </c>
-      <c r="H524" s="8" t="s">
+      <c r="H524" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="I524" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O524" s="6"/>
+      <c r="I524" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J524" s="32"/>
+      <c r="K524" s="32"/>
+      <c r="L524" s="32"/>
+      <c r="M524" s="32"/>
+      <c r="N524" s="32"/>
+      <c r="O524" s="32"/>
     </row>
     <row r="525" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
-        <v>4225</v>
+        <v>4224</v>
       </c>
       <c r="B525" s="1" t="s">
+        <v>4226</v>
+      </c>
+      <c r="C525" s="8" t="s">
         <v>4227</v>
       </c>
-      <c r="C525" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D525" s="32" t="s">
+      <c r="D525" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="E525" s="3" t="s">
+      <c r="E525" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>5360</v>
-[...1 lines deleted...]
-      <c r="G525" s="12" t="s">
+        <v>5359</v>
+      </c>
+      <c r="G525" s="7" t="s">
         <v>170</v>
       </c>
-      <c r="H525" s="8" t="s">
+      <c r="H525" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="I525" s="3" t="s">
+      <c r="I525" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
+        <v>4224</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C526" s="8" t="s">
         <v>4225</v>
       </c>
-      <c r="B526" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E526" s="3" t="s">
+      <c r="D526" s="5" t="s">
         <v>911</v>
+      </c>
+      <c r="E526" s="1" t="s">
+        <v>910</v>
       </c>
       <c r="F526" s="1">
         <v>56993813686</v>
       </c>
-      <c r="G526" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H526" s="8" t="s">
+      <c r="G526" s="7" t="s">
         <v>909</v>
       </c>
-      <c r="I526" s="3" t="s">
+      <c r="H526" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="I526" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="527" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A527" s="1" t="s">
+        <v>4228</v>
+      </c>
+      <c r="B527" s="1" t="s">
         <v>4229</v>
       </c>
-      <c r="B527" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E527" s="3" t="s">
+      <c r="C527" s="8" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D527" s="5" t="s">
         <v>1443</v>
       </c>
+      <c r="E527" s="1" t="s">
+        <v>1442</v>
+      </c>
       <c r="F527" s="1" t="s">
-        <v>5361</v>
-[...7 lines deleted...]
-      <c r="I527" s="3" t="s">
+        <v>5360</v>
+      </c>
+      <c r="G527" s="7" t="s">
+        <v>3031</v>
+      </c>
+      <c r="H527" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I527" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="528" spans="1:15" ht="102" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
+        <v>4231</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>4015</v>
+      </c>
+      <c r="C528" s="8" t="s">
         <v>4232</v>
       </c>
-      <c r="B528" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H528" s="8" t="s">
+      <c r="D528" s="5" t="s">
+        <v>2845</v>
+      </c>
+      <c r="E528" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="I528" s="3" t="s">
+      <c r="F528" s="12" t="s">
+        <v>5361</v>
+      </c>
+      <c r="G528" s="7" t="s">
+        <v>4815</v>
+      </c>
+      <c r="H528" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I528" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="529" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A529" s="1" t="s">
+        <v>4233</v>
+      </c>
+      <c r="B529" s="1" t="s">
         <v>4234</v>
       </c>
-      <c r="B529" s="1" t="s">
+      <c r="C529" s="8" t="s">
         <v>4235</v>
       </c>
-      <c r="C529" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E529" s="3" t="s">
+      <c r="D529" s="5" t="s">
         <v>2264</v>
       </c>
+      <c r="E529" s="1" t="s">
+        <v>2263</v>
+      </c>
       <c r="F529" s="1" t="s">
-        <v>5363</v>
-[...7 lines deleted...]
-      <c r="I529" s="3" t="s">
+        <v>5362</v>
+      </c>
+      <c r="G529" s="7" t="s">
+        <v>2262</v>
+      </c>
+      <c r="H529" s="3" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I529" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="530" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A530" s="1" t="s">
+        <v>4236</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C530" s="8" t="s">
         <v>4237</v>
       </c>
-      <c r="B530" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D530" s="32" t="s">
+      <c r="D530" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="E530" s="3" t="s">
+      <c r="E530" s="1" t="s">
         <v>469</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>5364</v>
-[...1 lines deleted...]
-      <c r="G530" s="12" t="s">
+        <v>5363</v>
+      </c>
+      <c r="G530" s="7" t="s">
         <v>468</v>
       </c>
-      <c r="H530" s="8" t="s">
+      <c r="H530" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="I530" s="3" t="s">
+      <c r="I530" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="531" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
+        <v>4238</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C531" s="8" t="s">
         <v>4239</v>
       </c>
-      <c r="B531" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E531" s="3" t="s">
+      <c r="D531" s="5" t="s">
         <v>1233</v>
       </c>
-      <c r="F531" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G531" s="12" t="s">
+      <c r="E531" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="H531" s="8" t="s">
+      <c r="F531" s="13" t="s">
+        <v>5364</v>
+      </c>
+      <c r="G531" s="7" t="s">
         <v>1231</v>
       </c>
-      <c r="I531" s="3" t="s">
+      <c r="H531" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I531" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="532" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
+        <v>4240</v>
+      </c>
+      <c r="B532" s="1" t="s">
         <v>4241</v>
       </c>
-      <c r="B532" s="1" t="s">
+      <c r="C532" s="8" t="s">
         <v>4242</v>
       </c>
-      <c r="C532" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E532" s="3" t="s">
+      <c r="D532" s="5" t="s">
         <v>2345</v>
       </c>
+      <c r="E532" s="1" t="s">
+        <v>2344</v>
+      </c>
       <c r="F532" s="1" t="s">
-        <v>5366</v>
-[...4 lines deleted...]
-      <c r="H532" s="8" t="s">
+        <v>5365</v>
+      </c>
+      <c r="G532" s="7" t="s">
         <v>2343</v>
       </c>
-      <c r="I532" s="3" t="s">
+      <c r="H532" s="3" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I532" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="533" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A533" s="1" t="s">
+        <v>4243</v>
+      </c>
+      <c r="B533" s="1" t="s">
         <v>4244</v>
       </c>
-      <c r="B533" s="1" t="s">
+      <c r="C533" s="8" t="s">
         <v>4245</v>
       </c>
-      <c r="C533" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E533" s="3" t="s">
+      <c r="D533" s="5" t="s">
         <v>2324</v>
       </c>
+      <c r="E533" s="1" t="s">
+        <v>2323</v>
+      </c>
       <c r="F533" s="1" t="s">
-        <v>5367</v>
-[...4 lines deleted...]
-      <c r="H533" s="8" t="s">
+        <v>5366</v>
+      </c>
+      <c r="G533" s="7" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H533" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I533" s="3" t="s">
+      <c r="I533" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="534" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
-        <v>3879</v>
+        <v>3878</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>3106</v>
-[...4 lines deleted...]
-      <c r="D534" s="32" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C534" s="8" t="s">
+        <v>4247</v>
+      </c>
+      <c r="D534" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="E534" s="3" t="s">
+      <c r="E534" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>5370</v>
-[...4 lines deleted...]
-      <c r="H534" s="8" t="s">
+        <v>5369</v>
+      </c>
+      <c r="G534" s="7" t="s">
+        <v>3085</v>
+      </c>
+      <c r="H534" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="I534" s="3" t="s">
+      <c r="I534" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="535" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A535" s="1" t="s">
-        <v>3879</v>
+        <v>3878</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>3115</v>
-[...7 lines deleted...]
-      <c r="E535" s="3" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C535" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D535" s="5" t="s">
         <v>1028</v>
       </c>
+      <c r="E535" s="1" t="s">
+        <v>1027</v>
+      </c>
       <c r="F535" s="1" t="s">
-        <v>5368</v>
-[...4 lines deleted...]
-      <c r="H535" s="8" t="s">
+        <v>5367</v>
+      </c>
+      <c r="G535" s="7" t="s">
         <v>1026</v>
       </c>
-      <c r="I535" s="3" t="s">
+      <c r="H535" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I535" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="536" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A536" s="1" t="s">
-        <v>3879</v>
+        <v>3878</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>4247</v>
-[...4 lines deleted...]
-      <c r="D536" s="32" t="s">
+        <v>4246</v>
+      </c>
+      <c r="C536" s="8" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D536" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="E536" s="3" t="s">
+      <c r="E536" s="1" t="s">
         <v>304</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>5369</v>
-[...1 lines deleted...]
-      <c r="G536" s="12" t="s">
+        <v>5368</v>
+      </c>
+      <c r="G536" s="7" t="s">
         <v>303</v>
       </c>
-      <c r="H536" s="8" t="s">
+      <c r="H536" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="I536" s="3" t="s">
+      <c r="I536" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A537" s="1" t="s">
+        <v>4248</v>
+      </c>
+      <c r="B537" s="1" t="s">
         <v>4249</v>
       </c>
-      <c r="B537" s="1" t="s">
+      <c r="C537" s="8" t="s">
         <v>4250</v>
       </c>
-      <c r="C537" s="36" t="s">
-[...6 lines deleted...]
-        <v>2466</v>
+      <c r="D537" s="5" t="s">
+        <v>2933</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>2465</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>5371</v>
-[...1 lines deleted...]
-      <c r="G537" s="12" t="s">
+        <v>5370</v>
+      </c>
+      <c r="G537" s="7" t="s">
         <v>498</v>
       </c>
-      <c r="H537" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I537" s="3" t="s">
+      <c r="H537" s="3" t="s">
+        <v>2708</v>
+      </c>
+      <c r="I537" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="538" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
-        <v>3814</v>
+        <v>3813</v>
       </c>
       <c r="B538" s="1" t="s">
+        <v>4251</v>
+      </c>
+      <c r="C538" s="8" t="s">
         <v>4252</v>
       </c>
-      <c r="C538" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E538" s="3" t="s">
+      <c r="D538" s="5" t="s">
         <v>864</v>
       </c>
+      <c r="E538" s="1" t="s">
+        <v>863</v>
+      </c>
       <c r="F538" s="1"/>
-      <c r="G538" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H538" s="8" t="s">
+      <c r="G538" s="7" t="s">
         <v>862</v>
       </c>
-      <c r="I538" s="3" t="s">
+      <c r="H538" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="I538" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
-        <v>3814</v>
+        <v>3813</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>3420</v>
-[...8 lines deleted...]
-        <v>2394</v>
+        <v>3419</v>
+      </c>
+      <c r="C539" s="8" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D539" s="5" t="s">
+        <v>2808</v>
+      </c>
+      <c r="E539" s="1" t="s">
+        <v>2393</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>5372</v>
-[...7 lines deleted...]
-      <c r="I539" s="3" t="s">
+        <v>5371</v>
+      </c>
+      <c r="G539" s="7" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H539" s="3" t="s">
+        <v>2593</v>
+      </c>
+      <c r="I539" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
-        <v>3814</v>
+        <v>3813</v>
       </c>
       <c r="B540" s="1" t="s">
+        <v>4253</v>
+      </c>
+      <c r="C540" s="8" t="s">
         <v>4254</v>
       </c>
-      <c r="C540" s="36" t="s">
-[...6 lines deleted...]
-        <v>2493</v>
+      <c r="D540" s="5" t="s">
+        <v>2930</v>
+      </c>
+      <c r="E540" s="1" t="s">
+        <v>2492</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>5373</v>
-[...1 lines deleted...]
-      <c r="G540" s="12" t="s">
+        <v>5372</v>
+      </c>
+      <c r="G540" s="7" t="s">
         <v>573</v>
       </c>
-      <c r="H540" s="8" t="s">
+      <c r="H540" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="I540" s="3" t="s">
+      <c r="I540" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
+        <v>4255</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C541" s="8" t="s">
         <v>4256</v>
       </c>
-      <c r="B541" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E541" s="3" t="s">
+      <c r="D541" s="5" t="s">
         <v>1837</v>
       </c>
+      <c r="E541" s="1" t="s">
+        <v>1836</v>
+      </c>
       <c r="F541" s="1" t="s">
-        <v>5374</v>
-[...4 lines deleted...]
-      <c r="H541" s="8" t="s">
+        <v>5373</v>
+      </c>
+      <c r="G541" s="7" t="s">
         <v>1835</v>
       </c>
-      <c r="I541" s="3" t="s">
+      <c r="H541" s="3" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I541" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:9" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
+        <v>4257</v>
+      </c>
+      <c r="B542" s="1" t="s">
         <v>4258</v>
       </c>
-      <c r="B542" s="1" t="s">
+      <c r="C542" s="8" t="s">
         <v>4259</v>
       </c>
-      <c r="C542" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E542" s="3" t="s">
+      <c r="D542" s="34" t="s">
         <v>883</v>
+      </c>
+      <c r="E542" s="1" t="s">
+        <v>882</v>
       </c>
       <c r="F542" s="1">
         <v>56993813687</v>
       </c>
-      <c r="G542" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I542" s="3" t="s">
+      <c r="G542" s="7" t="s">
+        <v>3058</v>
+      </c>
+      <c r="H542" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="I542" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A543" s="1" t="s">
-        <v>4223</v>
+        <v>4222</v>
       </c>
       <c r="B543" s="1" t="s">
+        <v>4260</v>
+      </c>
+      <c r="C543" s="8" t="s">
         <v>4261</v>
       </c>
-      <c r="C543" s="36" t="s">
-[...6 lines deleted...]
-        <v>2455</v>
+      <c r="D543" s="5" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E543" s="1" t="s">
+        <v>2454</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>5375</v>
-[...7 lines deleted...]
-      <c r="I543" s="3" t="s">
+        <v>5374</v>
+      </c>
+      <c r="G543" s="7" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H543" s="3" t="s">
+        <v>2661</v>
+      </c>
+      <c r="I543" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A544" s="1" t="s">
-        <v>4223</v>
+        <v>4222</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>4261</v>
-[...8 lines deleted...]
-        <v>2508</v>
+        <v>4260</v>
+      </c>
+      <c r="C544" s="8" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D544" s="5" t="s">
+        <v>2944</v>
+      </c>
+      <c r="E544" s="1" t="s">
+        <v>2507</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>5376</v>
-[...7 lines deleted...]
-      <c r="I544" s="3" t="s">
+        <v>5375</v>
+      </c>
+      <c r="G544" s="7" t="s">
+        <v>4816</v>
+      </c>
+      <c r="H544" s="3" t="s">
+        <v>2720</v>
+      </c>
+      <c r="I544" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="545" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A545" s="1" t="s">
+        <v>4263</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C545" s="8" t="s">
         <v>4264</v>
       </c>
-      <c r="B545" s="1" t="s">
-[...17 lines deleted...]
-      <c r="H545" s="8" t="s">
+      <c r="D545" s="5" t="s">
+        <v>2786</v>
+      </c>
+      <c r="E545" s="1" t="s">
+        <v>2376</v>
+      </c>
+      <c r="F545" s="12" t="s">
+        <v>5377</v>
+      </c>
+      <c r="G545" s="7" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H545" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I545" s="3" t="s">
+      <c r="I545" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
-        <v>4869</v>
+        <v>4868</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>3475</v>
-[...7 lines deleted...]
-      <c r="E546" s="3" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C546" s="8" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D546" s="5" t="s">
+        <v>2932</v>
+      </c>
+      <c r="E546" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>5377</v>
-[...4 lines deleted...]
-      <c r="H546" s="8" t="s">
+        <v>5376</v>
+      </c>
+      <c r="G546" s="7" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H546" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="I546" s="3" t="s">
+      <c r="I546" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="547" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
+        <v>4265</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C547" s="8" t="s">
         <v>4266</v>
       </c>
-      <c r="B547" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E547" s="3" t="s">
+      <c r="D547" s="5" t="s">
         <v>1507</v>
       </c>
+      <c r="E547" s="1" t="s">
+        <v>1506</v>
+      </c>
       <c r="F547" s="1" t="s">
-        <v>5379</v>
-[...7 lines deleted...]
-      <c r="I547" s="3" t="s">
+        <v>5378</v>
+      </c>
+      <c r="G547" s="7" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H547" s="3" t="s">
+        <v>2621</v>
+      </c>
+      <c r="I547" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="548" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
+        <v>4267</v>
+      </c>
+      <c r="B548" s="1" t="s">
         <v>4268</v>
       </c>
-      <c r="B548" s="1" t="s">
+      <c r="C548" s="8" t="s">
         <v>4269</v>
       </c>
-      <c r="C548" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D548" s="32" t="s">
+      <c r="D548" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="E548" s="3" t="s">
+      <c r="E548" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="F548" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G548" s="12" t="s">
+      <c r="F548" s="13" t="s">
+        <v>5379</v>
+      </c>
+      <c r="G548" s="7" t="s">
         <v>580</v>
       </c>
-      <c r="H548" s="8" t="s">
+      <c r="H548" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="I548" s="3" t="s">
+      <c r="I548" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="549" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A549" s="1" t="s">
-        <v>3404</v>
+        <v>3403</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>3113</v>
-[...7 lines deleted...]
-      <c r="E549" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="C549" s="8" t="s">
+        <v>4270</v>
+      </c>
+      <c r="D549" s="5" t="s">
         <v>1201</v>
       </c>
+      <c r="E549" s="1" t="s">
+        <v>1200</v>
+      </c>
       <c r="F549" s="1" t="s">
-        <v>5381</v>
-[...4 lines deleted...]
-      <c r="H549" s="8" t="s">
+        <v>5380</v>
+      </c>
+      <c r="G549" s="7" t="s">
         <v>1199</v>
       </c>
-      <c r="I549" s="3" t="s">
+      <c r="H549" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I549" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="550" spans="1:9" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A550" s="1" t="s">
+        <v>4271</v>
+      </c>
+      <c r="B550" s="1" t="s">
         <v>4272</v>
       </c>
-      <c r="B550" s="1" t="s">
+      <c r="C550" s="8" t="s">
         <v>4273</v>
       </c>
-      <c r="C550" s="36" t="s">
-[...6 lines deleted...]
-        <v>2361</v>
+      <c r="D550" s="5" t="s">
+        <v>2767</v>
+      </c>
+      <c r="E550" s="1" t="s">
+        <v>2360</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>5382</v>
-[...7 lines deleted...]
-      <c r="I550" s="3" t="s">
+        <v>5381</v>
+      </c>
+      <c r="G550" s="7" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H550" s="3" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I550" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A551" s="1" t="s">
-        <v>4273</v>
+        <v>4272</v>
       </c>
       <c r="B551" s="1" t="s">
+        <v>4274</v>
+      </c>
+      <c r="C551" s="8" t="s">
         <v>4275</v>
       </c>
-      <c r="C551" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E551" s="3" t="s">
+      <c r="D551" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E551" s="1" t="s">
         <v>120</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>5383</v>
-[...4 lines deleted...]
-      <c r="H551" s="8" t="s">
+        <v>5382</v>
+      </c>
+      <c r="G551" s="7" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H551" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I551" s="3" t="s">
+      <c r="I551" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
-        <v>4273</v>
+        <v>4272</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>3134</v>
-[...8 lines deleted...]
-        <v>2448</v>
+        <v>3133</v>
+      </c>
+      <c r="C552" s="8" t="s">
+        <v>4276</v>
+      </c>
+      <c r="D552" s="5" t="s">
+        <v>2873</v>
+      </c>
+      <c r="E552" s="1" t="s">
+        <v>2447</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>5384</v>
-[...7 lines deleted...]
-      <c r="I552" s="3" t="s">
+        <v>5383</v>
+      </c>
+      <c r="G552" s="7" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H552" s="3" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I552" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
+        <v>4277</v>
+      </c>
+      <c r="B553" s="1" t="s">
         <v>4278</v>
       </c>
-      <c r="B553" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E553" s="3" t="s">
+      <c r="C553" s="8" t="s">
+        <v>4179</v>
+      </c>
+      <c r="D553" s="5" t="s">
         <v>1595</v>
       </c>
+      <c r="E553" s="1" t="s">
+        <v>1594</v>
+      </c>
       <c r="F553" s="1" t="s">
-        <v>5385</v>
-[...4 lines deleted...]
-      <c r="H553" s="8" t="s">
+        <v>5384</v>
+      </c>
+      <c r="G553" s="7" t="s">
         <v>1593</v>
       </c>
-      <c r="I553" s="3" t="s">
+      <c r="H553" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="I553" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
-        <v>3666</v>
+        <v>3665</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>4280</v>
-[...8 lines deleted...]
-        <v>1091</v>
+        <v>4279</v>
+      </c>
+      <c r="C554" s="8" t="s">
+        <v>4076</v>
+      </c>
+      <c r="D554" s="5" t="s">
+        <v>2882</v>
+      </c>
+      <c r="E554" s="1" t="s">
+        <v>1090</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>5386</v>
-[...7 lines deleted...]
-      <c r="I554" s="3" t="s">
+        <v>5385</v>
+      </c>
+      <c r="G554" s="7" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H554" s="3" t="s">
+        <v>2599</v>
+      </c>
+      <c r="I554" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
-        <v>3666</v>
+        <v>3665</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>4060</v>
-[...4 lines deleted...]
-      <c r="D555" s="32" t="s">
+        <v>4059</v>
+      </c>
+      <c r="C555" s="8" t="s">
+        <v>4280</v>
+      </c>
+      <c r="D555" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="E555" s="3" t="s">
+      <c r="E555" s="1" t="s">
         <v>440</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>5387</v>
-[...1 lines deleted...]
-      <c r="G555" s="12" t="s">
+        <v>5386</v>
+      </c>
+      <c r="G555" s="7" t="s">
         <v>439</v>
       </c>
-      <c r="H555" s="8" t="s">
+      <c r="H555" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="I555" s="3" t="s">
+      <c r="I555" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
-        <v>4282</v>
+        <v>4281</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>3135</v>
-[...4 lines deleted...]
-      <c r="D556" s="32" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C556" s="8" t="s">
+        <v>4283</v>
+      </c>
+      <c r="D556" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="E556" s="3" t="s">
+      <c r="E556" s="1" t="s">
         <v>366</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>5388</v>
-[...1 lines deleted...]
-      <c r="G556" s="12" t="s">
+        <v>5387</v>
+      </c>
+      <c r="G556" s="7" t="s">
         <v>365</v>
       </c>
-      <c r="H556" s="8" t="s">
+      <c r="H556" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="I556" s="3" t="s">
+      <c r="I556" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
+        <v>4281</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>4160</v>
+      </c>
+      <c r="C557" s="8" t="s">
         <v>4282</v>
       </c>
-      <c r="B557" s="1" t="s">
-[...9 lines deleted...]
-        <v>2476</v>
+      <c r="D557" s="5" t="s">
+        <v>2913</v>
+      </c>
+      <c r="E557" s="1" t="s">
+        <v>2475</v>
       </c>
       <c r="F557" s="1"/>
-      <c r="G557" s="12" t="s">
+      <c r="G557" s="7" t="s">
         <v>745</v>
       </c>
-      <c r="H557" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I557" s="3" t="s">
+      <c r="H557" s="3" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I557" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
-        <v>3596</v>
+        <v>3595</v>
       </c>
       <c r="B558" s="1" t="s">
+        <v>4285</v>
+      </c>
+      <c r="C558" s="8" t="s">
         <v>4286</v>
       </c>
-      <c r="C558" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E558" s="3" t="s">
+      <c r="D558" s="5" t="s">
         <v>1490</v>
+      </c>
+      <c r="E558" s="1" t="s">
+        <v>1489</v>
       </c>
       <c r="F558" s="1">
         <v>56993813688</v>
       </c>
-      <c r="G558" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H558" s="8" t="s">
+      <c r="G558" s="7" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H558" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I558" s="3" t="s">
+      <c r="I558" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
-        <v>3596</v>
+        <v>3595</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>4285</v>
-[...7 lines deleted...]
-      <c r="E559" s="3" t="s">
+        <v>4284</v>
+      </c>
+      <c r="C559" s="8" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D559" s="5" t="s">
         <v>1496</v>
       </c>
+      <c r="E559" s="1" t="s">
+        <v>1495</v>
+      </c>
       <c r="F559" s="1" t="s">
-        <v>5389</v>
-[...4 lines deleted...]
-      <c r="H559" s="8" t="s">
+        <v>5388</v>
+      </c>
+      <c r="G559" s="7" t="s">
         <v>1494</v>
       </c>
-      <c r="I559" s="3" t="s">
+      <c r="H559" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I559" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>3304</v>
-[...8 lines deleted...]
-        <v>2452</v>
+        <v>3303</v>
+      </c>
+      <c r="C560" s="8" t="s">
+        <v>4287</v>
+      </c>
+      <c r="D560" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E560" s="1" t="s">
+        <v>2451</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>5390</v>
-[...7 lines deleted...]
-      <c r="I560" s="3" t="s">
+        <v>5389</v>
+      </c>
+      <c r="G560" s="7" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H560" s="3" t="s">
+        <v>2657</v>
+      </c>
+      <c r="I560" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>3160</v>
-[...8 lines deleted...]
-        <v>845</v>
+        <v>3159</v>
+      </c>
+      <c r="C561" s="8" t="s">
+        <v>3179</v>
+      </c>
+      <c r="D561" s="5" t="s">
+        <v>2904</v>
+      </c>
+      <c r="E561" s="1" t="s">
+        <v>844</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>5391</v>
-[...7 lines deleted...]
-      <c r="I561" s="3" t="s">
+        <v>5390</v>
+      </c>
+      <c r="G561" s="7" t="s">
+        <v>4817</v>
+      </c>
+      <c r="H561" s="3" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I561" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
-        <v>3198</v>
+        <v>3197</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>3141</v>
-[...13 lines deleted...]
-      <c r="G562" s="12" t="s">
+        <v>3140</v>
+      </c>
+      <c r="C562" s="8" t="s">
+        <v>4343</v>
+      </c>
+      <c r="D562" s="5" t="s">
+        <v>2965</v>
+      </c>
+      <c r="E562" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F562" s="12" t="s">
+        <v>5391</v>
+      </c>
+      <c r="G562" s="7" t="s">
         <v>207</v>
       </c>
-      <c r="H562" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I562" s="3" t="s">
+      <c r="H562" s="3" t="s">
+        <v>4913</v>
+      </c>
+      <c r="I562" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
-        <v>3140</v>
+        <v>3139</v>
       </c>
       <c r="B563" s="1" t="s">
+        <v>4288</v>
+      </c>
+      <c r="C563" s="8" t="s">
         <v>4289</v>
       </c>
-      <c r="C563" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E563" s="3" t="s">
+      <c r="D563" s="5" t="s">
         <v>1010</v>
       </c>
+      <c r="E563" s="1" t="s">
+        <v>1009</v>
+      </c>
       <c r="F563" s="1" t="s">
-        <v>5393</v>
-[...4 lines deleted...]
-      <c r="H563" s="8" t="s">
+        <v>5392</v>
+      </c>
+      <c r="G563" s="7" t="s">
         <v>1008</v>
       </c>
-      <c r="I563" s="3" t="s">
+      <c r="H563" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I563" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>4290</v>
+      </c>
+      <c r="C564" s="8" t="s">
         <v>4291</v>
       </c>
-      <c r="B564" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E564" s="3" t="s">
+      <c r="D564" s="5" t="s">
         <v>2276</v>
       </c>
+      <c r="E564" s="1" t="s">
+        <v>2275</v>
+      </c>
       <c r="F564" s="1" t="s">
-        <v>5394</v>
-[...4 lines deleted...]
-      <c r="H564" s="8" t="s">
+        <v>5393</v>
+      </c>
+      <c r="G564" s="7" t="s">
         <v>2274</v>
       </c>
-      <c r="I564" s="3" t="s">
+      <c r="H564" s="3" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I564" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
-        <v>3505</v>
+        <v>3504</v>
       </c>
       <c r="B565" s="1" t="s">
+        <v>4294</v>
+      </c>
+      <c r="C565" s="8" t="s">
         <v>4295</v>
       </c>
-      <c r="C565" s="36" t="s">
-[...6 lines deleted...]
-        <v>2324</v>
+      <c r="D565" s="5" t="s">
+        <v>2962</v>
+      </c>
+      <c r="E565" s="1" t="s">
+        <v>2323</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>5397</v>
-[...7 lines deleted...]
-      <c r="I565" s="3" t="s">
+        <v>5396</v>
+      </c>
+      <c r="G565" s="7" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H565" s="3" t="s">
+        <v>2323</v>
+      </c>
+      <c r="I565" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
-        <v>3505</v>
+        <v>3504</v>
       </c>
       <c r="B566" s="1" t="s">
+        <v>4292</v>
+      </c>
+      <c r="C566" s="8" t="s">
         <v>4293</v>
       </c>
-      <c r="C566" s="36" t="s">
-[...6 lines deleted...]
-        <v>2436</v>
+      <c r="D566" s="5" t="s">
+        <v>2859</v>
+      </c>
+      <c r="E566" s="1" t="s">
+        <v>2435</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>5396</v>
-[...7 lines deleted...]
-      <c r="I566" s="3" t="s">
+        <v>5395</v>
+      </c>
+      <c r="G566" s="7" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H566" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I566" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
-        <v>3505</v>
+        <v>3504</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>3289</v>
-[...7 lines deleted...]
-      <c r="E567" s="3" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C567" s="8" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D567" s="5" t="s">
         <v>1915</v>
       </c>
-      <c r="F567" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G567" s="12" t="s">
+      <c r="E567" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="H567" s="8" t="s">
+      <c r="F567" s="13" t="s">
+        <v>5394</v>
+      </c>
+      <c r="G567" s="7" t="s">
         <v>1913</v>
       </c>
-      <c r="I567" s="3" t="s">
+      <c r="H567" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I567" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="568" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
+        <v>4296</v>
+      </c>
+      <c r="B568" s="1" t="s">
         <v>4297</v>
       </c>
-      <c r="B568" s="1" t="s">
+      <c r="C568" s="8" t="s">
         <v>4298</v>
       </c>
-      <c r="C568" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E568" s="3" t="s">
+      <c r="D568" s="34" t="s">
+        <v>2907</v>
+      </c>
+      <c r="E568" s="1" t="s">
         <v>803</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>5398</v>
-[...1 lines deleted...]
-      <c r="G568" s="12" t="s">
+        <v>5397</v>
+      </c>
+      <c r="G568" s="7" t="s">
         <v>802</v>
       </c>
-      <c r="H568" s="8" t="s">
+      <c r="H568" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="I568" s="3" t="s">
+      <c r="I568" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
+        <v>4299</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C569" s="8" t="s">
         <v>4300</v>
       </c>
-      <c r="B569" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D569" s="43" t="s">
+      <c r="D569" s="34" t="s">
         <v>520</v>
       </c>
-      <c r="E569" s="3" t="s">
-        <v>2496</v>
+      <c r="E569" s="1" t="s">
+        <v>2495</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>5399</v>
-[...1 lines deleted...]
-      <c r="G569" s="12" t="s">
+        <v>5398</v>
+      </c>
+      <c r="G569" s="7" t="s">
         <v>519</v>
       </c>
-      <c r="H569" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I569" s="3" t="s">
+      <c r="H569" s="3" t="s">
+        <v>2707</v>
+      </c>
+      <c r="I569" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
+        <v>4301</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>3878</v>
+      </c>
+      <c r="C570" s="8" t="s">
         <v>4302</v>
       </c>
-      <c r="B570" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D570" s="43" t="s">
+      <c r="D570" s="34" t="s">
         <v>615</v>
       </c>
-      <c r="E570" s="3" t="s">
+      <c r="E570" s="1" t="s">
         <v>614</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>5400</v>
-[...1 lines deleted...]
-      <c r="G570" s="12" t="s">
+        <v>5399</v>
+      </c>
+      <c r="G570" s="7" t="s">
         <v>613</v>
       </c>
-      <c r="H570" s="8" t="s">
+      <c r="H570" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="I570" s="3" t="s">
+      <c r="I570" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
+        <v>4303</v>
+      </c>
+      <c r="B571" s="1" t="s">
         <v>4304</v>
       </c>
-      <c r="B571" s="1" t="s">
+      <c r="C571" s="8" t="s">
         <v>4305</v>
       </c>
-      <c r="C571" s="36" t="s">
-[...6 lines deleted...]
-        <v>2410</v>
+      <c r="D571" s="34" t="s">
+        <v>2832</v>
+      </c>
+      <c r="E571" s="1" t="s">
+        <v>2409</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>5401</v>
-[...4 lines deleted...]
-      <c r="H571" s="8" t="s">
+        <v>5400</v>
+      </c>
+      <c r="G571" s="7" t="s">
         <v>1616</v>
       </c>
-      <c r="I571" s="3" t="s">
+      <c r="H571" s="3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I571" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
-        <v>4307</v>
+        <v>4306</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>4170</v>
-[...7 lines deleted...]
-      <c r="E572" s="3" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C572" s="8" t="s">
+        <v>4309</v>
+      </c>
+      <c r="D572" s="34" t="s">
         <v>1261</v>
       </c>
+      <c r="E572" s="1" t="s">
+        <v>1260</v>
+      </c>
       <c r="F572" s="1"/>
-      <c r="G572" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I572" s="3" t="s">
+      <c r="G572" s="7" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H572" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="I572" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A573" s="1" t="s">
+        <v>4306</v>
+      </c>
+      <c r="B573" s="1" t="s">
         <v>4307</v>
       </c>
-      <c r="B573" s="1" t="s">
+      <c r="C573" s="8" t="s">
         <v>4308</v>
       </c>
-      <c r="C573" s="36" t="s">
-[...6 lines deleted...]
-        <v>2390</v>
+      <c r="D573" s="34" t="s">
+        <v>2802</v>
+      </c>
+      <c r="E573" s="1" t="s">
+        <v>2389</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>5402</v>
-[...7 lines deleted...]
-      <c r="I573" s="3" t="s">
+        <v>5401</v>
+      </c>
+      <c r="G573" s="7" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H573" s="3" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I573" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A574" s="1" t="s">
+        <v>4310</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C574" s="8" t="s">
         <v>4311</v>
       </c>
-      <c r="B574" s="1" t="s">
-[...9 lines deleted...]
-        <v>2386</v>
+      <c r="D574" s="34" t="s">
+        <v>2798</v>
+      </c>
+      <c r="E574" s="1" t="s">
+        <v>2385</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>5403</v>
-[...7 lines deleted...]
-      <c r="I574" s="3" t="s">
+        <v>5402</v>
+      </c>
+      <c r="G574" s="7" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H574" s="3" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I574" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
-        <v>4308</v>
+        <v>4307</v>
       </c>
       <c r="B575" s="1" t="s">
+        <v>4312</v>
+      </c>
+      <c r="C575" s="8" t="s">
         <v>4313</v>
       </c>
-      <c r="C575" s="36" t="s">
-[...6 lines deleted...]
-        <v>2365</v>
+      <c r="D575" s="34" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E575" s="1" t="s">
+        <v>2364</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>5404</v>
-[...7 lines deleted...]
-      <c r="I575" s="3" t="s">
+        <v>5403</v>
+      </c>
+      <c r="G575" s="7" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H575" s="3" t="s">
+        <v>2557</v>
+      </c>
+      <c r="I575" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
-        <v>4308</v>
+        <v>4307</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>4131</v>
-[...4 lines deleted...]
-      <c r="D576" s="43" t="s">
+        <v>4130</v>
+      </c>
+      <c r="C576" s="8" t="s">
+        <v>4314</v>
+      </c>
+      <c r="D576" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="E576" s="3" t="s">
+      <c r="E576" s="1" t="s">
         <v>15</v>
       </c>
       <c r="F576" s="1">
         <v>56993813689</v>
       </c>
-      <c r="G576" s="12" t="s">
+      <c r="G576" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="H576" s="8" t="s">
+      <c r="H576" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="I576" s="3" t="s">
+      <c r="I576" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A577" s="1" t="s">
+        <v>4315</v>
+      </c>
+      <c r="B577" s="1" t="s">
         <v>4316</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="C577" s="8" t="s">
         <v>4317</v>
       </c>
-      <c r="C577" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D577" s="43" t="s">
+      <c r="D577" s="34" t="s">
         <v>554</v>
       </c>
-      <c r="E577" s="3" t="s">
-        <v>2494</v>
+      <c r="E577" s="1" t="s">
+        <v>2493</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>5405</v>
-[...1 lines deleted...]
-      <c r="G577" s="12" t="s">
+        <v>5404</v>
+      </c>
+      <c r="G577" s="7" t="s">
         <v>553</v>
       </c>
-      <c r="H577" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I577" s="3" t="s">
+      <c r="H577" s="3" t="s">
+        <v>2706</v>
+      </c>
+      <c r="I577" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A578" s="1" t="s">
+        <v>4318</v>
+      </c>
+      <c r="B578" s="1" t="s">
         <v>4319</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="C578" s="8" t="s">
         <v>4320</v>
       </c>
-      <c r="C578" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D578" s="43" t="s">
+      <c r="D578" s="34" t="s">
         <v>539</v>
       </c>
-      <c r="E578" s="3" t="s">
+      <c r="E578" s="1" t="s">
         <v>538</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>5406</v>
-[...1 lines deleted...]
-      <c r="G578" s="12" t="s">
+        <v>5405</v>
+      </c>
+      <c r="G578" s="7" t="s">
         <v>537</v>
       </c>
-      <c r="H578" s="8" t="s">
+      <c r="H578" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="I578" s="3" t="s">
+      <c r="I578" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A579" s="1" t="s">
+        <v>4321</v>
+      </c>
+      <c r="B579" s="1" t="s">
         <v>4322</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="C579" s="8" t="s">
         <v>4323</v>
       </c>
-      <c r="C579" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="D579" s="34" t="s">
         <v>1724</v>
       </c>
-      <c r="F579" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G579" s="12" t="s">
+      <c r="E579" s="1" t="s">
         <v>1723</v>
       </c>
-      <c r="H579" s="8" t="s">
+      <c r="F579" s="12" t="s">
+        <v>5406</v>
+      </c>
+      <c r="G579" s="7" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H579" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I579" s="3" t="s">
+      <c r="I579" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A580" s="1" t="s">
+        <v>4324</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C580" s="8" t="s">
         <v>4325</v>
       </c>
-      <c r="B580" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="D580" s="5" t="s">
         <v>1487</v>
       </c>
+      <c r="E580" s="1" t="s">
+        <v>1486</v>
+      </c>
       <c r="F580" s="1" t="s">
-        <v>5408</v>
-[...4 lines deleted...]
-      <c r="H580" s="8" t="s">
+        <v>5407</v>
+      </c>
+      <c r="G580" s="7" t="s">
         <v>1485</v>
       </c>
-      <c r="I580" s="3" t="s">
+      <c r="H580" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I580" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A581" s="1" t="s">
-        <v>3582</v>
+        <v>3581</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>4847</v>
-[...8 lines deleted...]
-        <v>2375</v>
+        <v>4846</v>
+      </c>
+      <c r="C581" s="8" t="s">
+        <v>3944</v>
+      </c>
+      <c r="D581" s="34" t="s">
+        <v>2780</v>
+      </c>
+      <c r="E581" s="1" t="s">
+        <v>2374</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>5411</v>
-[...7 lines deleted...]
-      <c r="I581" s="3" t="s">
+        <v>5410</v>
+      </c>
+      <c r="G581" s="7" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H581" s="3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="I581" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
-        <v>3582</v>
+        <v>3581</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>4327</v>
-[...7 lines deleted...]
-      <c r="E582" s="3" t="s">
+        <v>4326</v>
+      </c>
+      <c r="C582" s="8" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D582" s="42" t="s">
         <v>2189</v>
       </c>
+      <c r="E582" s="1" t="s">
+        <v>2188</v>
+      </c>
       <c r="F582" s="1" t="s">
-        <v>5409</v>
-[...7 lines deleted...]
-      <c r="I582" s="3" t="s">
+        <v>5408</v>
+      </c>
+      <c r="G582" s="7" t="s">
+        <v>4836</v>
+      </c>
+      <c r="H582" s="3" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I582" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
-        <v>3582</v>
+        <v>3581</v>
       </c>
       <c r="B583" s="1" t="s">
+        <v>4327</v>
+      </c>
+      <c r="C583" s="8" t="s">
         <v>4328</v>
       </c>
-      <c r="C583" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E583" s="3" t="s">
+      <c r="D583" s="34" t="s">
         <v>2095</v>
       </c>
-      <c r="F583" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G583" s="12" t="s">
+      <c r="E583" s="1" t="s">
         <v>2094</v>
       </c>
-      <c r="H583" s="8" t="s">
+      <c r="F583" s="13" t="s">
+        <v>5409</v>
+      </c>
+      <c r="G583" s="7" t="s">
         <v>2093</v>
       </c>
-      <c r="I583" s="3" t="s">
+      <c r="H583" s="3" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I583" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
+        <v>4329</v>
+      </c>
+      <c r="B584" s="1" t="s">
         <v>4330</v>
       </c>
-      <c r="B584" s="1" t="s">
+      <c r="C584" s="8" t="s">
         <v>4331</v>
       </c>
-      <c r="C584" s="36" t="s">
-[...6 lines deleted...]
-        <v>1039</v>
+      <c r="D584" s="43" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>1038</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>5412</v>
-[...4 lines deleted...]
-      <c r="H584" s="8" t="s">
+        <v>5411</v>
+      </c>
+      <c r="G584" s="7" t="s">
         <v>1829</v>
       </c>
-      <c r="I584" s="3" t="s">
+      <c r="H584" s="3" t="s">
+        <v>1828</v>
+      </c>
+      <c r="I584" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A585" s="1" t="s">
+        <v>4332</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C585" s="8" t="s">
         <v>4333</v>
       </c>
-      <c r="B585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C585" s="36" t="s">
+      <c r="D585" s="34" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>5412</v>
+      </c>
+      <c r="G585" s="7" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H585" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I585" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15" s="32" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A586" s="1" t="s">
         <v>4334</v>
       </c>
-      <c r="D585" s="43" t="s">
-[...5 lines deleted...]
-      <c r="F585" s="1" t="s">
+      <c r="B586" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="C586" s="8" t="s">
+        <v>4335</v>
+      </c>
+      <c r="D586" s="34" t="s">
+        <v>849</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="F586" s="1" t="s">
         <v>5413</v>
       </c>
-      <c r="G585" s="12" t="s">
-[...31 lines deleted...]
-      <c r="H586" s="8" t="s">
+      <c r="G586" s="7" t="s">
         <v>847</v>
       </c>
-      <c r="I586" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O586" s="5"/>
+      <c r="H586" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="I586" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J586" s="22"/>
+      <c r="K586" s="22"/>
+      <c r="L586" s="22"/>
+      <c r="M586" s="22"/>
+      <c r="N586" s="22"/>
+      <c r="O586" s="22"/>
     </row>
     <row r="587" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
-        <v>4337</v>
+        <v>4336</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>3501</v>
-[...8 lines deleted...]
-        <v>1446</v>
+        <v>3500</v>
+      </c>
+      <c r="C587" s="8" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D587" s="34" t="s">
+        <v>2909</v>
+      </c>
+      <c r="E587" s="1" t="s">
+        <v>1445</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>5415</v>
-[...4 lines deleted...]
-      <c r="H587" s="8" t="s">
+        <v>5414</v>
+      </c>
+      <c r="G587" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H587" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="I587" s="3" t="s">
+      <c r="I587" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
+        <v>4336</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>4068</v>
+      </c>
+      <c r="C588" s="8" t="s">
         <v>4337</v>
       </c>
-      <c r="B588" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D588" s="43" t="s">
+      <c r="D588" s="34" t="s">
         <v>432</v>
       </c>
-      <c r="E588" s="3" t="s">
+      <c r="E588" s="1" t="s">
         <v>431</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>5416</v>
-[...1 lines deleted...]
-      <c r="G588" s="12" t="s">
+        <v>5415</v>
+      </c>
+      <c r="G588" s="7" t="s">
         <v>430</v>
       </c>
-      <c r="H588" s="8" t="s">
+      <c r="H588" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="I588" s="3" t="s">
+      <c r="I588" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
-        <v>4036</v>
+        <v>4035</v>
       </c>
       <c r="B589" s="1" t="s">
+        <v>4340</v>
+      </c>
+      <c r="C589" s="8" t="s">
         <v>4341</v>
       </c>
-      <c r="C589" s="36" t="s">
-[...6 lines deleted...]
-        <v>2501</v>
+      <c r="D589" s="34" t="s">
+        <v>2939</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>2500</v>
       </c>
       <c r="F589" s="1"/>
-      <c r="G589" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I589" s="3" t="s">
+      <c r="G589" s="7" t="s">
+        <v>4818</v>
+      </c>
+      <c r="H589" s="3" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I589" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
-        <v>4036</v>
+        <v>4035</v>
       </c>
       <c r="B590" s="1" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C590" s="8" t="s">
         <v>4339</v>
       </c>
-      <c r="C590" s="36" t="s">
-[...6 lines deleted...]
-        <v>1462</v>
+      <c r="D590" s="34" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E590" s="1" t="s">
+        <v>1461</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>5417</v>
-[...7 lines deleted...]
-      <c r="I590" s="3" t="s">
+        <v>5416</v>
+      </c>
+      <c r="G590" s="7" t="s">
+        <v>3000</v>
+      </c>
+      <c r="H590" s="3" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I590" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:15" ht="51" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
-        <v>3141</v>
+        <v>3140</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>3507</v>
-[...7 lines deleted...]
-      <c r="E591" s="3" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C591" s="8" t="s">
+        <v>4342</v>
+      </c>
+      <c r="D591" s="34" t="s">
         <v>958</v>
       </c>
+      <c r="E591" s="1" t="s">
+        <v>957</v>
+      </c>
       <c r="F591" s="1" t="s">
-        <v>5418</v>
-[...4 lines deleted...]
-      <c r="H591" s="8" t="s">
+        <v>5417</v>
+      </c>
+      <c r="G591" s="7" t="s">
         <v>956</v>
       </c>
-      <c r="I591" s="3" t="s">
+      <c r="H591" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="I591" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="592" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A592" s="1" t="s">
-        <v>3141</v>
+        <v>3140</v>
       </c>
       <c r="B592" s="1" t="s">
+        <v>4344</v>
+      </c>
+      <c r="C592" s="8" t="s">
         <v>4345</v>
       </c>
-      <c r="C592" s="36" t="s">
-[...6 lines deleted...]
-        <v>2537</v>
+      <c r="D592" s="34" t="s">
+        <v>2978</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>2536</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>5419</v>
-[...1 lines deleted...]
-      <c r="G592" s="12" t="s">
+        <v>5418</v>
+      </c>
+      <c r="G592" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="H592" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I592" s="3" t="s">
+      <c r="H592" s="3" t="s">
+        <v>2751</v>
+      </c>
+      <c r="I592" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="593" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A593" s="1" t="s">
+        <v>4346</v>
+      </c>
+      <c r="B593" s="1" t="s">
         <v>4347</v>
       </c>
-      <c r="B593" s="1" t="s">
+      <c r="C593" s="8" t="s">
         <v>4348</v>
       </c>
-      <c r="C593" s="36" t="s">
-[...6 lines deleted...]
-        <v>2382</v>
+      <c r="D593" s="34" t="s">
+        <v>2792</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>2381</v>
       </c>
       <c r="F593" s="1">
         <v>56993813690</v>
       </c>
-      <c r="G593" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I593" s="3" t="s">
+      <c r="G593" s="7" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H593" s="3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="I593" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="594" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A594" s="1" t="s">
+        <v>4349</v>
+      </c>
+      <c r="B594" s="1" t="s">
         <v>4350</v>
       </c>
-      <c r="B594" s="1" t="s">
+      <c r="C594" s="8" t="s">
         <v>4351</v>
       </c>
-      <c r="C594" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E594" s="3" t="s">
+      <c r="D594" s="34" t="s">
+        <v>2951</v>
+      </c>
+      <c r="E594" s="1" t="s">
         <v>323</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>5420</v>
-[...1 lines deleted...]
-      <c r="G594" s="12" t="s">
+        <v>5419</v>
+      </c>
+      <c r="G594" s="7" t="s">
         <v>322</v>
       </c>
-      <c r="H594" s="8" t="s">
+      <c r="H594" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="I594" s="3" t="s">
+      <c r="I594" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="595" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A595" s="1" t="s">
+        <v>4352</v>
+      </c>
+      <c r="B595" s="1" t="s">
         <v>4353</v>
       </c>
-      <c r="B595" s="1" t="s">
+      <c r="C595" s="8" t="s">
         <v>4354</v>
       </c>
-      <c r="C595" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E595" s="3" t="s">
+      <c r="D595" s="5" t="s">
         <v>1721</v>
       </c>
+      <c r="E595" s="1" t="s">
+        <v>1720</v>
+      </c>
       <c r="F595" s="1" t="s">
-        <v>5421</v>
-[...4 lines deleted...]
-      <c r="H595" s="8" t="s">
+        <v>5420</v>
+      </c>
+      <c r="G595" s="7" t="s">
         <v>1719</v>
       </c>
-      <c r="I595" s="3" t="s">
+      <c r="H595" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I595" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="596" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
+        <v>4355</v>
+      </c>
+      <c r="B596" s="1" t="s">
         <v>4356</v>
       </c>
-      <c r="B596" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E596" s="3" t="s">
+      <c r="C596" s="8" t="s">
+        <v>3730</v>
+      </c>
+      <c r="D596" s="34" t="s">
         <v>1743</v>
       </c>
-      <c r="F596" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H596" s="8" t="s">
+      <c r="E596" s="1" t="s">
         <v>1742</v>
       </c>
-      <c r="I596" s="3" t="s">
+      <c r="F596" s="12" t="s">
+        <v>5421</v>
+      </c>
+      <c r="G596" s="7" t="s">
+        <v>3014</v>
+      </c>
+      <c r="H596" s="3" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I596" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
+        <v>4357</v>
+      </c>
+      <c r="B597" s="1" t="s">
         <v>4358</v>
       </c>
-      <c r="B597" s="1" t="s">
+      <c r="C597" s="8" t="s">
         <v>4359</v>
       </c>
-      <c r="C597" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D597" s="43" t="s">
+      <c r="D597" s="34" t="s">
         <v>627</v>
       </c>
-      <c r="E597" s="3" t="s">
+      <c r="E597" s="1" t="s">
         <v>626</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>5423</v>
-[...1 lines deleted...]
-      <c r="G597" s="12" t="s">
+        <v>5422</v>
+      </c>
+      <c r="G597" s="7" t="s">
         <v>625</v>
       </c>
-      <c r="H597" s="8" t="s">
+      <c r="H597" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="I597" s="3" t="s">
+      <c r="I597" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="598" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
-        <v>4850</v>
+        <v>4849</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>4849</v>
-[...4 lines deleted...]
-      <c r="D598" s="43" t="s">
+        <v>4848</v>
+      </c>
+      <c r="C598" s="8" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D598" s="34" t="s">
         <v>741</v>
       </c>
-      <c r="E598" s="3" t="s">
+      <c r="E598" s="1" t="s">
         <v>740</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>5424</v>
-[...1 lines deleted...]
-      <c r="G598" s="12" t="s">
+        <v>5423</v>
+      </c>
+      <c r="G598" s="7" t="s">
         <v>739</v>
       </c>
-      <c r="H598" s="8" t="s">
+      <c r="H598" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="I598" s="3" t="s">
+      <c r="I598" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="599" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A599" s="1" t="s">
-        <v>4361</v>
+        <v>4360</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>3197</v>
-[...7 lines deleted...]
-      <c r="E599" s="3" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C599" s="8" t="s">
+        <v>3407</v>
+      </c>
+      <c r="D599" s="34" t="s">
         <v>1911</v>
       </c>
-      <c r="F599" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G599" s="12" t="s">
+      <c r="E599" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="H599" s="8" t="s">
+      <c r="F599" s="13" t="s">
+        <v>5424</v>
+      </c>
+      <c r="G599" s="7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H599" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I599" s="3" t="s">
+      <c r="I599" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="600" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A600" s="1" t="s">
+        <v>4361</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C600" s="8" t="s">
         <v>4362</v>
       </c>
-      <c r="B600" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="D600" s="34" t="s">
         <v>1581</v>
       </c>
+      <c r="E600" s="1" t="s">
+        <v>1580</v>
+      </c>
       <c r="F600" s="1" t="s">
-        <v>5426</v>
-[...7 lines deleted...]
-      <c r="I600" s="3" t="s">
+        <v>5425</v>
+      </c>
+      <c r="G600" s="7" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H600" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="I600" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="601" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A601" s="1" t="s">
+        <v>4363</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C601" s="8" t="s">
         <v>4364</v>
       </c>
-      <c r="B601" s="1" t="s">
-[...9 lines deleted...]
-        <v>1659</v>
+      <c r="D601" s="34" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E601" s="1" t="s">
+        <v>1658</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>5427</v>
-[...7 lines deleted...]
-      <c r="I601" s="3" t="s">
+        <v>5426</v>
+      </c>
+      <c r="G601" s="7" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H601" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="I601" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="602" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A602" s="1" t="s">
-        <v>3532</v>
+        <v>3531</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>4217</v>
-[...4 lines deleted...]
-      <c r="D602" s="43" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C602" s="8" t="s">
+        <v>3663</v>
+      </c>
+      <c r="D602" s="34" t="s">
         <v>599</v>
       </c>
-      <c r="E602" s="3" t="s">
+      <c r="E602" s="1" t="s">
         <v>598</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>5428</v>
-[...1 lines deleted...]
-      <c r="G602" s="12" t="s">
+        <v>5427</v>
+      </c>
+      <c r="G602" s="7" t="s">
         <v>597</v>
       </c>
-      <c r="H602" s="8" t="s">
+      <c r="H602" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I602" s="3" t="s">
+      <c r="I602" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="603" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A603" s="1" t="s">
+        <v>4365</v>
+      </c>
+      <c r="B603" s="1" t="s">
         <v>4366</v>
       </c>
-      <c r="B603" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E603" s="3" t="s">
+      <c r="C603" s="8" t="s">
+        <v>3774</v>
+      </c>
+      <c r="D603" s="34" t="s">
         <v>1530</v>
       </c>
+      <c r="E603" s="1" t="s">
+        <v>1529</v>
+      </c>
       <c r="F603" s="1" t="s">
-        <v>5429</v>
-[...4 lines deleted...]
-      <c r="H603" s="8" t="s">
+        <v>5428</v>
+      </c>
+      <c r="G603" s="7" t="s">
         <v>1528</v>
       </c>
-      <c r="I603" s="3" t="s">
+      <c r="H603" s="3" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I603" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="1" t="s">
-        <v>3848</v>
+        <v>3847</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>3106</v>
-[...8 lines deleted...]
-        <v>5672</v>
+        <v>3105</v>
+      </c>
+      <c r="C604" s="8" t="s">
+        <v>5686</v>
+      </c>
+      <c r="D604" s="34" t="s">
+        <v>5669</v>
+      </c>
+      <c r="E604" s="1" t="s">
+        <v>5670</v>
       </c>
       <c r="F604" s="1">
         <v>994161901</v>
       </c>
-      <c r="G604" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H604" s="3" t="s">
+      <c r="G604" s="7" t="s">
+        <v>5671</v>
+      </c>
+      <c r="H604" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="I604" s="10"/>
+      <c r="I604" s="5"/>
     </row>
     <row r="605" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A605" s="1" t="s">
-        <v>3848</v>
+        <v>3847</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>3125</v>
-[...7 lines deleted...]
-      <c r="E605" s="3" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C605" s="8" t="s">
+        <v>4367</v>
+      </c>
+      <c r="D605" s="34" t="s">
         <v>2200</v>
       </c>
+      <c r="E605" s="1" t="s">
+        <v>2199</v>
+      </c>
       <c r="F605" s="1" t="s">
-        <v>5430</v>
-[...4 lines deleted...]
-      <c r="H605" s="8" t="s">
+        <v>5429</v>
+      </c>
+      <c r="G605" s="7" t="s">
         <v>2198</v>
       </c>
-      <c r="I605" s="3" t="s">
+      <c r="H605" s="3" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I605" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="606" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A606" s="1" t="s">
+        <v>4368</v>
+      </c>
+      <c r="B606" s="1" t="s">
         <v>4369</v>
       </c>
-      <c r="B606" s="1" t="s">
+      <c r="C606" s="8" t="s">
         <v>4370</v>
       </c>
-      <c r="C606" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E606" s="3" t="s">
+      <c r="D606" s="34" t="s">
         <v>2139</v>
       </c>
+      <c r="E606" s="1" t="s">
+        <v>2138</v>
+      </c>
       <c r="F606" s="1" t="s">
-        <v>5431</v>
-[...7 lines deleted...]
-      <c r="I606" s="3" t="s">
+        <v>5430</v>
+      </c>
+      <c r="G606" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H606" s="3" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I606" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="607" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A607" s="1" t="s">
+        <v>4371</v>
+      </c>
+      <c r="B607" s="1" t="s">
         <v>4372</v>
       </c>
-      <c r="B607" s="1" t="s">
+      <c r="C607" s="8" t="s">
         <v>4373</v>
       </c>
-      <c r="C607" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E607" s="3" t="s">
+      <c r="D607" s="34" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E607" s="1" t="s">
         <v>133</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>5432</v>
-[...4 lines deleted...]
-      <c r="H607" s="8" t="s">
+        <v>5431</v>
+      </c>
+      <c r="G607" s="7" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H607" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I607" s="3" t="s">
+      <c r="I607" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A608" s="1" t="s">
-        <v>3492</v>
+        <v>3491</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>4170</v>
-[...4 lines deleted...]
-      <c r="D608" s="55" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C608" s="8" t="s">
+        <v>4374</v>
+      </c>
+      <c r="D608" s="44" t="s">
         <v>317</v>
       </c>
-      <c r="E608" s="3" t="s">
+      <c r="E608" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F608" s="1"/>
-      <c r="G608" s="12" t="s">
+      <c r="G608" s="7" t="s">
         <v>316</v>
       </c>
-      <c r="H608" s="8" t="s">
+      <c r="H608" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="I608" s="3" t="s">
+      <c r="I608" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="609" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A609" s="1" t="s">
+        <v>4375</v>
+      </c>
+      <c r="B609" s="1" t="s">
         <v>4376</v>
       </c>
-      <c r="B609" s="1" t="s">
-[...9 lines deleted...]
-        <v>1025</v>
+      <c r="C609" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D609" s="27" t="s">
+        <v>2891</v>
+      </c>
+      <c r="E609" s="1" t="s">
+        <v>1024</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>5433</v>
-[...7 lines deleted...]
-      <c r="I609" s="3" t="s">
+        <v>5432</v>
+      </c>
+      <c r="G609" s="7" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H609" s="3" t="s">
+        <v>2670</v>
+      </c>
+      <c r="I609" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="610" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A610" s="1" t="s">
-        <v>3277</v>
+        <v>3276</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>4378</v>
-[...7 lines deleted...]
-      <c r="E610" s="3" t="s">
+        <v>4377</v>
+      </c>
+      <c r="C610" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D610" s="34" t="s">
         <v>1022</v>
       </c>
+      <c r="E610" s="1" t="s">
+        <v>1021</v>
+      </c>
       <c r="F610" s="1" t="s">
-        <v>5434</v>
-[...4 lines deleted...]
-      <c r="H610" s="8" t="s">
+        <v>5433</v>
+      </c>
+      <c r="G610" s="7" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H610" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I610" s="3" t="s">
+      <c r="I610" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="611" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A611" s="1" t="s">
+        <v>4378</v>
+      </c>
+      <c r="B611" s="1" t="s">
+        <v>3744</v>
+      </c>
+      <c r="C611" s="8" t="s">
         <v>4379</v>
       </c>
-      <c r="B611" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E611" s="3" t="s">
+      <c r="D611" s="5" t="s">
         <v>2341</v>
+      </c>
+      <c r="E611" s="1" t="s">
+        <v>2340</v>
       </c>
       <c r="F611" s="1">
         <v>56993813691</v>
       </c>
-      <c r="G611" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H611" s="8" t="s">
+      <c r="G611" s="7" t="s">
         <v>2339</v>
       </c>
-      <c r="I611" s="3" t="s">
+      <c r="H611" s="3" t="s">
+        <v>2338</v>
+      </c>
+      <c r="I611" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="612" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A612" s="1" t="s">
+        <v>4380</v>
+      </c>
+      <c r="B612" s="1" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C612" s="8" t="s">
         <v>4381</v>
       </c>
-      <c r="B612" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E612" s="3" t="s">
+      <c r="D612" s="34" t="s">
         <v>1851</v>
       </c>
+      <c r="E612" s="1" t="s">
+        <v>1850</v>
+      </c>
       <c r="F612" s="1" t="s">
-        <v>5435</v>
-[...7 lines deleted...]
-      <c r="I612" s="3" t="s">
+        <v>5434</v>
+      </c>
+      <c r="G612" s="7" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H612" s="3" t="s">
+        <v>2589</v>
+      </c>
+      <c r="I612" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="613" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A613" s="1" t="s">
-        <v>5694</v>
+        <v>5692</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>4883</v>
-[...1 lines deleted...]
-      <c r="C613" s="36" t="s">
         <v>4882</v>
       </c>
-      <c r="D613" s="43" t="s">
-[...11 lines deleted...]
-      <c r="H613" s="3" t="s">
+      <c r="C613" s="8" t="s">
+        <v>4881</v>
+      </c>
+      <c r="D613" s="34" t="s">
+        <v>4908</v>
+      </c>
+      <c r="E613" s="1" t="s">
         <v>4897</v>
       </c>
-      <c r="I613" s="3" t="s">
+      <c r="F613" s="12" t="s">
+        <v>5435</v>
+      </c>
+      <c r="G613" s="8" t="s">
+        <v>4889</v>
+      </c>
+      <c r="H613" s="1" t="s">
+        <v>4896</v>
+      </c>
+      <c r="I613" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="614" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A614" s="1" t="s">
+        <v>4382</v>
+      </c>
+      <c r="B614" s="1" t="s">
         <v>4383</v>
       </c>
-      <c r="B614" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E614" s="3" t="s">
+      <c r="C614" s="8" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D614" s="34" t="s">
         <v>2070</v>
       </c>
+      <c r="E614" s="1" t="s">
+        <v>2069</v>
+      </c>
       <c r="F614" s="1" t="s">
-        <v>5437</v>
-[...7 lines deleted...]
-      <c r="I614" s="3" t="s">
+        <v>5436</v>
+      </c>
+      <c r="G614" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H614" s="3" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I614" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="615" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A615" s="1" t="s">
-        <v>4383</v>
+        <v>4382</v>
       </c>
       <c r="B615" s="1" t="s">
+        <v>4384</v>
+      </c>
+      <c r="C615" s="8" t="s">
         <v>4385</v>
       </c>
-      <c r="C615" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D615" s="43" t="s">
+      <c r="D615" s="34" t="s">
         <v>546</v>
       </c>
-      <c r="E615" s="3" t="s">
+      <c r="E615" s="1" t="s">
         <v>545</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>5438</v>
-[...1 lines deleted...]
-      <c r="G615" s="12" t="s">
+        <v>5437</v>
+      </c>
+      <c r="G615" s="7" t="s">
         <v>544</v>
       </c>
-      <c r="H615" s="8" t="s">
+      <c r="H615" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="I615" s="3" t="s">
+      <c r="I615" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="616" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A616" s="1" t="s">
+        <v>4386</v>
+      </c>
+      <c r="B616" s="1" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C616" s="8" t="s">
         <v>4387</v>
       </c>
-      <c r="B616" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E616" s="3" t="s">
+      <c r="D616" s="34" t="s">
         <v>2309</v>
       </c>
+      <c r="E616" s="1" t="s">
+        <v>2308</v>
+      </c>
       <c r="F616" s="1" t="s">
-        <v>5439</v>
-[...4 lines deleted...]
-      <c r="H616" s="8" t="s">
+        <v>5438</v>
+      </c>
+      <c r="G616" s="7" t="s">
         <v>2307</v>
       </c>
-      <c r="I616" s="3" t="s">
+      <c r="H616" s="3" t="s">
+        <v>2306</v>
+      </c>
+      <c r="I616" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="617" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A617" s="1" t="s">
+        <v>4388</v>
+      </c>
+      <c r="B617" s="1" t="s">
+        <v>3918</v>
+      </c>
+      <c r="C617" s="8" t="s">
         <v>4389</v>
       </c>
-      <c r="B617" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D617" s="43" t="s">
+      <c r="D617" s="34" t="s">
         <v>756</v>
       </c>
-      <c r="E617" s="3" t="s">
+      <c r="E617" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="F617" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G617" s="12" t="s">
+      <c r="F617" s="13" t="s">
+        <v>5439</v>
+      </c>
+      <c r="G617" s="7" t="s">
         <v>754</v>
       </c>
-      <c r="H617" s="8" t="s">
+      <c r="H617" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="I617" s="3" t="s">
+      <c r="I617" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="618" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A618" s="1" t="s">
-        <v>4389</v>
+        <v>4388</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>3719</v>
-[...4 lines deleted...]
-      <c r="D618" s="43" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C618" s="8" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D618" s="34" t="s">
         <v>464</v>
       </c>
-      <c r="E618" s="3" t="s">
+      <c r="E618" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>5441</v>
-[...1 lines deleted...]
-      <c r="G618" s="12" t="s">
+        <v>5440</v>
+      </c>
+      <c r="G618" s="7" t="s">
         <v>462</v>
       </c>
-      <c r="H618" s="8" t="s">
+      <c r="H618" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="I618" s="3" t="s">
+      <c r="I618" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="619" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A619" s="1" t="s">
+        <v>4390</v>
+      </c>
+      <c r="B619" s="1" t="s">
         <v>4391</v>
       </c>
-      <c r="B619" s="1" t="s">
+      <c r="C619" s="8" t="s">
         <v>4392</v>
       </c>
-      <c r="C619" s="36" t="s">
-[...6 lines deleted...]
-        <v>2438</v>
+      <c r="D619" s="34" t="s">
+        <v>2863</v>
+      </c>
+      <c r="E619" s="1" t="s">
+        <v>2437</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>5442</v>
-[...7 lines deleted...]
-      <c r="I619" s="3" t="s">
+        <v>5441</v>
+      </c>
+      <c r="G619" s="7" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H619" s="3" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I619" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A620" s="1" t="s">
-        <v>4394</v>
+        <v>4393</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>3594</v>
-[...7 lines deleted...]
-      <c r="E620" s="3" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C620" s="8" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D620" s="34" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E620" s="1" t="s">
         <v>309</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>5444</v>
-[...7 lines deleted...]
-      <c r="I620" s="3" t="s">
+        <v>5443</v>
+      </c>
+      <c r="G620" s="7" t="s">
+        <v>4841</v>
+      </c>
+      <c r="H620" s="3" t="s">
+        <v>2728</v>
+      </c>
+      <c r="I620" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="621" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A621" s="1" t="s">
+        <v>4393</v>
+      </c>
+      <c r="B621" s="1" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C621" s="8" t="s">
         <v>4394</v>
       </c>
-      <c r="B621" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E621" s="3" t="s">
+      <c r="D621" s="34" t="s">
         <v>1427</v>
       </c>
+      <c r="E621" s="1" t="s">
+        <v>1426</v>
+      </c>
       <c r="F621" s="1" t="s">
-        <v>5443</v>
-[...4 lines deleted...]
-      <c r="H621" s="8" t="s">
+        <v>5442</v>
+      </c>
+      <c r="G621" s="7" t="s">
         <v>1425</v>
       </c>
-      <c r="I621" s="3" t="s">
+      <c r="H621" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I621" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="622" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A622" s="1" t="s">
-        <v>3124</v>
+        <v>3123</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>3137</v>
-[...7 lines deleted...]
-      <c r="E622" s="3" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C622" s="8" t="s">
+        <v>4395</v>
+      </c>
+      <c r="D622" s="34" t="s">
         <v>1678</v>
       </c>
+      <c r="E622" s="1" t="s">
+        <v>1677</v>
+      </c>
       <c r="F622" s="1" t="s">
-        <v>5445</v>
-[...7 lines deleted...]
-      <c r="I622" s="3" t="s">
+        <v>5444</v>
+      </c>
+      <c r="G622" s="7" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H622" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="I622" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="623" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A623" s="1" t="s">
-        <v>3124</v>
+        <v>3123</v>
       </c>
       <c r="B623" s="1" t="s">
+        <v>4396</v>
+      </c>
+      <c r="C623" s="8" t="s">
         <v>4397</v>
       </c>
-      <c r="C623" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E623" s="3" t="s">
+      <c r="D623" s="34" t="s">
         <v>871</v>
       </c>
+      <c r="E623" s="1" t="s">
+        <v>870</v>
+      </c>
       <c r="F623" s="1" t="s">
-        <v>5446</v>
-[...4 lines deleted...]
-      <c r="H623" s="8" t="s">
+        <v>5445</v>
+      </c>
+      <c r="G623" s="7" t="s">
         <v>869</v>
       </c>
-      <c r="I623" s="3" t="s">
+      <c r="H623" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="I623" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="624" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A624" s="1" t="s">
-        <v>4227</v>
+        <v>4226</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>3503</v>
-[...7 lines deleted...]
-      <c r="E624" s="3" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C624" s="8" t="s">
+        <v>4398</v>
+      </c>
+      <c r="D624" s="34" t="s">
         <v>1459</v>
       </c>
+      <c r="E624" s="1" t="s">
+        <v>1458</v>
+      </c>
       <c r="F624" s="1" t="s">
-        <v>5447</v>
-[...4 lines deleted...]
-      <c r="H624" s="8" t="s">
+        <v>5446</v>
+      </c>
+      <c r="G624" s="7" t="s">
         <v>1457</v>
       </c>
-      <c r="I624" s="3" t="s">
+      <c r="H624" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I624" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="625" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A625" s="1" t="s">
+        <v>4399</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>4307</v>
+      </c>
+      <c r="C625" s="8" t="s">
         <v>4400</v>
       </c>
-      <c r="B625" s="1" t="s">
-[...9 lines deleted...]
-        <v>2402</v>
+      <c r="D625" s="34" t="s">
+        <v>2819</v>
+      </c>
+      <c r="E625" s="1" t="s">
+        <v>2401</v>
       </c>
       <c r="F625" s="1"/>
-      <c r="G625" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H625" s="8" t="s">
+      <c r="G625" s="7" t="s">
         <v>1699</v>
       </c>
-      <c r="I625" s="3" t="s">
+      <c r="H625" s="3" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I625" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="626" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A626" s="1" t="s">
-        <v>5695</v>
+        <v>5693</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>3521</v>
-[...7 lines deleted...]
-      <c r="E626" s="3" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C626" s="8" t="s">
+        <v>4880</v>
+      </c>
+      <c r="D626" s="34" t="s">
         <v>4906</v>
       </c>
+      <c r="E626" s="1" t="s">
+        <v>4905</v>
+      </c>
       <c r="F626" s="1" t="s">
-        <v>5242</v>
-[...7 lines deleted...]
-      <c r="I626" s="3" t="s">
+        <v>5241</v>
+      </c>
+      <c r="G626" s="8" t="s">
+        <v>4886</v>
+      </c>
+      <c r="H626" s="1" t="s">
+        <v>4904</v>
+      </c>
+      <c r="I626" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="627" spans="1:15" ht="51" x14ac:dyDescent="0.2">
       <c r="A627" s="1" t="s">
-        <v>4298</v>
+        <v>4297</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>3283</v>
-[...8 lines deleted...]
-        <v>2430</v>
+        <v>3282</v>
+      </c>
+      <c r="C627" s="8" t="s">
+        <v>4401</v>
+      </c>
+      <c r="D627" s="34" t="s">
+        <v>2852</v>
+      </c>
+      <c r="E627" s="1" t="s">
+        <v>2429</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>5448</v>
-[...7 lines deleted...]
-      <c r="I627" s="3" t="s">
+        <v>5447</v>
+      </c>
+      <c r="G627" s="7" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H627" s="4" t="s">
+        <v>4843</v>
+      </c>
+      <c r="I627" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="628" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A628" s="1" t="s">
-        <v>4403</v>
+        <v>4402</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>3571</v>
-[...7 lines deleted...]
-      <c r="E628" s="3" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C628" s="8" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D628" s="34" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E628" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>5449</v>
-[...4 lines deleted...]
-      <c r="H628" s="8" t="s">
+        <v>5448</v>
+      </c>
+      <c r="G628" s="7" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H628" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I628" s="3" t="s">
+      <c r="I628" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="629" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A629" s="1" t="s">
+        <v>4402</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C629" s="8" t="s">
         <v>4403</v>
       </c>
-      <c r="B629" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E629" s="3" t="s">
+      <c r="D629" s="34" t="s">
         <v>1080</v>
+      </c>
+      <c r="E629" s="1" t="s">
+        <v>1079</v>
       </c>
       <c r="F629" s="1">
         <v>56993813692</v>
       </c>
-      <c r="G629" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H629" s="8" t="s">
+      <c r="G629" s="7" t="s">
         <v>1078</v>
       </c>
-      <c r="I629" s="3" t="s">
-[...7 lines deleted...]
-      <c r="O629" s="6"/>
+      <c r="H629" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I629" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J629" s="32"/>
+      <c r="K629" s="32"/>
+      <c r="L629" s="32"/>
+      <c r="M629" s="32"/>
+      <c r="N629" s="32"/>
+      <c r="O629" s="32"/>
     </row>
     <row r="630" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A630" s="1" t="s">
+        <v>4404</v>
+      </c>
+      <c r="B630" s="1" t="s">
         <v>4405</v>
       </c>
-      <c r="B630" s="1" t="s">
+      <c r="C630" s="8" t="s">
         <v>4406</v>
       </c>
-      <c r="C630" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E630" s="3" t="s">
+      <c r="D630" s="34" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E630" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F630" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H630" s="8" t="s">
+      <c r="F630" s="12" t="s">
+        <v>5449</v>
+      </c>
+      <c r="G630" s="7" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H630" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="I630" s="3" t="s">
+      <c r="I630" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="631" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A631" s="1" t="s">
-        <v>4405</v>
+        <v>4404</v>
       </c>
       <c r="B631" s="1" t="s">
+        <v>4407</v>
+      </c>
+      <c r="C631" s="8" t="s">
         <v>4408</v>
       </c>
-      <c r="C631" s="36" t="s">
-[...6 lines deleted...]
-        <v>2470</v>
+      <c r="D631" s="34" t="s">
+        <v>887</v>
+      </c>
+      <c r="E631" s="1" t="s">
+        <v>2469</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>5451</v>
-[...7 lines deleted...]
-      <c r="I631" s="3" t="s">
+        <v>5450</v>
+      </c>
+      <c r="G631" s="7" t="s">
+        <v>886</v>
+      </c>
+      <c r="H631" s="3" t="s">
+        <v>2679</v>
+      </c>
+      <c r="I631" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="632" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A632" s="1" t="s">
+        <v>4409</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="C632" s="8" t="s">
         <v>4410</v>
       </c>
-      <c r="B632" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E632" s="3" t="s">
+      <c r="D632" s="34" t="s">
         <v>2049</v>
       </c>
+      <c r="E632" s="1" t="s">
+        <v>2048</v>
+      </c>
       <c r="F632" s="1" t="s">
-        <v>5452</v>
-[...4 lines deleted...]
-      <c r="H632" s="8" t="s">
+        <v>5451</v>
+      </c>
+      <c r="G632" s="7" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H632" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I632" s="3" t="s">
+      <c r="I632" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="633" spans="1:15" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A633" s="1" t="s">
+        <v>4411</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>4365</v>
+      </c>
+      <c r="C633" s="8" t="s">
         <v>4412</v>
       </c>
-      <c r="B633" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D633" s="43" t="s">
+      <c r="D633" s="34" t="s">
         <v>437</v>
       </c>
-      <c r="E633" s="3" t="s">
-        <v>2503</v>
+      <c r="E633" s="1" t="s">
+        <v>2502</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>5453</v>
-[...1 lines deleted...]
-      <c r="G633" s="12" t="s">
+        <v>5452</v>
+      </c>
+      <c r="G633" s="7" t="s">
         <v>436</v>
       </c>
-      <c r="H633" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I633" s="3" t="s">
+      <c r="H633" s="3" t="s">
+        <v>2631</v>
+      </c>
+      <c r="I633" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="634" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A634" s="1" t="s">
+        <v>4413</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C634" s="8" t="s">
         <v>4414</v>
       </c>
-      <c r="B634" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D634" s="43" t="s">
+      <c r="D634" s="34" t="s">
         <v>706</v>
       </c>
-      <c r="E634" s="3" t="s">
+      <c r="E634" s="1" t="s">
         <v>705</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>5454</v>
-[...1 lines deleted...]
-      <c r="G634" s="12" t="s">
+        <v>5453</v>
+      </c>
+      <c r="G634" s="7" t="s">
         <v>704</v>
       </c>
-      <c r="H634" s="8" t="s">
+      <c r="H634" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="I634" s="3" t="s">
+      <c r="I634" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="635" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A635" s="1" t="s">
-        <v>3120</v>
+        <v>3119</v>
       </c>
       <c r="B635" s="1" t="s">
+        <v>4417</v>
+      </c>
+      <c r="C635" s="8" t="s">
         <v>4418</v>
       </c>
-      <c r="C635" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D635" s="43" t="s">
+      <c r="D635" s="34" t="s">
         <v>229</v>
       </c>
-      <c r="E635" s="3" t="s">
+      <c r="E635" s="1" t="s">
         <v>228</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>5457</v>
-[...1 lines deleted...]
-      <c r="G635" s="12" t="s">
+        <v>5456</v>
+      </c>
+      <c r="G635" s="7" t="s">
         <v>227</v>
       </c>
-      <c r="H635" s="8" t="s">
+      <c r="H635" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="I635" s="3" t="s">
+      <c r="I635" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="636" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A636" s="1" t="s">
-        <v>3120</v>
+        <v>3119</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>3745</v>
-[...7 lines deleted...]
-      <c r="E636" s="3" t="s">
+        <v>3744</v>
+      </c>
+      <c r="C636" s="8" t="s">
+        <v>4416</v>
+      </c>
+      <c r="D636" s="34" t="s">
         <v>832</v>
       </c>
+      <c r="E636" s="1" t="s">
+        <v>831</v>
+      </c>
       <c r="F636" s="1" t="s">
-        <v>5456</v>
-[...4 lines deleted...]
-      <c r="H636" s="8" t="s">
+        <v>5455</v>
+      </c>
+      <c r="G636" s="7" t="s">
         <v>830</v>
       </c>
-      <c r="I636" s="3" t="s">
+      <c r="H636" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="I636" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="637" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A637" s="1" t="s">
-        <v>3120</v>
+        <v>3119</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>3518</v>
-[...7 lines deleted...]
-      <c r="E637" s="3" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C637" s="8" t="s">
+        <v>4415</v>
+      </c>
+      <c r="D637" s="5" t="s">
         <v>1904</v>
       </c>
-      <c r="F637" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G637" s="12" t="s">
+      <c r="E637" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="H637" s="8" t="s">
+      <c r="F637" s="13" t="s">
+        <v>5454</v>
+      </c>
+      <c r="G637" s="7" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H637" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I637" s="3" t="s">
+      <c r="I637" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="638" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A638" s="1" t="s">
+        <v>4419</v>
+      </c>
+      <c r="B638" s="1" t="s">
         <v>4420</v>
       </c>
-      <c r="B638" s="1" t="s">
+      <c r="C638" s="8" t="s">
         <v>4421</v>
       </c>
-      <c r="C638" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E638" s="3" t="s">
+      <c r="D638" s="27" t="s">
         <v>814</v>
       </c>
+      <c r="E638" s="1" t="s">
+        <v>813</v>
+      </c>
       <c r="F638" s="1" t="s">
-        <v>5458</v>
-[...4 lines deleted...]
-      <c r="H638" s="8" t="s">
+        <v>5457</v>
+      </c>
+      <c r="G638" s="7" t="s">
+        <v>812</v>
+      </c>
+      <c r="H638" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I638" s="3" t="s">
+      <c r="I638" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="639" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A639" s="1" t="s">
+        <v>4422</v>
+      </c>
+      <c r="B639" s="1" t="s">
         <v>4423</v>
       </c>
-      <c r="B639" s="1" t="s">
+      <c r="C639" s="8" t="s">
         <v>4424</v>
       </c>
-      <c r="C639" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D639" s="43" t="s">
+      <c r="D639" s="34" t="s">
         <v>30</v>
       </c>
-      <c r="E639" s="3" t="s">
+      <c r="E639" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>5459</v>
-[...1 lines deleted...]
-      <c r="G639" s="12" t="s">
+        <v>5458</v>
+      </c>
+      <c r="G639" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="H639" s="8" t="s">
+      <c r="H639" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I639" s="3" t="s">
+      <c r="I639" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="640" spans="1:15" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A640" s="1" t="s">
+        <v>4425</v>
+      </c>
+      <c r="B640" s="1" t="s">
         <v>4426</v>
       </c>
-      <c r="B640" s="1" t="s">
-[...9 lines deleted...]
-        <v>2401</v>
+      <c r="C640" s="8" t="s">
+        <v>3831</v>
+      </c>
+      <c r="D640" s="34" t="s">
+        <v>2818</v>
+      </c>
+      <c r="E640" s="1" t="s">
+        <v>2400</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>5460</v>
-[...7 lines deleted...]
-      <c r="I640" s="3" t="s">
+        <v>5459</v>
+      </c>
+      <c r="G640" s="7" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H640" s="3" t="s">
+        <v>2600</v>
+      </c>
+      <c r="I640" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="641" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A641" s="1" t="s">
+        <v>4427</v>
+      </c>
+      <c r="B641" s="1" t="s">
         <v>4428</v>
       </c>
-      <c r="B641" s="1" t="s">
+      <c r="C641" s="8" t="s">
         <v>4429</v>
       </c>
-      <c r="C641" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E641" s="3" t="s">
+      <c r="D641" s="34" t="s">
         <v>1148</v>
       </c>
+      <c r="E641" s="1" t="s">
+        <v>1147</v>
+      </c>
       <c r="F641" s="1" t="s">
-        <v>5461</v>
-[...4 lines deleted...]
-      <c r="H641" s="8" t="s">
+        <v>5460</v>
+      </c>
+      <c r="G641" s="7" t="s">
         <v>1146</v>
       </c>
-      <c r="I641" s="3" t="s">
+      <c r="H641" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I641" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="642" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A642" s="1" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>3507</v>
-[...7 lines deleted...]
-      <c r="E642" s="3" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C642" s="8" t="s">
+        <v>4430</v>
+      </c>
+      <c r="D642" s="34" t="s">
         <v>1983</v>
       </c>
+      <c r="E642" s="1" t="s">
+        <v>1982</v>
+      </c>
       <c r="F642" s="1" t="s">
-        <v>5462</v>
-[...7 lines deleted...]
-      <c r="I642" s="3" t="s">
+        <v>5461</v>
+      </c>
+      <c r="G642" s="7" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H642" s="3" t="s">
+        <v>2573</v>
+      </c>
+      <c r="I642" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="643" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A643" s="1" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>3980</v>
-[...8 lines deleted...]
-        <v>2532</v>
+        <v>3979</v>
+      </c>
+      <c r="C643" s="8" t="s">
+        <v>4432</v>
+      </c>
+      <c r="D643" s="34" t="s">
+        <v>2971</v>
+      </c>
+      <c r="E643" s="1" t="s">
+        <v>2531</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>5464</v>
-[...1 lines deleted...]
-      <c r="G643" s="12" t="s">
+        <v>5463</v>
+      </c>
+      <c r="G643" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="H643" s="8" t="s">
+      <c r="H643" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I643" s="3" t="s">
+      <c r="I643" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="644" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A644" s="1" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>3719</v>
-[...7 lines deleted...]
-      <c r="E644" s="3" t="s">
+        <v>3718</v>
+      </c>
+      <c r="C644" s="8" t="s">
+        <v>4431</v>
+      </c>
+      <c r="D644" s="34" t="s">
         <v>1393</v>
       </c>
+      <c r="E644" s="1" t="s">
+        <v>1392</v>
+      </c>
       <c r="F644" s="1" t="s">
-        <v>5463</v>
-[...4 lines deleted...]
-      <c r="H644" s="8" t="s">
+        <v>5462</v>
+      </c>
+      <c r="G644" s="7" t="s">
         <v>1391</v>
       </c>
-      <c r="I644" s="3" t="s">
+      <c r="H644" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I644" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="645" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A645" s="1" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>4247</v>
-[...8 lines deleted...]
-        <v>2539</v>
+        <v>4246</v>
+      </c>
+      <c r="C645" s="8" t="s">
+        <v>4433</v>
+      </c>
+      <c r="D645" s="34" t="s">
+        <v>2980</v>
+      </c>
+      <c r="E645" s="1" t="s">
+        <v>2538</v>
       </c>
       <c r="F645" s="1">
         <v>56993813693</v>
       </c>
-      <c r="G645" s="12" t="s">
+      <c r="G645" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="H645" s="8" t="s">
+      <c r="H645" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="I645" s="3" t="s">
+      <c r="I645" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="646" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A646" s="1" t="s">
-        <v>5696</v>
+        <v>5694</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>4879</v>
-[...8 lines deleted...]
-        <v>4899</v>
+        <v>4878</v>
+      </c>
+      <c r="C646" s="8" t="s">
+        <v>3804</v>
+      </c>
+      <c r="D646" s="34" t="s">
+        <v>4909</v>
+      </c>
+      <c r="E646" s="1" t="s">
+        <v>4898</v>
       </c>
       <c r="F646" s="1"/>
-      <c r="G646" s="13" t="s">
-[...3 lines deleted...]
-      <c r="I646" s="3" t="s">
+      <c r="G646" s="8" t="s">
+        <v>4890</v>
+      </c>
+      <c r="H646" s="1"/>
+      <c r="I646" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="647" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A647" s="1" t="s">
+        <v>4434</v>
+      </c>
+      <c r="B647" s="1" t="s">
         <v>4435</v>
       </c>
-      <c r="B647" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D647" s="43" t="s">
+      <c r="C647" s="8" t="s">
+        <v>3719</v>
+      </c>
+      <c r="D647" s="34" t="s">
         <v>301</v>
       </c>
-      <c r="E647" s="3" t="s">
+      <c r="E647" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="F647" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G647" s="12" t="s">
+      <c r="F647" s="12" t="s">
+        <v>5464</v>
+      </c>
+      <c r="G647" s="7" t="s">
         <v>299</v>
       </c>
-      <c r="H647" s="8" t="s">
+      <c r="H647" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="I647" s="3" t="s">
+      <c r="I647" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="648" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A648" s="1" t="s">
+        <v>4436</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>3148</v>
+      </c>
+      <c r="C648" s="8" t="s">
         <v>4437</v>
       </c>
-      <c r="B648" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E648" s="3" t="s">
+      <c r="D648" s="34" t="s">
         <v>2270</v>
       </c>
+      <c r="E648" s="1" t="s">
+        <v>2269</v>
+      </c>
       <c r="F648" s="1" t="s">
-        <v>5466</v>
-[...4 lines deleted...]
-      <c r="H648" s="8" t="s">
+        <v>5465</v>
+      </c>
+      <c r="G648" s="7" t="s">
         <v>2268</v>
       </c>
-      <c r="I648" s="3" t="s">
+      <c r="H648" s="3" t="s">
+        <v>2267</v>
+      </c>
+      <c r="I648" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="649" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A649" s="1" t="s">
+        <v>4440</v>
+      </c>
+      <c r="B649" s="1" t="s">
         <v>4441</v>
       </c>
-      <c r="B649" s="1" t="s">
+      <c r="C649" s="8" t="s">
         <v>4442</v>
       </c>
-      <c r="C649" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D649" s="43" t="s">
+      <c r="D649" s="34" t="s">
         <v>93</v>
       </c>
-      <c r="E649" s="3" t="s">
+      <c r="E649" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>5467</v>
-[...1 lines deleted...]
-      <c r="G649" s="12" t="s">
+        <v>5466</v>
+      </c>
+      <c r="G649" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="H649" s="8" t="s">
+      <c r="H649" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="I649" s="3" t="s">
+      <c r="I649" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="650" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A650" s="1" t="s">
+        <v>4443</v>
+      </c>
+      <c r="B650" s="1" t="s">
         <v>4444</v>
       </c>
-      <c r="B650" s="1" t="s">
+      <c r="C650" s="8" t="s">
         <v>4445</v>
       </c>
-      <c r="C650" s="36" t="s">
-[...6 lines deleted...]
-        <v>2420</v>
+      <c r="D650" s="34" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E650" s="1" t="s">
+        <v>2419</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>5468</v>
-[...7 lines deleted...]
-      <c r="I650" s="3" t="s">
+        <v>5467</v>
+      </c>
+      <c r="G650" s="7" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H650" s="3" t="s">
+        <v>2619</v>
+      </c>
+      <c r="I650" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="651" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A651" s="1" t="s">
-        <v>4447</v>
+        <v>4446</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>4450</v>
-[...4 lines deleted...]
-      <c r="D651" s="32" t="s">
+        <v>4449</v>
+      </c>
+      <c r="C651" s="8" t="s">
+        <v>4171</v>
+      </c>
+      <c r="D651" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="E651" s="3" t="s">
+      <c r="E651" s="1" t="s">
         <v>344</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>5471</v>
-[...4 lines deleted...]
-      <c r="H651" s="8" t="s">
+        <v>5470</v>
+      </c>
+      <c r="G651" s="7" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H651" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="I651" s="3" t="s">
+      <c r="I651" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="652" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A652" s="1" t="s">
+        <v>4446</v>
+      </c>
+      <c r="B652" s="1" t="s">
         <v>4447</v>
       </c>
-      <c r="B652" s="1" t="s">
-[...9 lines deleted...]
-        <v>2437</v>
+      <c r="C652" s="8" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D652" s="5" t="s">
+        <v>2861</v>
+      </c>
+      <c r="E652" s="1" t="s">
+        <v>2436</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>5469</v>
-[...7 lines deleted...]
-      <c r="I652" s="3" t="s">
+        <v>5468</v>
+      </c>
+      <c r="G652" s="7" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H652" s="3" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I652" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="653" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A653" s="1" t="s">
-        <v>4447</v>
+        <v>4446</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>3125</v>
-[...7 lines deleted...]
-      <c r="E653" s="3" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C653" s="8" t="s">
+        <v>4448</v>
+      </c>
+      <c r="D653" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="F653" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G653" s="12" t="s">
+      <c r="E653" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="H653" s="8" t="s">
+      <c r="F653" s="13" t="s">
+        <v>5469</v>
+      </c>
+      <c r="G653" s="7" t="s">
+        <v>858</v>
+      </c>
+      <c r="H653" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I653" s="3" t="s">
+      <c r="I653" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="654" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A654" s="1" t="s">
-        <v>4451</v>
+        <v>4450</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>3475</v>
-[...8 lines deleted...]
-        <v>2364</v>
+        <v>3474</v>
+      </c>
+      <c r="C654" s="8" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D654" s="5" t="s">
+        <v>2769</v>
+      </c>
+      <c r="E654" s="1" t="s">
+        <v>2363</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>5472</v>
-[...7 lines deleted...]
-      <c r="I654" s="3" t="s">
+        <v>5471</v>
+      </c>
+      <c r="G654" s="7" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H654" s="3" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I654" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="655" spans="1:9" ht="102" x14ac:dyDescent="0.25">
       <c r="A655" s="1" t="s">
+        <v>4451</v>
+      </c>
+      <c r="B655" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C655" s="8" t="s">
         <v>4452</v>
       </c>
-      <c r="B655" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D655" s="32" t="s">
+      <c r="D655" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E655" s="3" t="s">
+      <c r="E655" s="1" t="s">
         <v>210</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>5473</v>
-[...1 lines deleted...]
-      <c r="G655" s="12" t="s">
+        <v>5472</v>
+      </c>
+      <c r="G655" s="7" t="s">
         <v>209</v>
       </c>
-      <c r="H655" s="8" t="s">
+      <c r="H655" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="I655" s="3" t="s">
+      <c r="I655" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="656" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A656" s="1" t="s">
-        <v>4454</v>
+        <v>4453</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>3302</v>
-[...7 lines deleted...]
-      <c r="E656" s="3" t="s">
+        <v>3301</v>
+      </c>
+      <c r="C656" s="8" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D656" s="5" t="s">
         <v>2099</v>
       </c>
+      <c r="E656" s="1" t="s">
+        <v>2098</v>
+      </c>
       <c r="F656" s="1" t="s">
-        <v>5474</v>
-[...4 lines deleted...]
-      <c r="H656" s="8" t="s">
+        <v>5473</v>
+      </c>
+      <c r="G656" s="7" t="s">
         <v>2097</v>
       </c>
-      <c r="I656" s="3" t="s">
+      <c r="H656" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I656" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="657" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A657" s="1" t="s">
-        <v>3219</v>
+        <v>3218</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>4457</v>
-[...7 lines deleted...]
-      <c r="E657" s="3" t="s">
+        <v>4456</v>
+      </c>
+      <c r="C657" s="8" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D657" s="5" t="s">
         <v>1069</v>
       </c>
+      <c r="E657" s="1" t="s">
+        <v>1068</v>
+      </c>
       <c r="F657" s="1" t="s">
-        <v>5476</v>
-[...4 lines deleted...]
-      <c r="H657" s="8" t="s">
+        <v>5475</v>
+      </c>
+      <c r="G657" s="7" t="s">
         <v>1067</v>
       </c>
-      <c r="I657" s="3" t="s">
+      <c r="H657" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I657" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="658" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A658" s="1" t="s">
-        <v>3219</v>
+        <v>3218</v>
       </c>
       <c r="B658" s="1" t="s">
+        <v>4454</v>
+      </c>
+      <c r="C658" s="8" t="s">
         <v>4455</v>
       </c>
-      <c r="C658" s="36" t="s">
-[...6 lines deleted...]
-        <v>1045</v>
+      <c r="D658" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E658" s="1" t="s">
+        <v>1044</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>5475</v>
-[...4 lines deleted...]
-      <c r="H658" s="8" t="s">
+        <v>5474</v>
+      </c>
+      <c r="G658" s="7" t="s">
         <v>1989</v>
       </c>
-      <c r="I658" s="3" t="s">
+      <c r="H658" s="3" t="s">
+        <v>1988</v>
+      </c>
+      <c r="I658" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="659" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A659" s="1" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B659" s="1" t="s">
+        <v>4461</v>
+      </c>
+      <c r="C659" s="8" t="s">
         <v>4462</v>
       </c>
-      <c r="C659" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E659" s="3" t="s">
+      <c r="D659" s="5" t="s">
+        <v>2960</v>
+      </c>
+      <c r="E659" s="1" t="s">
         <v>222</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>5479</v>
-[...1 lines deleted...]
-      <c r="G659" s="12" t="s">
+        <v>5478</v>
+      </c>
+      <c r="G659" s="7" t="s">
         <v>221</v>
       </c>
-      <c r="H659" s="8" t="s">
+      <c r="H659" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="I659" s="3" t="s">
+      <c r="I659" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="660" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A660" s="1" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B660" s="1" t="s">
+        <v>4463</v>
+      </c>
+      <c r="C660" s="8" t="s">
         <v>4464</v>
       </c>
-      <c r="C660" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E660" s="3" t="s">
+      <c r="D660" s="5" t="s">
+        <v>2983</v>
+      </c>
+      <c r="E660" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F660" s="1">
         <v>56993813694</v>
       </c>
-      <c r="G660" s="12" t="s">
+      <c r="G660" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="H660" s="8" t="s">
+      <c r="H660" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="I660" s="3" t="s">
+      <c r="I660" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="661" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A661" s="1" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>3121</v>
-[...8 lines deleted...]
-        <v>2451</v>
+        <v>3120</v>
+      </c>
+      <c r="C661" s="8" t="s">
+        <v>4459</v>
+      </c>
+      <c r="D661" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E661" s="1" t="s">
+        <v>2450</v>
       </c>
       <c r="F661" s="1"/>
-      <c r="G661" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I661" s="3" t="s">
+      <c r="G661" s="7" t="s">
+        <v>4819</v>
+      </c>
+      <c r="H661" s="3" t="s">
+        <v>2655</v>
+      </c>
+      <c r="I661" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="662" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A662" s="1" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>3121</v>
-[...4 lines deleted...]
-      <c r="D662" s="32" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C662" s="8" t="s">
+        <v>4460</v>
+      </c>
+      <c r="D662" s="5" t="s">
         <v>564</v>
       </c>
-      <c r="E662" s="3" t="s">
+      <c r="E662" s="1" t="s">
         <v>563</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>5478</v>
-[...1 lines deleted...]
-      <c r="G662" s="12" t="s">
+        <v>5477</v>
+      </c>
+      <c r="G662" s="7" t="s">
         <v>562</v>
       </c>
-      <c r="H662" s="8" t="s">
+      <c r="H662" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="I662" s="3" t="s">
+      <c r="I662" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="663" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A663" s="1" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B663" s="1" t="s">
+        <v>4457</v>
+      </c>
+      <c r="C663" s="8" t="s">
         <v>4458</v>
       </c>
-      <c r="C663" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E663" s="3" t="s">
+      <c r="D663" s="5" t="s">
         <v>1818</v>
       </c>
+      <c r="E663" s="1" t="s">
+        <v>1817</v>
+      </c>
       <c r="F663" s="1" t="s">
-        <v>5477</v>
-[...7 lines deleted...]
-      <c r="I663" s="3" t="s">
+        <v>5476</v>
+      </c>
+      <c r="G663" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H663" s="3" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I663" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="664" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A664" s="1" t="str">
         <f>$A$668</f>
         <v>RIVEROS</v>
       </c>
       <c r="B664" s="1" t="s">
+        <v>4478</v>
+      </c>
+      <c r="C664" s="8" t="s">
         <v>4479</v>
       </c>
-      <c r="C664" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D664" s="32" t="s">
+      <c r="D664" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="E664" s="3" t="s">
+      <c r="E664" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F664" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H664" s="8" t="s">
+      <c r="F664" s="12" t="s">
+        <v>5484</v>
+      </c>
+      <c r="G664" s="7" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H664" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="I664" s="3" t="s">
+      <c r="I664" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="665" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A665" s="1" t="str">
-[...1 lines deleted...]
-        <v>RIVEROS</v>
+      <c r="A665" s="1" t="s">
+        <v>3686</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>3783</v>
-[...7 lines deleted...]
-      <c r="E665" s="3" t="s">
+        <v>3782</v>
+      </c>
+      <c r="C665" s="8" t="s">
+        <v>4477</v>
+      </c>
+      <c r="D665" s="27" t="s">
         <v>811</v>
       </c>
-      <c r="F665" s="22" t="s">
-[...8 lines deleted...]
-      <c r="I665" s="3" t="s">
+      <c r="E665" s="1" t="s">
+        <v>5697</v>
+      </c>
+      <c r="F665" s="13">
+        <v>996092496</v>
+      </c>
+      <c r="G665" s="7" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H665" s="3" t="s">
+        <v>2682</v>
+      </c>
+      <c r="I665" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="666" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A666" s="1" t="str">
         <f>$A$668</f>
         <v>RIVEROS</v>
       </c>
       <c r="B666" s="1" t="s">
+        <v>4480</v>
+      </c>
+      <c r="C666" s="8" t="s">
         <v>4481</v>
       </c>
-      <c r="C666" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D666" s="32" t="s">
+      <c r="D666" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="E666" s="3" t="s">
+      <c r="E666" s="1" t="s">
         <v>411</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>5487</v>
-[...1 lines deleted...]
-      <c r="G666" s="12" t="s">
+        <v>5485</v>
+      </c>
+      <c r="G666" s="7" t="s">
         <v>410</v>
       </c>
-      <c r="H666" s="8" t="s">
+      <c r="H666" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I666" s="3" t="s">
+      <c r="I666" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="667" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A667" s="1" t="str">
         <f>$A$668</f>
         <v>RIVEROS</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>4217</v>
-[...7 lines deleted...]
-      <c r="E667" s="3" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C667" s="8" t="s">
+        <v>4476</v>
+      </c>
+      <c r="D667" s="28" t="s">
         <v>1710</v>
       </c>
+      <c r="E667" s="1" t="s">
+        <v>1709</v>
+      </c>
       <c r="F667" s="1" t="s">
-        <v>5484</v>
-[...4 lines deleted...]
-      <c r="H667" s="8" t="s">
+        <v>5483</v>
+      </c>
+      <c r="G667" s="7" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H667" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="I667" s="3" t="s">
+      <c r="I667" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="668" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A668" s="1" t="s">
+        <v>4465</v>
+      </c>
+      <c r="B668" s="1" t="s">
         <v>4466</v>
       </c>
-      <c r="B668" s="1" t="s">
+      <c r="C668" s="8" t="s">
         <v>4467</v>
       </c>
-      <c r="C668" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D668" s="32" t="s">
+      <c r="D668" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="E668" s="3" t="s">
+      <c r="E668" s="1" t="s">
         <v>248</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>5480</v>
-[...1 lines deleted...]
-      <c r="G668" s="12" t="s">
+        <v>5479</v>
+      </c>
+      <c r="G668" s="7" t="s">
         <v>247</v>
       </c>
-      <c r="H668" s="8" t="s">
+      <c r="H668" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="I668" s="3" t="s">
+      <c r="I668" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="669" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A669" s="1" t="s">
+        <v>4468</v>
+      </c>
+      <c r="B669" s="1" t="s">
         <v>4469</v>
       </c>
-      <c r="B669" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E669" s="3" t="s">
+      <c r="C669" s="8" t="s">
+        <v>3730</v>
+      </c>
+      <c r="D669" s="5" t="s">
         <v>1740</v>
       </c>
+      <c r="E669" s="1" t="s">
+        <v>1739</v>
+      </c>
       <c r="F669" s="1" t="s">
-        <v>5481</v>
-[...4 lines deleted...]
-      <c r="H669" s="8" t="s">
+        <v>5480</v>
+      </c>
+      <c r="G669" s="7" t="s">
         <v>1738</v>
       </c>
-      <c r="I669" s="3" t="s">
+      <c r="H669" s="3" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I669" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="670" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A670" s="1" t="s">
+        <v>4470</v>
+      </c>
+      <c r="B670" s="1" t="s">
         <v>4471</v>
       </c>
-      <c r="B670" s="1" t="s">
+      <c r="C670" s="8" t="s">
         <v>4472</v>
       </c>
-      <c r="C670" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E670" s="3" t="s">
+      <c r="D670" s="5" t="s">
         <v>2153</v>
       </c>
+      <c r="E670" s="1" t="s">
+        <v>2152</v>
+      </c>
       <c r="F670" s="1" t="s">
-        <v>5482</v>
-[...4 lines deleted...]
-      <c r="H670" s="8" t="s">
+        <v>5481</v>
+      </c>
+      <c r="G670" s="7" t="s">
         <v>2151</v>
       </c>
-      <c r="I670" s="3" t="s">
+      <c r="H670" s="3" t="s">
+        <v>2150</v>
+      </c>
+      <c r="I670" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="671" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A671" s="1" t="s">
+        <v>4473</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="C671" s="8" t="s">
         <v>4474</v>
       </c>
-      <c r="B671" s="1" t="s">
-[...9 lines deleted...]
-        <v>2449</v>
+      <c r="D671" s="5" t="s">
+        <v>2874</v>
+      </c>
+      <c r="E671" s="1" t="s">
+        <v>2448</v>
       </c>
       <c r="F671" s="1" t="s">
-        <v>5483</v>
-[...7 lines deleted...]
-      <c r="I671" s="3" t="s">
+        <v>5482</v>
+      </c>
+      <c r="G671" s="7" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H671" s="3" t="s">
+        <v>2652</v>
+      </c>
+      <c r="I671" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="672" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A672" s="1" t="s">
-        <v>3258</v>
+        <v>3257</v>
       </c>
       <c r="B672" s="1" t="s">
+        <v>4482</v>
+      </c>
+      <c r="C672" s="8" t="s">
         <v>4483</v>
       </c>
-      <c r="C672" s="36" t="s">
-[...6 lines deleted...]
-        <v>2351</v>
+      <c r="D672" s="5" t="s">
+        <v>2333</v>
+      </c>
+      <c r="E672" s="1" t="s">
+        <v>2350</v>
       </c>
       <c r="F672" s="1" t="s">
-        <v>5488</v>
-[...7 lines deleted...]
-      <c r="I672" s="3" t="s">
+        <v>5486</v>
+      </c>
+      <c r="G672" s="7" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H672" s="3" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I672" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="673" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A673" s="1" t="s">
-        <v>3258</v>
+        <v>3257</v>
       </c>
       <c r="B673" s="1" t="s">
+        <v>4484</v>
+      </c>
+      <c r="C673" s="8" t="s">
         <v>4485</v>
       </c>
-      <c r="C673" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E673" s="3" t="s">
+      <c r="D673" s="5" t="s">
         <v>974</v>
       </c>
+      <c r="E673" s="1" t="s">
+        <v>973</v>
+      </c>
       <c r="F673" s="1" t="s">
-        <v>5489</v>
-[...4 lines deleted...]
-      <c r="H673" s="8" t="s">
+        <v>5487</v>
+      </c>
+      <c r="G673" s="7" t="s">
         <v>972</v>
       </c>
-      <c r="I673" s="3" t="s">
+      <c r="H673" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="I673" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="674" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A674" s="1" t="s">
-        <v>3258</v>
+        <v>3257</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>3638</v>
-[...4 lines deleted...]
-      <c r="D674" s="32">
+        <v>3637</v>
+      </c>
+      <c r="C674" s="8" t="s">
+        <v>4486</v>
+      </c>
+      <c r="D674" s="5">
         <v>179532727</v>
       </c>
-      <c r="E674" s="3" t="s">
+      <c r="E674" s="1" t="s">
         <v>574</v>
       </c>
       <c r="F674" s="1" t="s">
-        <v>5490</v>
-[...4 lines deleted...]
-      <c r="H674" s="8" t="s">
+        <v>5488</v>
+      </c>
+      <c r="G674" s="7" t="s">
+        <v>3066</v>
+      </c>
+      <c r="H674" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I674" s="3" t="s">
+      <c r="I674" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="675" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A675" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>3999</v>
-[...7 lines deleted...]
-      <c r="E675" s="3" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C675" s="8" t="s">
+        <v>4487</v>
+      </c>
+      <c r="D675" s="5" t="s">
         <v>1897</v>
       </c>
+      <c r="E675" s="1" t="s">
+        <v>1896</v>
+      </c>
       <c r="F675" s="1" t="s">
-        <v>5491</v>
-[...4 lines deleted...]
-      <c r="H675" s="8" t="s">
+        <v>5489</v>
+      </c>
+      <c r="G675" s="7" t="s">
         <v>1895</v>
       </c>
-      <c r="I675" s="3" t="s">
+      <c r="H675" s="3" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I675" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="676" spans="1:15" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A676" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B676" s="1" t="s">
+        <v>4490</v>
+      </c>
+      <c r="C676" s="8" t="s">
         <v>4491</v>
       </c>
-      <c r="C676" s="36" t="s">
-[...6 lines deleted...]
-        <v>2512</v>
+      <c r="D676" s="5" t="s">
+        <v>2946</v>
+      </c>
+      <c r="E676" s="1" t="s">
+        <v>2511</v>
       </c>
       <c r="F676" s="1" t="s">
-        <v>5493</v>
-[...7 lines deleted...]
-      <c r="I676" s="3" t="s">
+        <v>5491</v>
+      </c>
+      <c r="G676" s="7" t="s">
+        <v>4820</v>
+      </c>
+      <c r="H676" s="3" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I676" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="677" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A677" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>4337</v>
-[...4 lines deleted...]
-      <c r="D677" s="32" t="s">
+        <v>4336</v>
+      </c>
+      <c r="C677" s="8" t="s">
+        <v>4492</v>
+      </c>
+      <c r="D677" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="E677" s="3" t="s">
+      <c r="E677" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F677" s="1">
         <v>56993813695</v>
       </c>
-      <c r="G677" s="12" t="s">
+      <c r="G677" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="H677" s="8" t="s">
+      <c r="H677" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="I677" s="3" t="s">
+      <c r="I677" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="678" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A678" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E678" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C678" s="8" t="s">
+        <v>4488</v>
+      </c>
+      <c r="D678" s="5" t="s">
         <v>1181</v>
       </c>
+      <c r="E678" s="1" t="s">
+        <v>1180</v>
+      </c>
       <c r="F678" s="1" t="s">
-        <v>5492</v>
-[...7 lines deleted...]
-      <c r="I678" s="3" t="s">
+        <v>5490</v>
+      </c>
+      <c r="G678" s="7" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H678" s="3" t="s">
+        <v>2656</v>
+      </c>
+      <c r="I678" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="679" spans="1:15" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A679" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>3107</v>
-[...4 lines deleted...]
-      <c r="D679" s="32" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C679" s="8" t="s">
+        <v>4493</v>
+      </c>
+      <c r="D679" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E679" s="3" t="s">
+      <c r="E679" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F679" s="1" t="s">
-        <v>5495</v>
-[...4 lines deleted...]
-      <c r="H679" s="8" t="s">
+        <v>5493</v>
+      </c>
+      <c r="G679" s="7" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H679" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="I679" s="3" t="s">
+      <c r="I679" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="680" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A680" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>3164</v>
-[...4 lines deleted...]
-      <c r="D680" s="32" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C680" s="8" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D680" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="E680" s="3" t="s">
+      <c r="E680" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F680" s="1" t="s">
-        <v>5494</v>
-[...1 lines deleted...]
-      <c r="G680" s="12" t="s">
+        <v>5492</v>
+      </c>
+      <c r="G680" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="H680" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I680" s="3" t="s">
+      <c r="H680" s="3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="I680" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="681" spans="1:15" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A681" s="1" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>4490</v>
-[...7 lines deleted...]
-      <c r="E681" s="3" t="s">
+        <v>4489</v>
+      </c>
+      <c r="C681" s="8" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D681" s="5" t="s">
+        <v>2922</v>
+      </c>
+      <c r="E681" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F681" s="2"/>
-      <c r="G681" s="12" t="s">
+      <c r="F681" s="12"/>
+      <c r="G681" s="7" t="s">
         <v>646</v>
       </c>
-      <c r="H681" s="8" t="s">
+      <c r="H681" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="I681" s="3" t="s">
+      <c r="I681" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="682" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A682" s="1" t="s">
+        <v>4494</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C682" s="8" t="s">
         <v>4495</v>
       </c>
-      <c r="B682" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D682" s="32" t="s">
+      <c r="D682" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="E682" s="3" t="s">
+      <c r="E682" s="1" t="s">
         <v>415</v>
       </c>
       <c r="F682" s="1" t="s">
-        <v>5496</v>
-[...1 lines deleted...]
-      <c r="G682" s="12" t="s">
+        <v>5494</v>
+      </c>
+      <c r="G682" s="7" t="s">
         <v>414</v>
       </c>
-      <c r="H682" s="8" t="s">
+      <c r="H682" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I682" s="3" t="s">
+      <c r="I682" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="683" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A683" s="1" t="s">
+        <v>4496</v>
+      </c>
+      <c r="B683" s="1" t="s">
         <v>4497</v>
       </c>
-      <c r="B683" s="1" t="s">
+      <c r="C683" s="8" t="s">
         <v>4498</v>
       </c>
-      <c r="C683" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E683" s="3" t="s">
+      <c r="D683" s="5" t="s">
         <v>1421</v>
       </c>
+      <c r="E683" s="1" t="s">
+        <v>1420</v>
+      </c>
       <c r="F683" s="1" t="s">
-        <v>5497</v>
-[...7 lines deleted...]
-      <c r="I683" s="3" t="s">
+        <v>5495</v>
+      </c>
+      <c r="G683" s="7" t="s">
+        <v>3034</v>
+      </c>
+      <c r="H683" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I683" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="684" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A684" s="1" t="s">
-        <v>4481</v>
+        <v>4480</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>3125</v>
-[...7 lines deleted...]
-      <c r="E684" s="3" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C684" s="8" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D684" s="5" t="s">
         <v>2134</v>
       </c>
+      <c r="E684" s="1" t="s">
+        <v>2133</v>
+      </c>
       <c r="F684" s="1" t="s">
-        <v>5498</v>
-[...4 lines deleted...]
-      <c r="H684" s="8" t="s">
+        <v>5496</v>
+      </c>
+      <c r="G684" s="7" t="s">
+        <v>2992</v>
+      </c>
+      <c r="H684" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="I684" s="3" t="s">
+      <c r="I684" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="685" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A685" s="1" t="s">
+        <v>4499</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>3787</v>
+      </c>
+      <c r="C685" s="8" t="s">
         <v>4500</v>
       </c>
-      <c r="B685" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D685" s="32" t="s">
+      <c r="D685" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="E685" s="3" t="s">
+      <c r="E685" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="F685" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G685" s="12" t="s">
+      <c r="F685" s="13" t="s">
+        <v>5498</v>
+      </c>
+      <c r="G685" s="7" t="s">
         <v>181</v>
       </c>
-      <c r="H685" s="8" t="s">
+      <c r="H685" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="I685" s="3" t="s">
+      <c r="I685" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="686" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A686" s="1" t="s">
-        <v>4500</v>
+        <v>4499</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>4146</v>
-[...8 lines deleted...]
-        <v>2474</v>
+        <v>4145</v>
+      </c>
+      <c r="C686" s="8" t="s">
+        <v>3971</v>
+      </c>
+      <c r="D686" s="5" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E686" s="1" t="s">
+        <v>2473</v>
       </c>
       <c r="F686" s="1" t="s">
-        <v>5499</v>
-[...1 lines deleted...]
-      <c r="G686" s="12" t="s">
+        <v>5497</v>
+      </c>
+      <c r="G686" s="7" t="s">
         <v>770</v>
       </c>
-      <c r="H686" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I686" s="3" t="s">
+      <c r="H686" s="3" t="s">
+        <v>2685</v>
+      </c>
+      <c r="I686" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="687" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A687" s="1" t="s">
+        <v>4501</v>
+      </c>
+      <c r="B687" s="1" t="s">
         <v>4502</v>
       </c>
-      <c r="B687" s="1" t="s">
+      <c r="C687" s="8" t="s">
         <v>4503</v>
       </c>
-      <c r="C687" s="36" t="s">
-[...6 lines deleted...]
-        <v>2502</v>
+      <c r="D687" s="5" t="s">
+        <v>2940</v>
+      </c>
+      <c r="E687" s="1" t="s">
+        <v>2501</v>
       </c>
       <c r="F687" s="1" t="s">
-        <v>5501</v>
-[...1 lines deleted...]
-      <c r="G687" s="12" t="s">
+        <v>5499</v>
+      </c>
+      <c r="G687" s="7" t="s">
         <v>442</v>
       </c>
-      <c r="H687" s="8" t="s">
-[...10 lines deleted...]
-      <c r="O687" s="6"/>
+      <c r="H687" s="3" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I687" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="J687" s="32"/>
+      <c r="K687" s="32"/>
+      <c r="L687" s="32"/>
+      <c r="M687" s="32"/>
+      <c r="N687" s="32"/>
+      <c r="O687" s="32"/>
     </row>
     <row r="688" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A688" s="1" t="s">
-        <v>4505</v>
+        <v>4504</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>4855</v>
-[...7 lines deleted...]
-      <c r="E688" s="3" t="s">
+        <v>4854</v>
+      </c>
+      <c r="C688" s="8" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D688" s="5" t="s">
         <v>1478</v>
       </c>
+      <c r="E688" s="1" t="s">
+        <v>1477</v>
+      </c>
       <c r="F688" s="1" t="s">
-        <v>5503</v>
-[...4 lines deleted...]
-      <c r="H688" s="8" t="s">
+        <v>5501</v>
+      </c>
+      <c r="G688" s="7" t="s">
         <v>1476</v>
       </c>
-      <c r="I688" s="3" t="s">
+      <c r="H688" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I688" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="689" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A689" s="1" t="s">
+        <v>4504</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>4336</v>
+      </c>
+      <c r="C689" s="8" t="s">
         <v>4505</v>
       </c>
-      <c r="B689" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="D689" s="5" t="s">
         <v>1785</v>
       </c>
+      <c r="E689" s="1" t="s">
+        <v>1784</v>
+      </c>
       <c r="F689" s="1" t="s">
-        <v>5502</v>
-[...4 lines deleted...]
-      <c r="H689" s="8" t="s">
+        <v>5500</v>
+      </c>
+      <c r="G689" s="7" t="s">
         <v>1783</v>
       </c>
-      <c r="I689" s="3" t="s">
+      <c r="H689" s="3" t="s">
+        <v>1782</v>
+      </c>
+      <c r="I689" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="690" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A690" s="1" t="s">
-        <v>4507</v>
+        <v>4506</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>3302</v>
-[...8 lines deleted...]
-        <v>1446</v>
+        <v>3301</v>
+      </c>
+      <c r="C690" s="8" t="s">
+        <v>3326</v>
+      </c>
+      <c r="D690" s="5" t="s">
+        <v>2853</v>
+      </c>
+      <c r="E690" s="1" t="s">
+        <v>1445</v>
       </c>
       <c r="F690" s="1" t="s">
-        <v>5504</v>
-[...4 lines deleted...]
-      <c r="H690" s="8" t="s">
+        <v>5502</v>
+      </c>
+      <c r="G690" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H690" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="I690" s="3" t="s">
+      <c r="I690" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="691" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A691" s="1" t="s">
+        <v>4507</v>
+      </c>
+      <c r="B691" s="1" t="s">
         <v>4508</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="C691" s="8" t="s">
         <v>4509</v>
       </c>
-      <c r="C691" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D691" s="32" t="s">
+      <c r="D691" s="5" t="s">
         <v>381</v>
       </c>
-      <c r="E691" s="3" t="s">
+      <c r="E691" s="1" t="s">
         <v>380</v>
       </c>
       <c r="F691" s="1" t="s">
-        <v>5505</v>
-[...1 lines deleted...]
-      <c r="G691" s="12" t="s">
+        <v>5503</v>
+      </c>
+      <c r="G691" s="7" t="s">
         <v>379</v>
       </c>
-      <c r="H691" s="8" t="s">
+      <c r="H691" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="I691" s="3" t="s">
+      <c r="I691" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="692" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A692" s="1" t="s">
-        <v>4863</v>
+        <v>4862</v>
       </c>
       <c r="B692" s="1" t="s">
-        <v>4227</v>
-[...4 lines deleted...]
-      <c r="D692" s="32" t="s">
+        <v>4226</v>
+      </c>
+      <c r="C692" s="8" t="s">
+        <v>3976</v>
+      </c>
+      <c r="D692" s="5" t="s">
         <v>800</v>
       </c>
-      <c r="E692" s="3" t="s">
+      <c r="E692" s="1" t="s">
         <v>799</v>
       </c>
       <c r="F692" s="1" t="s">
-        <v>5506</v>
-[...1 lines deleted...]
-      <c r="G692" s="12" t="s">
+        <v>5504</v>
+      </c>
+      <c r="G692" s="7" t="s">
         <v>798</v>
       </c>
-      <c r="H692" s="8" t="s">
+      <c r="H692" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="I692" s="3" t="s">
+      <c r="I692" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="693" spans="1:9" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A693" s="1" t="s">
-        <v>4511</v>
+        <v>4510</v>
       </c>
       <c r="B693" s="1" t="s">
-        <v>3407</v>
-[...7 lines deleted...]
-      <c r="E693" s="3" t="s">
+        <v>3406</v>
+      </c>
+      <c r="C693" s="8" t="s">
+        <v>3672</v>
+      </c>
+      <c r="D693" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E693" s="1" t="s">
         <v>288</v>
       </c>
       <c r="F693" s="1" t="s">
-        <v>5507</v>
-[...4 lines deleted...]
-      <c r="H693" s="8" t="s">
+        <v>5505</v>
+      </c>
+      <c r="G693" s="7" t="s">
         <v>1107</v>
       </c>
-      <c r="I693" s="3" t="s">
+      <c r="H693" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I693" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="694" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A694" s="1" t="s">
+        <v>4511</v>
+      </c>
+      <c r="B694" s="1" t="s">
         <v>4512</v>
       </c>
-      <c r="B694" s="1" t="s">
+      <c r="C694" s="8" t="s">
         <v>4513</v>
       </c>
-      <c r="C694" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E694" s="3" t="s">
+      <c r="D694" s="5" t="s">
         <v>1455</v>
       </c>
+      <c r="E694" s="1" t="s">
+        <v>1454</v>
+      </c>
       <c r="F694" s="1"/>
-      <c r="G694" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H694" s="8" t="s">
+      <c r="G694" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H694" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="I694" s="3" t="s">
+      <c r="I694" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="695" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A695" s="1" t="s">
-        <v>4370</v>
+        <v>4369</v>
       </c>
       <c r="B695" s="1" t="s">
-        <v>4264</v>
-[...8 lines deleted...]
-        <v>2431</v>
+        <v>4263</v>
+      </c>
+      <c r="C695" s="8" t="s">
+        <v>4514</v>
+      </c>
+      <c r="D695" s="5" t="s">
+        <v>2854</v>
+      </c>
+      <c r="E695" s="1" t="s">
+        <v>2430</v>
       </c>
       <c r="F695" s="1" t="s">
-        <v>5508</v>
-[...7 lines deleted...]
-      <c r="I695" s="3" t="s">
+        <v>5506</v>
+      </c>
+      <c r="G695" s="7" t="s">
+        <v>4821</v>
+      </c>
+      <c r="H695" s="3" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I695" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="696" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A696" s="1" t="s">
+        <v>4515</v>
+      </c>
+      <c r="B696" s="1" t="s">
         <v>4516</v>
       </c>
-      <c r="B696" s="1" t="s">
+      <c r="C696" s="8" t="s">
         <v>4517</v>
       </c>
-      <c r="C696" s="36" t="s">
-[...6 lines deleted...]
-        <v>2471</v>
+      <c r="D696" s="27" t="s">
+        <v>2903</v>
+      </c>
+      <c r="E696" s="1" t="s">
+        <v>2470</v>
       </c>
       <c r="F696" s="1" t="s">
-        <v>5509</v>
-[...4 lines deleted...]
-      <c r="H696" s="8" t="s">
+        <v>5507</v>
+      </c>
+      <c r="G696" s="7" t="s">
+        <v>845</v>
+      </c>
+      <c r="H696" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="I696" s="3" t="s">
+      <c r="I696" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="697" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A697" s="1" t="s">
+        <v>4518</v>
+      </c>
+      <c r="B697" s="1" t="s">
         <v>4519</v>
       </c>
-      <c r="B697" s="1" t="s">
+      <c r="C697" s="8" t="s">
         <v>4520</v>
       </c>
-      <c r="C697" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E697" s="3" t="s">
+      <c r="D697" s="5" t="s">
         <v>1229</v>
+      </c>
+      <c r="E697" s="1" t="s">
+        <v>1228</v>
       </c>
       <c r="F697" s="1">
         <v>56993813696</v>
       </c>
-      <c r="G697" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H697" s="8" t="s">
+      <c r="G697" s="7" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H697" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I697" s="3" t="s">
+      <c r="I697" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A698" s="1" t="s">
-        <v>4522</v>
+        <v>4521</v>
       </c>
       <c r="B698" s="1" t="s">
-        <v>3462</v>
-[...4 lines deleted...]
-      <c r="D698" s="32" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C698" s="8" t="s">
+        <v>4523</v>
+      </c>
+      <c r="D698" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="E698" s="3" t="s">
+      <c r="E698" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="F698" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H698" s="8" t="s">
+      <c r="F698" s="12" t="s">
+        <v>5509</v>
+      </c>
+      <c r="G698" s="7" t="s">
+        <v>4822</v>
+      </c>
+      <c r="H698" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I698" s="3" t="s">
+      <c r="I698" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="699" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A699" s="1" t="s">
+        <v>4521</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>3312</v>
+      </c>
+      <c r="C699" s="8" t="s">
         <v>4522</v>
       </c>
-      <c r="B699" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E699" s="3" t="s">
+      <c r="D699" s="5" t="s">
         <v>1177</v>
       </c>
+      <c r="E699" s="1" t="s">
+        <v>1176</v>
+      </c>
       <c r="F699" s="1" t="s">
-        <v>5510</v>
-[...4 lines deleted...]
-      <c r="H699" s="8" t="s">
+        <v>5508</v>
+      </c>
+      <c r="G699" s="7" t="s">
         <v>1175</v>
       </c>
-      <c r="I699" s="3" t="s">
+      <c r="H699" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I699" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="700" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A700" s="1" t="s">
-        <v>3614</v>
+        <v>3613</v>
       </c>
       <c r="B700" s="1" t="s">
+        <v>4525</v>
+      </c>
+      <c r="C700" s="8" t="s">
         <v>4526</v>
       </c>
-      <c r="C700" s="36" t="s">
-[...6 lines deleted...]
-        <v>2535</v>
+      <c r="D700" s="5" t="s">
+        <v>2974</v>
+      </c>
+      <c r="E700" s="1" t="s">
+        <v>2534</v>
       </c>
       <c r="F700" s="1" t="s">
-        <v>5513</v>
-[...1 lines deleted...]
-      <c r="G700" s="12" t="s">
+        <v>5511</v>
+      </c>
+      <c r="G700" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="H700" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I700" s="3" t="s">
+      <c r="H700" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="I700" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A701" s="1" t="s">
-        <v>3614</v>
+        <v>3613</v>
       </c>
       <c r="B701" s="1" t="s">
-        <v>3777</v>
-[...7 lines deleted...]
-      <c r="E701" s="3" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C701" s="8" t="s">
+        <v>4524</v>
+      </c>
+      <c r="D701" s="5" t="s">
         <v>885</v>
       </c>
+      <c r="E701" s="1" t="s">
+        <v>884</v>
+      </c>
       <c r="F701" s="1" t="s">
-        <v>5512</v>
-[...4 lines deleted...]
-      <c r="H701" s="8" t="s">
+        <v>5510</v>
+      </c>
+      <c r="G701" s="7" t="s">
+        <v>4823</v>
+      </c>
+      <c r="H701" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="I701" s="3" t="s">
+      <c r="I701" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="702" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A702" s="1" t="s">
-        <v>3561</v>
+        <v>3560</v>
       </c>
       <c r="B702" s="1" t="s">
+        <v>4527</v>
+      </c>
+      <c r="C702" s="8" t="s">
         <v>4528</v>
       </c>
-      <c r="C702" s="36" t="s">
-[...6 lines deleted...]
-        <v>1163</v>
+      <c r="D702" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E702" s="1" t="s">
+        <v>1162</v>
       </c>
       <c r="F702" s="1" t="s">
-        <v>5514</v>
-[...7 lines deleted...]
-      <c r="I702" s="3" t="s">
+        <v>5512</v>
+      </c>
+      <c r="G702" s="7" t="s">
+        <v>2997</v>
+      </c>
+      <c r="H702" s="3" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I702" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A703" s="1" t="s">
+        <v>4529</v>
+      </c>
+      <c r="B703" s="1" t="s">
         <v>4530</v>
       </c>
-      <c r="B703" s="1" t="s">
+      <c r="C703" s="8" t="s">
         <v>4531</v>
       </c>
-      <c r="C703" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E703" s="3" t="s">
+      <c r="D703" s="5" t="s">
         <v>2196</v>
       </c>
-      <c r="F703" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H703" s="8" t="s">
+      <c r="E703" s="1" t="s">
         <v>2195</v>
       </c>
-      <c r="I703" s="3" t="s">
+      <c r="F703" s="13" t="s">
+        <v>5513</v>
+      </c>
+      <c r="G703" s="7" t="s">
+        <v>4825</v>
+      </c>
+      <c r="H703" s="3" t="s">
+        <v>2194</v>
+      </c>
+      <c r="I703" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="704" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A704" s="1" t="s">
-        <v>4530</v>
+        <v>4529</v>
       </c>
       <c r="B704" s="1" t="s">
-        <v>3510</v>
-[...4 lines deleted...]
-      <c r="D704" s="41" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C704" s="8" t="s">
+        <v>4535</v>
+      </c>
+      <c r="D704" s="27" t="s">
         <v>670</v>
       </c>
-      <c r="E704" s="3" t="s">
+      <c r="E704" s="1" t="s">
         <v>669</v>
       </c>
       <c r="F704" s="1" t="s">
-        <v>5518</v>
-[...1 lines deleted...]
-      <c r="G704" s="12" t="s">
+        <v>5516</v>
+      </c>
+      <c r="G704" s="7" t="s">
         <v>668</v>
       </c>
-      <c r="H704" s="8" t="s">
+      <c r="H704" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="I704" s="3" t="s">
+      <c r="I704" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="705" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A705" s="1" t="s">
-        <v>4530</v>
+        <v>4529</v>
       </c>
       <c r="B705" s="1" t="s">
-        <v>3125</v>
-[...7 lines deleted...]
-      <c r="E705" s="3" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C705" s="8" t="s">
+        <v>4534</v>
+      </c>
+      <c r="D705" s="5" t="s">
         <v>900</v>
       </c>
+      <c r="E705" s="1" t="s">
+        <v>899</v>
+      </c>
       <c r="F705" s="1" t="s">
-        <v>5517</v>
-[...7 lines deleted...]
-      <c r="I705" s="3" t="s">
+        <v>5515</v>
+      </c>
+      <c r="G705" s="7" t="s">
+        <v>4824</v>
+      </c>
+      <c r="H705" s="3" t="s">
+        <v>2677</v>
+      </c>
+      <c r="I705" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="706" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A706" s="1" t="s">
-        <v>4530</v>
+        <v>4529</v>
       </c>
       <c r="B706" s="1" t="s">
+        <v>4532</v>
+      </c>
+      <c r="C706" s="8" t="s">
         <v>4533</v>
       </c>
-      <c r="C706" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E706" s="3" t="s">
+      <c r="D706" s="5" t="s">
         <v>1501</v>
       </c>
+      <c r="E706" s="1" t="s">
+        <v>1500</v>
+      </c>
       <c r="F706" s="1" t="s">
-        <v>5516</v>
-[...4 lines deleted...]
-      <c r="H706" s="8" t="s">
+        <v>5514</v>
+      </c>
+      <c r="G706" s="7" t="s">
         <v>1499</v>
       </c>
-      <c r="I706" s="3" t="s">
+      <c r="H706" s="3" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I706" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="707" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A707" s="1" t="s">
+        <v>4536</v>
+      </c>
+      <c r="B707" s="1" t="s">
         <v>4537</v>
       </c>
-      <c r="B707" s="1" t="s">
+      <c r="C707" s="8" t="s">
         <v>4538</v>
       </c>
-      <c r="C707" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E707" s="3" t="s">
+      <c r="D707" s="5" t="s">
         <v>867</v>
       </c>
+      <c r="E707" s="1" t="s">
+        <v>866</v>
+      </c>
       <c r="F707" s="1" t="s">
-        <v>5519</v>
-[...7 lines deleted...]
-      <c r="I707" s="3" t="s">
+        <v>5517</v>
+      </c>
+      <c r="G707" s="7" t="s">
+        <v>4826</v>
+      </c>
+      <c r="H707" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="I707" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="708" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A708" s="1" t="s">
+        <v>4539</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>4103</v>
+      </c>
+      <c r="C708" s="8" t="s">
         <v>4540</v>
       </c>
-      <c r="B708" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D708" s="32" t="s">
+      <c r="D708" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="E708" s="3" t="s">
+      <c r="E708" s="1" t="s">
         <v>262</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>5520</v>
-[...1 lines deleted...]
-      <c r="G708" s="12" t="s">
+        <v>5518</v>
+      </c>
+      <c r="G708" s="7" t="s">
         <v>261</v>
       </c>
-      <c r="H708" s="8" t="s">
+      <c r="H708" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="I708" s="3" t="s">
+      <c r="I708" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="709" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A709" s="1" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B709" s="1" t="s">
         <v>3178</v>
       </c>
-      <c r="B709" s="1" t="s">
-[...9 lines deleted...]
-        <v>947</v>
+      <c r="C709" s="8" t="s">
+        <v>4541</v>
+      </c>
+      <c r="D709" s="5" t="s">
+        <v>2899</v>
+      </c>
+      <c r="E709" s="1" t="s">
+        <v>946</v>
       </c>
       <c r="F709" s="1" t="s">
-        <v>5521</v>
-[...7 lines deleted...]
-      <c r="I709" s="3" t="s">
+        <v>5519</v>
+      </c>
+      <c r="G709" s="7" t="s">
+        <v>945</v>
+      </c>
+      <c r="H709" s="3" t="s">
+        <v>2676</v>
+      </c>
+      <c r="I709" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="710" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A710" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B710" s="1" t="s">
-        <v>3593</v>
-[...4 lines deleted...]
-      <c r="D710" s="32" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C710" s="8" t="s">
+        <v>4542</v>
+      </c>
+      <c r="D710" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="E710" s="3" t="s">
+      <c r="E710" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F710" s="1"/>
-      <c r="G710" s="12" t="s">
+      <c r="G710" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="H710" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I710" s="3" t="s">
+      <c r="H710" s="3" t="s">
+        <v>2747</v>
+      </c>
+      <c r="I710" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="711" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A711" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B711" s="1" t="s">
+        <v>4547</v>
+      </c>
+      <c r="C711" s="8" t="s">
         <v>4548</v>
       </c>
-      <c r="C711" s="36" t="s">
-[...6 lines deleted...]
-        <v>1163</v>
+      <c r="D711" s="5" t="s">
+        <v>2977</v>
+      </c>
+      <c r="E711" s="1" t="s">
+        <v>1162</v>
       </c>
       <c r="F711" s="1" t="s">
-        <v>5526</v>
-[...1 lines deleted...]
-      <c r="G711" s="12" t="s">
+        <v>5524</v>
+      </c>
+      <c r="G711" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="H711" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I711" s="3" t="s">
+      <c r="H711" s="3" t="s">
+        <v>2750</v>
+      </c>
+      <c r="I711" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="712" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A712" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B712" s="1" t="s">
-        <v>3594</v>
-[...7 lines deleted...]
-      <c r="E712" s="3" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C712" s="8" t="s">
+        <v>4545</v>
+      </c>
+      <c r="D712" s="5" t="s">
         <v>1811</v>
       </c>
+      <c r="E712" s="1" t="s">
+        <v>1810</v>
+      </c>
       <c r="F712" s="1" t="s">
-        <v>5524</v>
-[...4 lines deleted...]
-      <c r="H712" s="8" t="s">
+        <v>5522</v>
+      </c>
+      <c r="G712" s="7" t="s">
         <v>1809</v>
       </c>
-      <c r="I712" s="3" t="s">
+      <c r="H712" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I712" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="713" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A713" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B713" s="1" t="s">
+        <v>4543</v>
+      </c>
+      <c r="C713" s="8" t="s">
         <v>4544</v>
       </c>
-      <c r="C713" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E713" s="3" t="s">
+      <c r="D713" s="5" t="s">
         <v>1978</v>
       </c>
+      <c r="E713" s="1" t="s">
+        <v>1977</v>
+      </c>
       <c r="F713" s="1" t="s">
-        <v>5523</v>
-[...4 lines deleted...]
-      <c r="H713" s="8" t="s">
+        <v>5521</v>
+      </c>
+      <c r="G713" s="7" t="s">
         <v>1976</v>
       </c>
-      <c r="I713" s="3" t="s">
+      <c r="H713" s="3" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I713" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="714" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A714" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B714" s="1" t="s">
-        <v>3475</v>
-[...4 lines deleted...]
-      <c r="D714" s="32" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C714" s="8" t="s">
+        <v>4546</v>
+      </c>
+      <c r="D714" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="E714" s="3" t="s">
+      <c r="E714" s="1" t="s">
         <v>527</v>
       </c>
       <c r="F714" s="1">
         <v>56993813697</v>
       </c>
-      <c r="G714" s="12" t="s">
+      <c r="G714" s="7" t="s">
         <v>526</v>
       </c>
-      <c r="H714" s="8" t="s">
+      <c r="H714" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="I714" s="3" t="s">
+      <c r="I714" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="715" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A715" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B715" s="1" t="s">
-        <v>3475</v>
-[...4 lines deleted...]
-      <c r="D715" s="32" t="s">
+        <v>3474</v>
+      </c>
+      <c r="C715" s="8" t="s">
+        <v>3968</v>
+      </c>
+      <c r="D715" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="E715" s="3" t="s">
+      <c r="E715" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="F715" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H715" s="8" t="s">
+      <c r="F715" s="12" t="s">
+        <v>5523</v>
+      </c>
+      <c r="G715" s="7" t="s">
+        <v>3087</v>
+      </c>
+      <c r="H715" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="I715" s="3" t="s">
+      <c r="I715" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="716" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A716" s="1" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B716" s="1" t="s">
-        <v>4217</v>
-[...7 lines deleted...]
-      <c r="E716" s="3" t="s">
+        <v>4216</v>
+      </c>
+      <c r="C716" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D716" s="5" t="s">
         <v>1019</v>
       </c>
+      <c r="E716" s="1" t="s">
+        <v>1018</v>
+      </c>
       <c r="F716" s="1" t="s">
-        <v>5522</v>
-[...4 lines deleted...]
-      <c r="H716" s="8" t="s">
+        <v>5520</v>
+      </c>
+      <c r="G716" s="7" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H716" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="I716" s="3" t="s">
+      <c r="I716" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="717" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A717" s="1" t="s">
+        <v>4549</v>
+      </c>
+      <c r="B717" s="1" t="s">
         <v>4550</v>
       </c>
-      <c r="B717" s="1" t="s">
+      <c r="C717" s="8" t="s">
         <v>4551</v>
       </c>
-      <c r="C717" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D717" s="32" t="s">
+      <c r="D717" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="E717" s="3" t="s">
-        <v>2480</v>
+      <c r="E717" s="1" t="s">
+        <v>2479</v>
       </c>
       <c r="F717" s="1" t="s">
-        <v>5527</v>
-[...1 lines deleted...]
-      <c r="G717" s="12" t="s">
+        <v>5525</v>
+      </c>
+      <c r="G717" s="7" t="s">
         <v>672</v>
       </c>
-      <c r="H717" s="8" t="s">
+      <c r="H717" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="I717" s="3" t="s">
+      <c r="I717" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="718" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A718" s="1" t="s">
-        <v>4458</v>
+        <v>4457</v>
       </c>
       <c r="B718" s="1" t="s">
-        <v>4039</v>
-[...8 lines deleted...]
-        <v>2538</v>
+        <v>4038</v>
+      </c>
+      <c r="C718" s="8" t="s">
+        <v>4552</v>
+      </c>
+      <c r="D718" s="45" t="s">
+        <v>2979</v>
+      </c>
+      <c r="E718" s="1" t="s">
+        <v>2537</v>
       </c>
       <c r="F718" s="1" t="s">
-        <v>5528</v>
-[...1 lines deleted...]
-      <c r="G718" s="12" t="s">
+        <v>5526</v>
+      </c>
+      <c r="G718" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="H718" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I718" s="3" t="s">
+      <c r="H718" s="3" t="s">
+        <v>2752</v>
+      </c>
+      <c r="I718" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="719" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A719" s="1" t="s">
+        <v>4553</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C719" s="8" t="s">
         <v>4554</v>
       </c>
-      <c r="B719" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E719" s="3" t="s">
+      <c r="D719" s="27" t="s">
         <v>2053</v>
       </c>
+      <c r="E719" s="1" t="s">
+        <v>2052</v>
+      </c>
       <c r="F719" s="1" t="s">
-        <v>5529</v>
-[...4 lines deleted...]
-      <c r="H719" s="8" t="s">
+        <v>5527</v>
+      </c>
+      <c r="G719" s="7" t="s">
         <v>2051</v>
       </c>
-      <c r="I719" s="3" t="s">
+      <c r="H719" s="3" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I719" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="720" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A720" s="1" t="s">
-        <v>3521</v>
+        <v>3520</v>
       </c>
       <c r="B720" s="1" t="s">
-        <v>4556</v>
-[...7 lines deleted...]
-      <c r="E720" s="3" t="s">
+        <v>4555</v>
+      </c>
+      <c r="C720" s="8" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D720" s="5" t="s">
         <v>1603</v>
       </c>
-      <c r="F720" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G720" s="12" t="s">
+      <c r="E720" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="H720" s="8" t="s">
+      <c r="F720" s="13" t="s">
+        <v>5528</v>
+      </c>
+      <c r="G720" s="7" t="s">
         <v>1601</v>
       </c>
-      <c r="I720" s="3" t="s">
+      <c r="H720" s="3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I720" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="721" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A721" s="1" t="s">
+        <v>4556</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C721" s="8" t="s">
         <v>4557</v>
       </c>
-      <c r="B721" s="1" t="s">
-[...9 lines deleted...]
-        <v>2412</v>
+      <c r="D721" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E721" s="1" t="s">
+        <v>2411</v>
       </c>
       <c r="F721" s="1" t="s">
-        <v>5531</v>
-[...4 lines deleted...]
-      <c r="H721" s="8" t="s">
+        <v>5529</v>
+      </c>
+      <c r="G721" s="7" t="s">
         <v>1611</v>
       </c>
-      <c r="I721" s="3" t="s">
+      <c r="H721" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="I721" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="722" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A722" s="1" t="s">
-        <v>4559</v>
+        <v>4558</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>3850</v>
-[...8 lines deleted...]
-        <v>2355</v>
+        <v>3849</v>
+      </c>
+      <c r="C722" s="8" t="s">
+        <v>4437</v>
+      </c>
+      <c r="D722" s="28" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E722" s="1" t="s">
+        <v>2354</v>
       </c>
       <c r="F722" s="1" t="s">
-        <v>5532</v>
-[...7 lines deleted...]
-      <c r="I722" s="3" t="s">
+        <v>5530</v>
+      </c>
+      <c r="G722" s="7" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H722" s="3" t="s">
+        <v>2547</v>
+      </c>
+      <c r="I722" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="723" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A723" s="1" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B723" s="1" t="s">
         <v>3173</v>
       </c>
-      <c r="B723" s="1" t="s">
-[...9 lines deleted...]
-        <v>2424</v>
+      <c r="C723" s="8" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D723" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E723" s="1" t="s">
+        <v>2423</v>
       </c>
       <c r="F723" s="1" t="s">
-        <v>5533</v>
-[...7 lines deleted...]
-      <c r="I723" s="3" t="s">
+        <v>5531</v>
+      </c>
+      <c r="G723" s="7" t="s">
+        <v>1491</v>
+      </c>
+      <c r="H723" s="3" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I723" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="724" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A724" s="1" t="s">
+        <v>4559</v>
+      </c>
+      <c r="B724" s="1" t="s">
         <v>4560</v>
       </c>
-      <c r="B724" s="1" t="s">
-[...9 lines deleted...]
-        <v>1459</v>
+      <c r="C724" s="8" t="s">
+        <v>4079</v>
+      </c>
+      <c r="D724" s="5" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E724" s="1" t="s">
+        <v>1458</v>
       </c>
       <c r="F724" s="1" t="s">
-        <v>5534</v>
-[...7 lines deleted...]
-      <c r="I724" s="3" t="s">
+        <v>5532</v>
+      </c>
+      <c r="G724" s="7" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H724" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I724" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="725" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A725" s="1" t="s">
-        <v>4359</v>
+        <v>4358</v>
       </c>
       <c r="B725" s="1" t="s">
+        <v>4561</v>
+      </c>
+      <c r="C725" s="8" t="s">
         <v>4562</v>
       </c>
-      <c r="C725" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E725" s="3" t="s">
+      <c r="D725" s="5" t="s">
         <v>1241</v>
       </c>
+      <c r="E725" s="1" t="s">
+        <v>1240</v>
+      </c>
       <c r="F725" s="1" t="s">
-        <v>5535</v>
-[...4 lines deleted...]
-      <c r="H725" s="8" t="s">
+        <v>5533</v>
+      </c>
+      <c r="G725" s="7" t="s">
         <v>1239</v>
       </c>
-      <c r="I725" s="3" t="s">
+      <c r="H725" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I725" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="726" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A726" s="1" t="s">
+        <v>4438</v>
+      </c>
+      <c r="B726" s="1" t="s">
         <v>4439</v>
       </c>
-      <c r="B726" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E726" s="3" t="s">
+      <c r="C726" s="8" t="s">
+        <v>4061</v>
+      </c>
+      <c r="D726" s="5" t="s">
         <v>1870</v>
       </c>
+      <c r="E726" s="1" t="s">
+        <v>1869</v>
+      </c>
       <c r="F726" s="1" t="s">
-        <v>5536</v>
-[...4 lines deleted...]
-      <c r="H726" s="8" t="s">
+        <v>5534</v>
+      </c>
+      <c r="G726" s="7" t="s">
         <v>1868</v>
       </c>
-      <c r="I726" s="3" t="s">
+      <c r="H726" s="3" t="s">
+        <v>1867</v>
+      </c>
+      <c r="I726" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="727" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A727" s="1" t="s">
+        <v>4563</v>
+      </c>
+      <c r="B727" s="1" t="s">
         <v>4564</v>
       </c>
-      <c r="B727" s="1" t="s">
+      <c r="C727" s="8" t="s">
         <v>4565</v>
       </c>
-      <c r="C727" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E727" s="3" t="s">
+      <c r="D727" s="5" t="s">
         <v>1980</v>
       </c>
+      <c r="E727" s="1" t="s">
+        <v>1979</v>
+      </c>
       <c r="F727" s="1" t="s">
-        <v>5537</v>
-[...4 lines deleted...]
-      <c r="H727" s="8" t="s">
+        <v>5535</v>
+      </c>
+      <c r="G727" s="7" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H727" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I727" s="3" t="s">
+      <c r="I727" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="728" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A728" s="1" t="s">
-        <v>4567</v>
+        <v>4566</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>3252</v>
-[...8 lines deleted...]
-        <v>2413</v>
+        <v>3251</v>
+      </c>
+      <c r="C728" s="8" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D728" s="5" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E728" s="1" t="s">
+        <v>2412</v>
       </c>
       <c r="F728" s="1"/>
-      <c r="G728" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I728" s="3" t="s">
+      <c r="G728" s="7" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H728" s="3" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I728" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="729" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A729" s="1" t="s">
-        <v>4217</v>
+        <v>4216</v>
       </c>
       <c r="B729" s="1" t="s">
+        <v>4567</v>
+      </c>
+      <c r="C729" s="8" t="s">
         <v>4568</v>
       </c>
-      <c r="C729" s="36" t="s">
-[...6 lines deleted...]
-        <v>2411</v>
+      <c r="D729" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E729" s="1" t="s">
+        <v>2410</v>
       </c>
       <c r="F729" s="1" t="s">
-        <v>5538</v>
-[...7 lines deleted...]
-      <c r="I729" s="3" t="s">
+        <v>5536</v>
+      </c>
+      <c r="G729" s="7" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H729" s="3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I729" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="730" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A730" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>4339</v>
-[...7 lines deleted...]
-      <c r="E730" s="3" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C730" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D730" s="5" t="s">
         <v>1546</v>
       </c>
+      <c r="E730" s="1" t="s">
+        <v>1545</v>
+      </c>
       <c r="F730" s="1" t="s">
-        <v>5540</v>
-[...4 lines deleted...]
-      <c r="H730" s="8" t="s">
+        <v>5538</v>
+      </c>
+      <c r="G730" s="7" t="s">
         <v>1544</v>
       </c>
-      <c r="I730" s="3" t="s">
+      <c r="H730" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I730" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A731" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B731" s="1" t="s">
-        <v>4572</v>
-[...8 lines deleted...]
-        <v>1644</v>
+        <v>4571</v>
+      </c>
+      <c r="C731" s="8" t="s">
+        <v>3803</v>
+      </c>
+      <c r="D731" s="5" t="s">
+        <v>2829</v>
+      </c>
+      <c r="E731" s="1" t="s">
+        <v>1643</v>
       </c>
       <c r="F731" s="1">
         <v>56993813698</v>
       </c>
-      <c r="G731" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I731" s="3" t="s">
+      <c r="G731" s="7" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H731" s="3" t="s">
+        <v>2608</v>
+      </c>
+      <c r="I731" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="732" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A732" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B732" s="1" t="s">
+        <v>4569</v>
+      </c>
+      <c r="C732" s="8" t="s">
         <v>4570</v>
       </c>
-      <c r="C732" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="D732" s="5" t="s">
         <v>2207</v>
       </c>
-      <c r="F732" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G732" s="12" t="s">
+      <c r="E732" s="1" t="s">
         <v>2206</v>
       </c>
-      <c r="H732" s="8" t="s">
+      <c r="F732" s="12" t="s">
+        <v>5537</v>
+      </c>
+      <c r="G732" s="7" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H732" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I732" s="3" t="s">
+      <c r="I732" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A733" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B733" s="1" t="s">
+        <v>4574</v>
+      </c>
+      <c r="C733" s="8" t="s">
         <v>4575</v>
       </c>
-      <c r="C733" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="D733" s="5" t="s">
         <v>995</v>
       </c>
+      <c r="E733" s="1" t="s">
+        <v>994</v>
+      </c>
       <c r="F733" s="1" t="s">
-        <v>5542</v>
-[...4 lines deleted...]
-      <c r="H733" s="8" t="s">
+        <v>5540</v>
+      </c>
+      <c r="G733" s="7" t="s">
         <v>993</v>
       </c>
-      <c r="I733" s="3" t="s">
+      <c r="H733" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="I733" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A734" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B734" s="1" t="s">
-        <v>3824</v>
-[...8 lines deleted...]
-        <v>2465</v>
+        <v>3823</v>
+      </c>
+      <c r="C734" s="8" t="s">
+        <v>4576</v>
+      </c>
+      <c r="D734" s="5" t="s">
+        <v>2897</v>
+      </c>
+      <c r="E734" s="1" t="s">
+        <v>2464</v>
       </c>
       <c r="F734" s="1" t="s">
-        <v>5543</v>
-[...4 lines deleted...]
-      <c r="H734" s="8" t="s">
+        <v>5541</v>
+      </c>
+      <c r="G734" s="7" t="s">
         <v>965</v>
       </c>
-      <c r="I734" s="3" t="s">
+      <c r="H734" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="I734" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="735" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A735" s="1" t="s">
-        <v>3824</v>
+        <v>3823</v>
       </c>
       <c r="B735" s="1" t="s">
+        <v>4572</v>
+      </c>
+      <c r="C735" s="8" t="s">
         <v>4573</v>
       </c>
-      <c r="C735" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="D735" s="27" t="s">
         <v>1437</v>
       </c>
+      <c r="E735" s="1" t="s">
+        <v>1436</v>
+      </c>
       <c r="F735" s="1" t="s">
-        <v>5541</v>
-[...4 lines deleted...]
-      <c r="H735" s="8" t="s">
+        <v>5539</v>
+      </c>
+      <c r="G735" s="7" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H735" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I735" s="3" t="s">
+      <c r="I735" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="736" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A736" s="1" t="s">
+        <v>4577</v>
+      </c>
+      <c r="B736" s="1" t="s">
         <v>4578</v>
       </c>
-      <c r="B736" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="C736" s="8" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D736" s="5" t="s">
         <v>1050</v>
       </c>
+      <c r="E736" s="1" t="s">
+        <v>1049</v>
+      </c>
       <c r="F736" s="1" t="s">
-        <v>5544</v>
-[...4 lines deleted...]
-      <c r="H736" s="8" t="s">
+        <v>5542</v>
+      </c>
+      <c r="G736" s="7" t="s">
         <v>1048</v>
       </c>
-      <c r="I736" s="3" t="s">
+      <c r="H736" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="I736" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="737" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A737" s="1" t="s">
+        <v>4579</v>
+      </c>
+      <c r="B737" s="1" t="s">
         <v>4580</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="C737" s="8" t="s">
         <v>4581</v>
       </c>
-      <c r="C737" s="36" t="s">
-[...17 lines deleted...]
-      <c r="I737" s="3" t="s">
+      <c r="D737" s="5" t="s">
+        <v>2789</v>
+      </c>
+      <c r="E737" s="1" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F737" s="13" t="s">
+        <v>5543</v>
+      </c>
+      <c r="G737" s="7" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H737" s="3" t="s">
+        <v>2576</v>
+      </c>
+      <c r="I737" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="738" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A738" s="1" t="s">
+        <v>4582</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C738" s="8" t="s">
         <v>4583</v>
       </c>
-      <c r="B738" s="1" t="s">
-[...9 lines deleted...]
-        <v>2486</v>
+      <c r="D738" s="5" t="s">
+        <v>2924</v>
+      </c>
+      <c r="E738" s="1" t="s">
+        <v>2485</v>
       </c>
       <c r="F738" s="1" t="s">
-        <v>5546</v>
-[...1 lines deleted...]
-      <c r="G738" s="12" t="s">
+        <v>5544</v>
+      </c>
+      <c r="G738" s="7" t="s">
         <v>632</v>
       </c>
-      <c r="H738" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I738" s="3" t="s">
+      <c r="H738" s="3" t="s">
+        <v>2699</v>
+      </c>
+      <c r="I738" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="739" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A739" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B739" s="1" t="s">
-        <v>3465</v>
-[...7 lines deleted...]
-      <c r="E739" s="3" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C739" s="8" t="s">
+        <v>3917</v>
+      </c>
+      <c r="D739" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="E739" s="1" t="s">
         <v>504</v>
       </c>
       <c r="F739" s="1" t="s">
-        <v>5552</v>
-[...4 lines deleted...]
-      <c r="H739" s="8" t="s">
+        <v>5550</v>
+      </c>
+      <c r="G739" s="7" t="s">
         <v>873</v>
       </c>
-      <c r="I739" s="3" t="s">
+      <c r="H739" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="I739" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="740" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A740" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B740" s="1" t="s">
-        <v>4588</v>
-[...8 lines deleted...]
-        <v>2427</v>
+        <v>4587</v>
+      </c>
+      <c r="C740" s="8" t="s">
+        <v>3977</v>
+      </c>
+      <c r="D740" s="5" t="s">
+        <v>2850</v>
+      </c>
+      <c r="E740" s="1" t="s">
+        <v>2426</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>5550</v>
-[...7 lines deleted...]
-      <c r="I740" s="3" t="s">
+        <v>5548</v>
+      </c>
+      <c r="G740" s="7" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H740" s="3" t="s">
+        <v>2629</v>
+      </c>
+      <c r="I740" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="741" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A741" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B741" s="1" t="s">
+        <v>4589</v>
+      </c>
+      <c r="C741" s="8" t="s">
         <v>4590</v>
       </c>
-      <c r="C741" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D741" s="32" t="s">
+      <c r="D741" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="E741" s="3" t="s">
+      <c r="E741" s="1" t="s">
         <v>618</v>
       </c>
       <c r="F741" s="1"/>
-      <c r="G741" s="12" t="s">
+      <c r="G741" s="7" t="s">
         <v>617</v>
       </c>
-      <c r="H741" s="8" t="s">
+      <c r="H741" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="I741" s="3" t="s">
+      <c r="I741" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="742" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A742" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B742" s="1" t="s">
-        <v>4383</v>
-[...8 lines deleted...]
-        <v>1122</v>
+        <v>4382</v>
+      </c>
+      <c r="C742" s="8" t="s">
+        <v>4588</v>
+      </c>
+      <c r="D742" s="5" t="s">
+        <v>2880</v>
+      </c>
+      <c r="E742" s="1" t="s">
+        <v>1121</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>5551</v>
-[...4 lines deleted...]
-      <c r="H742" s="8" t="s">
+        <v>5549</v>
+      </c>
+      <c r="G742" s="7" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H742" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I742" s="3" t="s">
+      <c r="I742" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="743" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A743" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B743" s="1" t="s">
-        <v>4389</v>
-[...7 lines deleted...]
-      <c r="E743" s="3" t="s">
+        <v>4388</v>
+      </c>
+      <c r="C743" s="8" t="s">
+        <v>4061</v>
+      </c>
+      <c r="D743" s="46" t="s">
+        <v>1866</v>
+      </c>
+      <c r="E743" s="1" t="s">
+        <v>4871</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>5546</v>
+      </c>
+      <c r="G743" s="7" t="s">
         <v>4872</v>
       </c>
-      <c r="F743" s="1" t="s">
-[...8 lines deleted...]
-      <c r="I743" s="3" t="s">
+      <c r="H743" s="3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I743" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="744" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A744" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B744" s="1" t="s">
-        <v>3120</v>
-[...8 lines deleted...]
-        <v>2362</v>
+        <v>3119</v>
+      </c>
+      <c r="C744" s="8" t="s">
+        <v>4584</v>
+      </c>
+      <c r="D744" s="27" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E744" s="1" t="s">
+        <v>2361</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>5547</v>
-[...4 lines deleted...]
-      <c r="H744" s="8" t="s">
+        <v>5545</v>
+      </c>
+      <c r="G744" s="7" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H744" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I744" s="3" t="s">
+      <c r="I744" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="745" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A745" s="1" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B745" s="1" t="s">
+        <v>4585</v>
+      </c>
+      <c r="C745" s="8" t="s">
         <v>4586</v>
       </c>
-      <c r="C745" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D745" s="32">
+      <c r="D745" s="5">
         <v>99827408</v>
       </c>
-      <c r="E745" s="3" t="s">
-        <v>1737</v>
+      <c r="E745" s="1" t="s">
+        <v>1736</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>5549</v>
-[...7 lines deleted...]
-      <c r="I745" s="3" t="s">
+        <v>5547</v>
+      </c>
+      <c r="G745" s="7" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H745" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="I745" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="746" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A746" s="1" t="s">
+        <v>4591</v>
+      </c>
+      <c r="B746" s="1" t="s">
         <v>4592</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="C746" s="8" t="s">
         <v>4593</v>
       </c>
-      <c r="C746" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D746" s="32" t="s">
+      <c r="D746" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="E746" s="3" t="s">
+      <c r="E746" s="1" t="s">
         <v>691</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>5553</v>
-[...1 lines deleted...]
-      <c r="G746" s="12" t="s">
+        <v>5551</v>
+      </c>
+      <c r="G746" s="7" t="s">
         <v>690</v>
       </c>
-      <c r="H746" s="8" t="s">
+      <c r="H746" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="I746" s="3" t="s">
+      <c r="I746" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="747" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A747" s="1" t="s">
+        <v>4594</v>
+      </c>
+      <c r="B747" s="1" t="s">
         <v>4595</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="C747" s="8" t="s">
         <v>4596</v>
       </c>
-      <c r="C747" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="D747" s="5" t="s">
         <v>1335</v>
       </c>
+      <c r="E747" s="1" t="s">
+        <v>1334</v>
+      </c>
       <c r="F747" s="1" t="s">
-        <v>5554</v>
-[...7 lines deleted...]
-      <c r="I747" s="3" t="s">
+        <v>5552</v>
+      </c>
+      <c r="G747" s="7" t="s">
+        <v>4827</v>
+      </c>
+      <c r="H747" s="3" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I747" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="748" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A748" s="1" t="s">
+        <v>4597</v>
+      </c>
+      <c r="B748" s="1" t="s">
         <v>4598</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="C748" s="8" t="s">
         <v>4599</v>
       </c>
-      <c r="C748" s="36" t="s">
-[...6 lines deleted...]
-        <v>2371</v>
+      <c r="D748" s="5" t="s">
+        <v>2777</v>
+      </c>
+      <c r="E748" s="1" t="s">
+        <v>2370</v>
       </c>
       <c r="F748" s="1">
         <v>56993813699</v>
       </c>
-      <c r="G748" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I748" s="3" t="s">
+      <c r="G748" s="7" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H748" s="3" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I748" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="749" spans="1:9" ht="140.25" x14ac:dyDescent="0.25">
       <c r="A749" s="1" t="s">
+        <v>4600</v>
+      </c>
+      <c r="B749" s="1" t="s">
         <v>4601</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="C749" s="8" t="s">
         <v>4602</v>
       </c>
-      <c r="C749" s="36" t="s">
-[...17 lines deleted...]
-      <c r="I749" s="3" t="s">
+      <c r="D749" s="5" t="s">
+        <v>2807</v>
+      </c>
+      <c r="E749" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F749" s="12" t="s">
+        <v>5553</v>
+      </c>
+      <c r="G749" s="7" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H749" s="3" t="s">
+        <v>2592</v>
+      </c>
+      <c r="I749" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="750" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A750" s="1" t="s">
+        <v>4603</v>
+      </c>
+      <c r="B750" s="1" t="s">
         <v>4604</v>
       </c>
-      <c r="B750" s="1" t="s">
+      <c r="C750" s="8" t="s">
         <v>4605</v>
       </c>
-      <c r="C750" s="36" t="s">
-[...6 lines deleted...]
-        <v>2385</v>
+      <c r="D750" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E750" s="1" t="s">
+        <v>2384</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>5556</v>
-[...7 lines deleted...]
-      <c r="I750" s="3" t="s">
+        <v>5554</v>
+      </c>
+      <c r="G750" s="7" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H750" s="3" t="s">
+        <v>2582</v>
+      </c>
+      <c r="I750" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="751" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A751" s="1" t="s">
-        <v>3420</v>
+        <v>3419</v>
       </c>
       <c r="B751" s="1" t="s">
+        <v>4606</v>
+      </c>
+      <c r="C751" s="8" t="s">
         <v>4607</v>
       </c>
-      <c r="C751" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D751" s="32" t="s">
+      <c r="D751" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="E751" s="3" t="s">
+      <c r="E751" s="1" t="s">
         <v>577</v>
       </c>
       <c r="F751" s="1" t="s">
-        <v>5557</v>
-[...4 lines deleted...]
-      <c r="H751" s="8" t="s">
+        <v>5555</v>
+      </c>
+      <c r="G751" s="7" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H751" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="I751" s="3" t="s">
+      <c r="I751" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="752" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A752" s="1" t="s">
+        <v>4608</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="C752" s="8" t="s">
         <v>4609</v>
       </c>
-      <c r="B752" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D752" s="32" t="s">
+      <c r="D752" s="5" t="s">
         <v>724</v>
       </c>
-      <c r="E752" s="3" t="s">
+      <c r="E752" s="1" t="s">
         <v>723</v>
       </c>
       <c r="F752" s="1" t="s">
-        <v>5558</v>
-[...1 lines deleted...]
-      <c r="G752" s="12" t="s">
+        <v>5556</v>
+      </c>
+      <c r="G752" s="7" t="s">
         <v>722</v>
       </c>
-      <c r="H752" s="8" t="s">
+      <c r="H752" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="I752" s="3" t="s">
+      <c r="I752" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="753" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A753" s="1" t="s">
+        <v>4610</v>
+      </c>
+      <c r="B753" s="1" t="s">
         <v>4611</v>
       </c>
-      <c r="B753" s="1" t="s">
+      <c r="C753" s="8" t="s">
         <v>4612</v>
       </c>
-      <c r="C753" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E753" s="3" t="s">
+      <c r="D753" s="5" t="s">
         <v>1967</v>
       </c>
+      <c r="E753" s="1" t="s">
+        <v>1966</v>
+      </c>
       <c r="F753" s="1" t="s">
-        <v>5559</v>
-[...7 lines deleted...]
-      <c r="I753" s="3" t="s">
+        <v>5557</v>
+      </c>
+      <c r="G753" s="7" t="s">
+        <v>3004</v>
+      </c>
+      <c r="H753" s="3" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I753" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="754" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A754" s="1" t="s">
+        <v>4613</v>
+      </c>
+      <c r="B754" s="1" t="s">
         <v>4614</v>
       </c>
-      <c r="B754" s="1" t="s">
+      <c r="C754" s="8" t="s">
         <v>4615</v>
       </c>
-      <c r="C754" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D754" s="32" t="s">
+      <c r="D754" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E754" s="3" t="s">
+      <c r="E754" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="F754" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G754" s="12" t="s">
+      <c r="F754" s="13" t="s">
+        <v>5558</v>
+      </c>
+      <c r="G754" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="H754" s="8" t="s">
+      <c r="H754" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="I754" s="3" t="s">
+      <c r="I754" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="755" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A755" s="1" t="s">
-        <v>4617</v>
+        <v>4616</v>
       </c>
       <c r="B755" s="1" t="s">
+        <v>4619</v>
+      </c>
+      <c r="C755" s="8" t="s">
         <v>4620</v>
       </c>
-      <c r="C755" s="36" t="s">
-[...6 lines deleted...]
-        <v>2517</v>
+      <c r="D755" s="5" t="s">
+        <v>2954</v>
+      </c>
+      <c r="E755" s="1" t="s">
+        <v>2516</v>
       </c>
       <c r="F755" s="1" t="s">
-        <v>5562</v>
-[...1 lines deleted...]
-      <c r="G755" s="12" t="s">
+        <v>5560</v>
+      </c>
+      <c r="G755" s="7" t="s">
         <v>283</v>
       </c>
-      <c r="H755" s="8" t="s">
+      <c r="H755" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I755" s="3" t="s">
+      <c r="I755" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="756" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A756" s="1" t="s">
+        <v>4616</v>
+      </c>
+      <c r="B756" s="1" t="s">
         <v>4617</v>
       </c>
-      <c r="B756" s="1" t="s">
+      <c r="C756" s="8" t="s">
         <v>4618</v>
       </c>
-      <c r="C756" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E756" s="3" t="s">
+      <c r="D756" s="5" t="s">
         <v>991</v>
       </c>
+      <c r="E756" s="1" t="s">
+        <v>990</v>
+      </c>
       <c r="F756" s="1" t="s">
-        <v>5561</v>
-[...4 lines deleted...]
-      <c r="H756" s="8" t="s">
+        <v>5559</v>
+      </c>
+      <c r="G756" s="7" t="s">
         <v>989</v>
       </c>
-      <c r="I756" s="3" t="s">
+      <c r="H756" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="I756" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="757" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A757" s="1" t="s">
+        <v>4621</v>
+      </c>
+      <c r="B757" s="1" t="s">
         <v>4622</v>
       </c>
-      <c r="B757" s="1" t="s">
+      <c r="C757" s="8" t="s">
         <v>4623</v>
       </c>
-      <c r="C757" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D757" s="32" t="s">
+      <c r="D757" s="5" t="s">
         <v>810</v>
       </c>
-      <c r="E757" s="3" t="s">
+      <c r="E757" s="1" t="s">
         <v>809</v>
       </c>
       <c r="F757" s="1" t="s">
-        <v>5563</v>
-[...1 lines deleted...]
-      <c r="G757" s="12" t="s">
+        <v>5561</v>
+      </c>
+      <c r="G757" s="7" t="s">
         <v>808</v>
       </c>
-      <c r="H757" s="8" t="s">
+      <c r="H757" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="I757" s="3" t="s">
+      <c r="I757" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="758" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A758" s="1" t="s">
-        <v>3638</v>
+        <v>3637</v>
       </c>
       <c r="B758" s="1" t="s">
-        <v>3111</v>
-[...8 lines deleted...]
-        <v>2458</v>
+        <v>3110</v>
+      </c>
+      <c r="C758" s="8" t="s">
+        <v>4076</v>
+      </c>
+      <c r="D758" s="5" t="s">
+        <v>2883</v>
+      </c>
+      <c r="E758" s="1" t="s">
+        <v>2457</v>
       </c>
       <c r="F758" s="1" t="s">
-        <v>5567</v>
-[...7 lines deleted...]
-      <c r="I758" s="3" t="s">
+        <v>5565</v>
+      </c>
+      <c r="G758" s="7" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H758" s="3" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I758" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="759" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A759" s="1" t="s">
-        <v>3638</v>
+        <v>3637</v>
       </c>
       <c r="B759" s="1" t="s">
-        <v>3103</v>
-[...8 lines deleted...]
-        <v>2398</v>
+        <v>3102</v>
+      </c>
+      <c r="C759" s="8" t="s">
+        <v>4624</v>
+      </c>
+      <c r="D759" s="29" t="s">
+        <v>2813</v>
+      </c>
+      <c r="E759" s="1" t="s">
+        <v>2397</v>
       </c>
       <c r="F759" s="1" t="s">
-        <v>5564</v>
-[...7 lines deleted...]
-      <c r="I759" s="3" t="s">
+        <v>5562</v>
+      </c>
+      <c r="G759" s="7" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H759" s="3" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I759" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="760" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A760" s="1" t="s">
-        <v>3638</v>
+        <v>3637</v>
       </c>
       <c r="B760" s="1" t="s">
-        <v>3328</v>
-[...8 lines deleted...]
-        <v>2444</v>
+        <v>3327</v>
+      </c>
+      <c r="C760" s="8" t="s">
+        <v>4004</v>
+      </c>
+      <c r="D760" s="5" t="s">
+        <v>2868</v>
+      </c>
+      <c r="E760" s="1" t="s">
+        <v>2443</v>
       </c>
       <c r="F760" s="1" t="s">
-        <v>5565</v>
-[...7 lines deleted...]
-      <c r="I760" s="3" t="s">
+        <v>5563</v>
+      </c>
+      <c r="G760" s="7" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H760" s="3" t="s">
+        <v>2647</v>
+      </c>
+      <c r="I760" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="761" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A761" s="1" t="s">
-        <v>3638</v>
+        <v>3637</v>
       </c>
       <c r="B761" s="1" t="s">
+        <v>4626</v>
+      </c>
+      <c r="C761" s="8" t="s">
         <v>4627</v>
       </c>
-      <c r="C761" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="D761" s="5" t="s">
         <v>952</v>
       </c>
+      <c r="E761" s="1" t="s">
+        <v>951</v>
+      </c>
       <c r="F761" s="1"/>
-      <c r="G761" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H761" s="8" t="s">
+      <c r="G761" s="7" t="s">
+        <v>950</v>
+      </c>
+      <c r="H761" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I761" s="3" t="s">
+      <c r="I761" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="762" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A762" s="1" t="s">
-        <v>3638</v>
+        <v>3637</v>
       </c>
       <c r="B762" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E762" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C762" s="8" t="s">
+        <v>4625</v>
+      </c>
+      <c r="D762" s="5" t="s">
         <v>1211</v>
       </c>
+      <c r="E762" s="1" t="s">
+        <v>1210</v>
+      </c>
       <c r="F762" s="1" t="s">
-        <v>5566</v>
-[...7 lines deleted...]
-      <c r="I762" s="3" t="s">
+        <v>5564</v>
+      </c>
+      <c r="G762" s="7" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H762" s="3" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I762" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="763" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A763" s="1" t="s">
+        <v>4628</v>
+      </c>
+      <c r="B763" s="1" t="s">
         <v>4629</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="C763" s="8" t="s">
         <v>4630</v>
       </c>
-      <c r="C763" s="36" t="s">
-[...6 lines deleted...]
-        <v>2510</v>
+      <c r="D763" s="5" t="s">
+        <v>2945</v>
+      </c>
+      <c r="E763" s="1" t="s">
+        <v>2509</v>
       </c>
       <c r="F763" s="1" t="s">
-        <v>5568</v>
-[...1 lines deleted...]
-      <c r="G763" s="12" t="s">
+        <v>5566</v>
+      </c>
+      <c r="G763" s="7" t="s">
         <v>382</v>
       </c>
-      <c r="H763" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I763" s="3" t="s">
+      <c r="H763" s="3" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I763" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="764" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A764" s="1" t="s">
-        <v>4629</v>
+        <v>4628</v>
       </c>
       <c r="B764" s="1" t="s">
-        <v>4632</v>
-[...4 lines deleted...]
-      <c r="D764" s="32" t="s">
+        <v>4631</v>
+      </c>
+      <c r="C764" s="8" t="s">
+        <v>3983</v>
+      </c>
+      <c r="D764" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="E764" s="3" t="s">
-        <v>2510</v>
+      <c r="E764" s="1" t="s">
+        <v>2509</v>
       </c>
       <c r="F764" s="1" t="s">
-        <v>5569</v>
-[...1 lines deleted...]
-      <c r="G764" s="12" t="s">
+        <v>5567</v>
+      </c>
+      <c r="G764" s="7" t="s">
         <v>333</v>
       </c>
-      <c r="H764" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I764" s="3" t="s">
+      <c r="H764" s="3" t="s">
+        <v>2727</v>
+      </c>
+      <c r="I764" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="765" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A765" s="1" t="s">
+        <v>4632</v>
+      </c>
+      <c r="B765" s="1" t="s">
         <v>4633</v>
       </c>
-      <c r="B765" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D765" s="32" t="s">
+      <c r="C765" s="8" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D765" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="E765" s="3" t="s">
+      <c r="E765" s="1" t="s">
         <v>191</v>
       </c>
       <c r="F765" s="1">
         <v>56993813700</v>
       </c>
-      <c r="G765" s="12" t="s">
+      <c r="G765" s="7" t="s">
         <v>190</v>
       </c>
-      <c r="H765" s="8" t="s">
+      <c r="H765" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="I765" s="3" t="s">
+      <c r="I765" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="766" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A766" s="1" t="s">
+        <v>4634</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C766" s="8" t="s">
         <v>4635</v>
       </c>
-      <c r="B766" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="D766" s="27" t="s">
         <v>962</v>
       </c>
-      <c r="F766" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G766" s="12" t="s">
+      <c r="E766" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="H766" s="8" t="s">
+      <c r="F766" s="12" t="s">
+        <v>5568</v>
+      </c>
+      <c r="G766" s="7" t="s">
         <v>960</v>
       </c>
-      <c r="I766" s="3" t="s">
+      <c r="H766" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="I766" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="767" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A767" s="1" t="s">
+        <v>4636</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C767" s="8" t="s">
         <v>4637</v>
       </c>
-      <c r="B767" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="D767" s="5" t="s">
+        <v>2982</v>
+      </c>
+      <c r="E767" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F767" s="1" t="s">
-        <v>5571</v>
-[...7 lines deleted...]
-      <c r="I767" s="3" t="s">
+        <v>5569</v>
+      </c>
+      <c r="G767" s="7" t="s">
+        <v>3093</v>
+      </c>
+      <c r="H767" s="3" t="s">
+        <v>2754</v>
+      </c>
+      <c r="I767" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="768" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A768" s="1" t="s">
+        <v>4638</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>3767</v>
+      </c>
+      <c r="C768" s="8" t="s">
         <v>4639</v>
       </c>
-      <c r="B768" s="1" t="s">
-[...9 lines deleted...]
-        <v>1446</v>
+      <c r="D768" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E768" s="1" t="s">
+        <v>1445</v>
       </c>
       <c r="F768" s="1" t="s">
-        <v>5572</v>
-[...7 lines deleted...]
-      <c r="I768" s="3" t="s">
+        <v>5570</v>
+      </c>
+      <c r="G768" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H768" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I768" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="769" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A769" s="1" t="s">
+        <v>4640</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C769" s="8" t="s">
         <v>4641</v>
       </c>
-      <c r="B769" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D769" s="32" t="s">
+      <c r="D769" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="E769" s="3" t="s">
+      <c r="E769" s="1" t="s">
         <v>444</v>
       </c>
       <c r="F769" s="1" t="s">
-        <v>5573</v>
-[...1 lines deleted...]
-      <c r="G769" s="12" t="s">
+        <v>5571</v>
+      </c>
+      <c r="G769" s="7" t="s">
         <v>443</v>
       </c>
-      <c r="H769" s="8" t="s">
+      <c r="H769" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I769" s="3" t="s">
+      <c r="I769" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="770" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A770" s="1" t="s">
-        <v>3116</v>
+        <v>3115</v>
       </c>
       <c r="B770" s="1" t="s">
-        <v>4458</v>
-[...8 lines deleted...]
-        <v>1958</v>
+        <v>4457</v>
+      </c>
+      <c r="C770" s="8" t="s">
+        <v>4642</v>
+      </c>
+      <c r="D770" s="45" t="s">
+        <v>2790</v>
+      </c>
+      <c r="E770" s="1" t="s">
+        <v>1957</v>
       </c>
       <c r="F770" s="1" t="s">
-        <v>5574</v>
-[...4 lines deleted...]
-      <c r="H770" s="8" t="s">
+        <v>5572</v>
+      </c>
+      <c r="G770" s="7" t="s">
         <v>1956</v>
       </c>
-      <c r="I770" s="3" t="s">
+      <c r="H770" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="I770" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="771" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A771" s="1" t="s">
-        <v>3116</v>
+        <v>3115</v>
       </c>
       <c r="B771" s="1" t="s">
+        <v>4643</v>
+      </c>
+      <c r="C771" s="8" t="s">
         <v>4644</v>
       </c>
-      <c r="C771" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="D771" s="5" t="s">
         <v>1378</v>
       </c>
-      <c r="F771" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G771" s="12" t="s">
+      <c r="E771" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="H771" s="8" t="s">
+      <c r="F771" s="13" t="s">
+        <v>5573</v>
+      </c>
+      <c r="G771" s="7" t="s">
         <v>1376</v>
       </c>
-      <c r="I771" s="3" t="s">
+      <c r="H771" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I771" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="772" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A772" s="1" t="s">
+        <v>4645</v>
+      </c>
+      <c r="B772" s="1" t="s">
         <v>4646</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="C772" s="8" t="s">
         <v>4647</v>
       </c>
-      <c r="C772" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="D772" s="5" t="s">
         <v>2084</v>
       </c>
+      <c r="E772" s="1" t="s">
+        <v>2083</v>
+      </c>
       <c r="F772" s="1" t="s">
-        <v>5576</v>
-[...4 lines deleted...]
-      <c r="H772" s="8" t="s">
+        <v>5574</v>
+      </c>
+      <c r="G772" s="7" t="s">
         <v>2082</v>
       </c>
-      <c r="I772" s="3" t="s">
+      <c r="H772" s="3" t="s">
+        <v>2081</v>
+      </c>
+      <c r="I772" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="773" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A773" s="1" t="s">
-        <v>4116</v>
+        <v>4115</v>
       </c>
       <c r="B773" s="1" t="s">
+        <v>4648</v>
+      </c>
+      <c r="C773" s="8" t="s">
         <v>4649</v>
       </c>
-      <c r="C773" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="D773" s="5" t="s">
         <v>1671</v>
       </c>
+      <c r="E773" s="1" t="s">
+        <v>1670</v>
+      </c>
       <c r="F773" s="1" t="s">
-        <v>5577</v>
-[...7 lines deleted...]
-      <c r="I773" s="3" t="s">
+        <v>5575</v>
+      </c>
+      <c r="G773" s="7" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H773" s="3" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I773" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="774" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A774" s="1" t="s">
-        <v>4116</v>
+        <v>4115</v>
       </c>
       <c r="B774" s="1" t="s">
+        <v>4650</v>
+      </c>
+      <c r="C774" s="8" t="s">
         <v>4651</v>
       </c>
-      <c r="C774" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D774" s="32" t="s">
+      <c r="D774" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="E774" s="3" t="s">
+      <c r="E774" s="1" t="s">
         <v>517</v>
       </c>
       <c r="F774" s="1" t="s">
-        <v>5578</v>
-[...1 lines deleted...]
-      <c r="G774" s="12" t="s">
+        <v>5576</v>
+      </c>
+      <c r="G774" s="7" t="s">
         <v>516</v>
       </c>
-      <c r="H774" s="8" t="s">
+      <c r="H774" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="I774" s="3" t="s">
+      <c r="I774" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="775" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A775" s="1" t="s">
-        <v>4204</v>
+        <v>4203</v>
       </c>
       <c r="B775" s="1" t="s">
-        <v>3488</v>
-[...4 lines deleted...]
-      <c r="D775" s="32" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C775" s="8" t="s">
+        <v>4652</v>
+      </c>
+      <c r="D775" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="E775" s="3" t="s">
+      <c r="E775" s="1" t="s">
         <v>391</v>
       </c>
       <c r="F775" s="1" t="s">
-        <v>5579</v>
-[...1 lines deleted...]
-      <c r="G775" s="12" t="s">
+        <v>5577</v>
+      </c>
+      <c r="G775" s="7" t="s">
         <v>390</v>
       </c>
-      <c r="H775" s="8" t="s">
+      <c r="H775" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="I775" s="3" t="s">
+      <c r="I775" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="776" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A776" s="1" t="s">
-        <v>4204</v>
+        <v>4203</v>
       </c>
       <c r="B776" s="1" t="s">
+        <v>4653</v>
+      </c>
+      <c r="C776" s="8" t="s">
         <v>4654</v>
       </c>
-      <c r="C776" s="36" t="s">
-[...6 lines deleted...]
-        <v>2534</v>
+      <c r="D776" s="5" t="s">
+        <v>2973</v>
+      </c>
+      <c r="E776" s="1" t="s">
+        <v>2533</v>
       </c>
       <c r="F776" s="1" t="s">
-        <v>5580</v>
-[...1 lines deleted...]
-      <c r="G776" s="12" t="s">
+        <v>5578</v>
+      </c>
+      <c r="G776" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="H776" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I776" s="3" t="s">
+      <c r="H776" s="3" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I776" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="777" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A777" s="1" t="s">
+        <v>4655</v>
+      </c>
+      <c r="B777" s="1" t="s">
         <v>4656</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="C777" s="8" t="s">
         <v>4657</v>
       </c>
-      <c r="C777" s="36" t="s">
-[...6 lines deleted...]
-        <v>2453</v>
+      <c r="D777" s="5" t="s">
+        <v>2877</v>
+      </c>
+      <c r="E777" s="1" t="s">
+        <v>2452</v>
       </c>
       <c r="F777" s="1" t="s">
-        <v>5581</v>
-[...7 lines deleted...]
-      <c r="I777" s="3" t="s">
+        <v>5579</v>
+      </c>
+      <c r="G777" s="7" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H777" s="3" t="s">
+        <v>2658</v>
+      </c>
+      <c r="I777" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="778" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A778" s="1" t="s">
+        <v>4658</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C778" s="8" t="s">
         <v>4659</v>
       </c>
-      <c r="B778" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="D778" s="5" t="s">
         <v>2173</v>
       </c>
+      <c r="E778" s="1" t="s">
+        <v>2172</v>
+      </c>
       <c r="F778" s="1" t="s">
-        <v>5582</v>
-[...4 lines deleted...]
-      <c r="H778" s="8" t="s">
+        <v>5580</v>
+      </c>
+      <c r="G778" s="7" t="s">
         <v>2171</v>
       </c>
-      <c r="I778" s="3" t="s">
+      <c r="H778" s="3" t="s">
+        <v>2170</v>
+      </c>
+      <c r="I778" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="779" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A779" s="1" t="s">
+        <v>4660</v>
+      </c>
+      <c r="B779" s="1" t="s">
         <v>4661</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="C779" s="8" t="s">
         <v>4662</v>
       </c>
-      <c r="C779" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="D779" s="5" t="s">
         <v>1305</v>
       </c>
+      <c r="E779" s="1" t="s">
+        <v>1304</v>
+      </c>
       <c r="F779" s="1"/>
-      <c r="G779" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H779" s="8" t="s">
+      <c r="G779" s="7" t="s">
         <v>1303</v>
       </c>
-      <c r="I779" s="3" t="s">
+      <c r="H779" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I779" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="780" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A780" s="1" t="s">
-        <v>4533</v>
+        <v>4532</v>
       </c>
       <c r="B780" s="1" t="s">
-        <v>4867</v>
-[...7 lines deleted...]
-      <c r="E780" s="3" t="s">
+        <v>4866</v>
+      </c>
+      <c r="C780" s="8" t="s">
+        <v>4093</v>
+      </c>
+      <c r="D780" s="5" t="s">
         <v>1609</v>
       </c>
+      <c r="E780" s="1" t="s">
+        <v>1608</v>
+      </c>
       <c r="F780" s="1" t="s">
-        <v>5292</v>
-[...4 lines deleted...]
-      <c r="H780" s="8" t="s">
+        <v>5291</v>
+      </c>
+      <c r="G780" s="7" t="s">
         <v>1607</v>
       </c>
-      <c r="I780" s="3" t="s">
+      <c r="H780" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I780" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="781" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A781" s="1" t="s">
-        <v>4533</v>
+        <v>4532</v>
       </c>
       <c r="B781" s="1" t="s">
+        <v>4663</v>
+      </c>
+      <c r="C781" s="8" t="s">
         <v>4664</v>
       </c>
-      <c r="C781" s="36" t="s">
-[...6 lines deleted...]
-        <v>2473</v>
+      <c r="D781" s="5" t="s">
+        <v>2908</v>
+      </c>
+      <c r="E781" s="1" t="s">
+        <v>2472</v>
       </c>
       <c r="F781" s="1">
         <v>56993813701</v>
       </c>
-      <c r="G781" s="12" t="s">
+      <c r="G781" s="7" t="s">
         <v>796</v>
       </c>
-      <c r="H781" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I781" s="3" t="s">
+      <c r="H781" s="3" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I781" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="782" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A782" s="1" t="s">
-        <v>4533</v>
+        <v>4532</v>
       </c>
       <c r="B782" s="1" t="s">
-        <v>3703</v>
-[...7 lines deleted...]
-      <c r="E782" s="3" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C782" s="8" t="s">
+        <v>4141</v>
+      </c>
+      <c r="D782" s="5" t="s">
         <v>1159</v>
       </c>
+      <c r="E782" s="1" t="s">
+        <v>1158</v>
+      </c>
       <c r="F782" s="1" t="s">
-        <v>5583</v>
-[...4 lines deleted...]
-      <c r="H782" s="8" t="s">
+        <v>5581</v>
+      </c>
+      <c r="G782" s="7" t="s">
         <v>1157</v>
       </c>
-      <c r="I782" s="3" t="s">
+      <c r="H782" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I782" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="783" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A783" s="1" t="s">
-        <v>4533</v>
+        <v>4532</v>
       </c>
       <c r="B783" s="1" t="s">
-        <v>3157</v>
-[...7 lines deleted...]
-      <c r="E783" s="3" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C783" s="8" t="s">
+        <v>4141</v>
+      </c>
+      <c r="D783" s="5" t="s">
         <v>1155</v>
       </c>
-      <c r="F783" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G783" s="12" t="s">
+      <c r="E783" s="1" t="s">
         <v>1154</v>
       </c>
-      <c r="H783" s="8" t="s">
+      <c r="F783" s="12" t="s">
+        <v>5582</v>
+      </c>
+      <c r="G783" s="7" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H783" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I783" s="3" t="s">
+      <c r="I783" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="784" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A784" s="1" t="s">
+        <v>4665</v>
+      </c>
+      <c r="B784" s="1" t="s">
         <v>4666</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="C784" s="8" t="s">
         <v>4667</v>
       </c>
-      <c r="C784" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="D784" s="5" t="s">
         <v>1193</v>
       </c>
+      <c r="E784" s="1" t="s">
+        <v>1192</v>
+      </c>
       <c r="F784" s="1" t="s">
-        <v>5586</v>
-[...4 lines deleted...]
-      <c r="H784" s="8" t="s">
+        <v>5584</v>
+      </c>
+      <c r="G784" s="7" t="s">
         <v>1191</v>
       </c>
-      <c r="I784" s="3" t="s">
+      <c r="H784" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I784" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="785" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A785" s="1" t="s">
-        <v>4004</v>
+        <v>4003</v>
       </c>
       <c r="B785" s="1" t="s">
-        <v>4851</v>
-[...8 lines deleted...]
-        <v>2542</v>
+        <v>4850</v>
+      </c>
+      <c r="C785" s="8" t="s">
+        <v>3261</v>
+      </c>
+      <c r="D785" s="5" t="s">
+        <v>2984</v>
+      </c>
+      <c r="E785" s="1" t="s">
+        <v>2541</v>
       </c>
       <c r="F785" s="1" t="s">
-        <v>5585</v>
-[...1 lines deleted...]
-      <c r="G785" s="12" t="s">
+        <v>5583</v>
+      </c>
+      <c r="G785" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="H785" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I785" s="3" t="s">
+      <c r="H785" s="3" t="s">
+        <v>2755</v>
+      </c>
+      <c r="I785" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="786" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A786" s="1" t="s">
-        <v>4004</v>
+        <v>4003</v>
       </c>
       <c r="B786" s="1" t="s">
+        <v>4668</v>
+      </c>
+      <c r="C786" s="8" t="s">
         <v>4669</v>
       </c>
-      <c r="C786" s="36" t="s">
-[...6 lines deleted...]
-        <v>2491</v>
+      <c r="D786" s="5" t="s">
+        <v>2928</v>
+      </c>
+      <c r="E786" s="1" t="s">
+        <v>2490</v>
       </c>
       <c r="F786" s="1" t="s">
-        <v>5587</v>
-[...1 lines deleted...]
-      <c r="G786" s="12" t="s">
+        <v>5585</v>
+      </c>
+      <c r="G786" s="7" t="s">
         <v>575</v>
       </c>
-      <c r="H786" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I786" s="3" t="s">
+      <c r="H786" s="3" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I786" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="787" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A787" s="1" t="s">
+        <v>4670</v>
+      </c>
+      <c r="B787" s="1" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C787" s="8" t="s">
         <v>4671</v>
       </c>
-      <c r="B787" s="1" t="s">
-[...9 lines deleted...]
-        <v>2488</v>
+      <c r="D787" s="5" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E787" s="1" t="s">
+        <v>2487</v>
       </c>
       <c r="F787" s="1" t="s">
-        <v>5588</v>
-[...1 lines deleted...]
-      <c r="G787" s="12" t="s">
+        <v>5586</v>
+      </c>
+      <c r="G787" s="7" t="s">
         <v>607</v>
       </c>
-      <c r="H787" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I787" s="3" t="s">
+      <c r="H787" s="3" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I787" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="788" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A788" s="1" t="s">
+        <v>4672</v>
+      </c>
+      <c r="B788" s="1" t="s">
         <v>4673</v>
       </c>
-      <c r="B788" s="1" t="s">
+      <c r="C788" s="8" t="s">
         <v>4674</v>
       </c>
-      <c r="C788" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E788" s="3" t="s">
+      <c r="D788" s="5" t="s">
         <v>2115</v>
       </c>
+      <c r="E788" s="1" t="s">
+        <v>2114</v>
+      </c>
       <c r="F788" s="1" t="s">
-        <v>5589</v>
-[...4 lines deleted...]
-      <c r="H788" s="8" t="s">
+        <v>5587</v>
+      </c>
+      <c r="G788" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H788" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I788" s="3" t="s">
+      <c r="I788" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="789" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A789" s="1" t="s">
+        <v>4675</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C789" s="8" t="s">
         <v>4676</v>
       </c>
-      <c r="B789" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="D789" s="5" t="s">
         <v>1755</v>
       </c>
-      <c r="F789" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H789" s="8" t="s">
+      <c r="E789" s="1" t="s">
         <v>1754</v>
       </c>
-      <c r="I789" s="3" t="s">
+      <c r="F789" s="13" t="s">
+        <v>5588</v>
+      </c>
+      <c r="G789" s="7" t="s">
+        <v>3013</v>
+      </c>
+      <c r="H789" s="3" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I789" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="790" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A790" s="1" t="s">
-        <v>3955</v>
+        <v>3954</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>3401</v>
-[...7 lines deleted...]
-      <c r="E790" s="3" t="s">
+        <v>3400</v>
+      </c>
+      <c r="C790" s="8" t="s">
+        <v>4677</v>
+      </c>
+      <c r="D790" s="5" t="s">
         <v>2143</v>
       </c>
+      <c r="E790" s="1" t="s">
+        <v>2142</v>
+      </c>
       <c r="F790" s="1" t="s">
-        <v>5591</v>
-[...4 lines deleted...]
-      <c r="H790" s="8" t="s">
+        <v>5589</v>
+      </c>
+      <c r="G790" s="7" t="s">
         <v>2141</v>
       </c>
-      <c r="I790" s="3" t="s">
+      <c r="H790" s="3" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I790" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="791" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A791" s="1" t="s">
-        <v>4679</v>
+        <v>4678</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>3614</v>
-[...4 lines deleted...]
-      <c r="D791" s="32">
+        <v>3613</v>
+      </c>
+      <c r="C791" s="8" t="s">
+        <v>3944</v>
+      </c>
+      <c r="D791" s="5">
         <v>10963169</v>
       </c>
-      <c r="E791" s="3" t="s">
-        <v>2091</v>
+      <c r="E791" s="1" t="s">
+        <v>2090</v>
       </c>
       <c r="F791" s="1" t="s">
-        <v>5592</v>
-[...4 lines deleted...]
-      <c r="H791" s="8" t="s">
+        <v>5590</v>
+      </c>
+      <c r="G791" s="7" t="s">
         <v>2089</v>
       </c>
-      <c r="I791" s="3" t="s">
+      <c r="H791" s="3" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I791" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="792" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A792" s="1" t="s">
-        <v>3300</v>
+        <v>3299</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>3681</v>
-[...7 lines deleted...]
-      <c r="E792" s="3" t="s">
+        <v>3680</v>
+      </c>
+      <c r="C792" s="8" t="s">
+        <v>4679</v>
+      </c>
+      <c r="D792" s="5" t="s">
         <v>2076</v>
       </c>
+      <c r="E792" s="1" t="s">
+        <v>2075</v>
+      </c>
       <c r="F792" s="1" t="s">
-        <v>5593</v>
-[...4 lines deleted...]
-      <c r="H792" s="8" t="s">
+        <v>5591</v>
+      </c>
+      <c r="G792" s="7" t="s">
         <v>2074</v>
       </c>
-      <c r="I792" s="3" t="s">
+      <c r="H792" s="3" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I792" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="793" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A793" s="1" t="s">
+        <v>4680</v>
+      </c>
+      <c r="B793" s="1" t="s">
         <v>4681</v>
       </c>
-      <c r="B793" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E793" s="3" t="s">
+      <c r="C793" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D793" s="5" t="s">
         <v>1542</v>
       </c>
+      <c r="E793" s="1" t="s">
+        <v>1541</v>
+      </c>
       <c r="F793" s="1" t="s">
-        <v>5594</v>
-[...4 lines deleted...]
-      <c r="H793" s="8" t="s">
+        <v>5592</v>
+      </c>
+      <c r="G793" s="7" t="s">
         <v>1540</v>
       </c>
-      <c r="I793" s="3" t="s">
+      <c r="H793" s="3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I793" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="794" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A794" s="1" t="s">
-        <v>3102</v>
+        <v>3101</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>3193</v>
-[...7 lines deleted...]
-      <c r="E794" s="3" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C794" s="8" t="s">
+        <v>4682</v>
+      </c>
+      <c r="D794" s="5" t="s">
         <v>2232</v>
       </c>
+      <c r="E794" s="1" t="s">
+        <v>2231</v>
+      </c>
       <c r="F794" s="1" t="s">
-        <v>5596</v>
-[...4 lines deleted...]
-      <c r="H794" s="8" t="s">
+        <v>5594</v>
+      </c>
+      <c r="G794" s="7" t="s">
         <v>2230</v>
       </c>
-      <c r="I794" s="3" t="s">
+      <c r="H794" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I794" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="795" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A795" s="1" t="s">
-        <v>4854</v>
+        <v>4853</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>4853</v>
-[...7 lines deleted...]
-      <c r="E795" s="3" t="s">
+        <v>4852</v>
+      </c>
+      <c r="C795" s="8" t="s">
+        <v>3352</v>
+      </c>
+      <c r="D795" s="5" t="s">
         <v>2300</v>
       </c>
+      <c r="E795" s="1" t="s">
+        <v>2299</v>
+      </c>
       <c r="F795" s="1" t="s">
-        <v>5595</v>
-[...7 lines deleted...]
-      <c r="I795" s="3" t="s">
+        <v>5593</v>
+      </c>
+      <c r="G795" s="7" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H795" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I795" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="796" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A796" s="1" t="s">
-        <v>3271</v>
+        <v>3270</v>
       </c>
       <c r="B796" s="1" t="s">
+        <v>4683</v>
+      </c>
+      <c r="C796" s="8" t="s">
         <v>4684</v>
       </c>
-      <c r="C796" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D796" s="32" t="s">
+      <c r="D796" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E796" s="3" t="s">
-        <v>2518</v>
+      <c r="E796" s="1" t="s">
+        <v>2517</v>
       </c>
       <c r="F796" s="1" t="s">
-        <v>5597</v>
-[...1 lines deleted...]
-      <c r="G796" s="12" t="s">
+        <v>5595</v>
+      </c>
+      <c r="G796" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="H796" s="8" t="s">
+      <c r="H796" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="I796" s="3" t="s">
+      <c r="I796" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="797" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A797" s="1" t="s">
-        <v>3130</v>
+        <v>3129</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>3222</v>
-[...7 lines deleted...]
-      <c r="E797" s="3" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C797" s="8" t="s">
+        <v>4687</v>
+      </c>
+      <c r="D797" s="5" t="s">
         <v>933</v>
       </c>
+      <c r="E797" s="1" t="s">
+        <v>932</v>
+      </c>
       <c r="F797" s="1" t="s">
-        <v>5598</v>
-[...4 lines deleted...]
-      <c r="H797" s="8" t="s">
+        <v>5596</v>
+      </c>
+      <c r="G797" s="7" t="s">
         <v>931</v>
       </c>
-      <c r="I797" s="3" t="s">
+      <c r="H797" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="I797" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="798" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A798" s="1" t="s">
-        <v>3130</v>
+        <v>3129</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>3148</v>
-[...8 lines deleted...]
-        <v>2423</v>
+        <v>3147</v>
+      </c>
+      <c r="C798" s="8" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D798" s="27" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E798" s="1" t="s">
+        <v>2422</v>
       </c>
       <c r="F798" s="1"/>
-      <c r="G798" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I798" s="3" t="s">
+      <c r="G798" s="7" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H798" s="3" t="s">
+        <v>2623</v>
+      </c>
+      <c r="I798" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="799" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A799" s="1" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B799" s="1" t="s">
+        <v>4689</v>
+      </c>
+      <c r="C799" s="8" t="s">
         <v>4690</v>
       </c>
-      <c r="C799" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="D799" s="5" t="s">
         <v>2028</v>
+      </c>
+      <c r="E799" s="1" t="s">
+        <v>2027</v>
       </c>
       <c r="F799" s="1">
         <v>56993813702</v>
       </c>
-      <c r="G799" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H799" s="8" t="s">
+      <c r="G799" s="7" t="s">
         <v>2026</v>
       </c>
-      <c r="I799" s="3" t="s">
+      <c r="H799" s="3" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I799" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="800" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A800" s="1" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>4162</v>
-[...4 lines deleted...]
-      <c r="D800" s="32" t="s">
+        <v>4161</v>
+      </c>
+      <c r="C800" s="8" t="s">
+        <v>4693</v>
+      </c>
+      <c r="D800" s="5" t="s">
         <v>459</v>
       </c>
-      <c r="E800" s="3" t="s">
+      <c r="E800" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="F800" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G800" s="12" t="s">
+      <c r="F800" s="12" t="s">
+        <v>5600</v>
+      </c>
+      <c r="G800" s="7" t="s">
         <v>457</v>
       </c>
-      <c r="H800" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I800" s="3" t="s">
+      <c r="H800" s="3" t="s">
+        <v>2714</v>
+      </c>
+      <c r="I800" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="801" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A801" s="1" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B801" s="1" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C801" s="8" t="s">
         <v>4692</v>
       </c>
-      <c r="C801" s="36" t="s">
-[...6 lines deleted...]
-        <v>1298</v>
+      <c r="D801" s="5" t="s">
+        <v>2865</v>
+      </c>
+      <c r="E801" s="1" t="s">
+        <v>1297</v>
       </c>
       <c r="F801" s="1" t="s">
-        <v>5600</v>
-[...7 lines deleted...]
-      <c r="I801" s="3" t="s">
+        <v>5598</v>
+      </c>
+      <c r="G801" s="7" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H801" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I801" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="802" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A802" s="1" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>3239</v>
-[...7 lines deleted...]
-      <c r="E802" s="3" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C802" s="8" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D802" s="47" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E802" s="1" t="s">
         <v>248</v>
       </c>
       <c r="F802" s="1" t="s">
-        <v>5601</v>
-[...4 lines deleted...]
-      <c r="H802" s="8" t="s">
+        <v>5599</v>
+      </c>
+      <c r="G802" s="7" t="s">
+        <v>3050</v>
+      </c>
+      <c r="H802" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="I802" s="3" t="s">
+      <c r="I802" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="803" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A803" s="1" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>4689</v>
-[...7 lines deleted...]
-      <c r="E803" s="3" t="s">
+        <v>4688</v>
+      </c>
+      <c r="C803" s="8" t="s">
+        <v>4040</v>
+      </c>
+      <c r="D803" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E803" s="1" t="s">
         <v>431</v>
       </c>
       <c r="F803" s="1" t="s">
-        <v>5599</v>
-[...4 lines deleted...]
-      <c r="H803" s="8" t="s">
+        <v>5597</v>
+      </c>
+      <c r="G803" s="7" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H803" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="I803" s="3" t="s">
+      <c r="I803" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="804" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A804" s="1" t="s">
+        <v>4694</v>
+      </c>
+      <c r="B804" s="1" t="s">
         <v>4695</v>
       </c>
-      <c r="B804" s="1" t="s">
+      <c r="C804" s="8" t="s">
         <v>4696</v>
       </c>
-      <c r="C804" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D804" s="32" t="s">
+      <c r="D804" s="5" t="s">
         <v>749</v>
       </c>
-      <c r="E804" s="3" t="s">
+      <c r="E804" s="1" t="s">
         <v>748</v>
       </c>
       <c r="F804" s="1" t="s">
-        <v>5603</v>
-[...1 lines deleted...]
-      <c r="G804" s="12" t="s">
+        <v>5601</v>
+      </c>
+      <c r="G804" s="7" t="s">
         <v>747</v>
       </c>
-      <c r="H804" s="8" t="s">
+      <c r="H804" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="I804" s="3" t="s">
+      <c r="I804" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="805" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A805" s="1" t="s">
+        <v>4697</v>
+      </c>
+      <c r="B805" s="1" t="s">
         <v>4698</v>
       </c>
-      <c r="B805" s="1" t="s">
+      <c r="C805" s="8" t="s">
         <v>4699</v>
       </c>
-      <c r="C805" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E805" s="3" t="s">
+      <c r="D805" s="48" t="s">
         <v>1964</v>
       </c>
+      <c r="E805" s="1" t="s">
+        <v>1963</v>
+      </c>
       <c r="F805" s="1" t="s">
-        <v>5604</v>
-[...7 lines deleted...]
-      <c r="I805" s="3" t="s">
+        <v>5602</v>
+      </c>
+      <c r="G805" s="7" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H805" s="3" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I805" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="806" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A806" s="1" t="s">
-        <v>3529</v>
+        <v>3528</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>4701</v>
-[...16 lines deleted...]
-      <c r="H806" s="8" t="s">
+        <v>4700</v>
+      </c>
+      <c r="C806" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D806" s="5" t="s">
+        <v>2900</v>
+      </c>
+      <c r="E806" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="F806" s="13" t="s">
+        <v>5603</v>
+      </c>
+      <c r="G806" s="7" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H806" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="I806" s="3" t="s">
+      <c r="I806" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="807" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A807" s="1" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3391</v>
-[...8 lines deleted...]
-        <v>1737</v>
+        <v>3390</v>
+      </c>
+      <c r="C807" s="8" t="s">
+        <v>4703</v>
+      </c>
+      <c r="D807" s="27" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E807" s="1" t="s">
+        <v>1736</v>
       </c>
       <c r="F807" s="1" t="s">
-        <v>5607</v>
-[...4 lines deleted...]
-      <c r="H807" s="8" t="s">
+        <v>5605</v>
+      </c>
+      <c r="G807" s="7" t="s">
         <v>1986</v>
       </c>
-      <c r="I807" s="3" t="s">
+      <c r="H807" s="3" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I807" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="808" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A808" s="1" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B808" s="1" t="s">
+        <v>4701</v>
+      </c>
+      <c r="C808" s="8" t="s">
         <v>4702</v>
       </c>
-      <c r="C808" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E808" s="3" t="s">
+      <c r="D808" s="27" t="s">
         <v>2261</v>
       </c>
+      <c r="E808" s="1" t="s">
+        <v>2260</v>
+      </c>
       <c r="F808" s="1" t="s">
-        <v>5606</v>
-[...4 lines deleted...]
-      <c r="H808" s="8" t="s">
+        <v>5604</v>
+      </c>
+      <c r="G808" s="7" t="s">
+        <v>2259</v>
+      </c>
+      <c r="H808" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="I808" s="3" t="s">
+      <c r="I808" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="809" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A809" s="1" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>4702</v>
-[...4 lines deleted...]
-      <c r="D809" s="32" t="s">
+        <v>4701</v>
+      </c>
+      <c r="C809" s="8" t="s">
+        <v>4706</v>
+      </c>
+      <c r="D809" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="E809" s="3" t="s">
+      <c r="E809" s="1" t="s">
         <v>404</v>
       </c>
       <c r="F809" s="1" t="s">
-        <v>5610</v>
-[...1 lines deleted...]
-      <c r="G809" s="12" t="s">
+        <v>5608</v>
+      </c>
+      <c r="G809" s="7" t="s">
         <v>403</v>
       </c>
-      <c r="H809" s="8" t="s">
+      <c r="H809" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="I809" s="3" t="s">
+      <c r="I809" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="810" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A810" s="1" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>3175</v>
-[...8 lines deleted...]
-        <v>2426</v>
+        <v>3174</v>
+      </c>
+      <c r="C810" s="8" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D810" s="27" t="s">
+        <v>2848</v>
+      </c>
+      <c r="E810" s="1" t="s">
+        <v>2425</v>
       </c>
       <c r="F810" s="1" t="s">
-        <v>5608</v>
-[...7 lines deleted...]
-      <c r="I810" s="3" t="s">
+        <v>5606</v>
+      </c>
+      <c r="G810" s="7" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H810" s="3" t="s">
+        <v>2627</v>
+      </c>
+      <c r="I810" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="811" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A811" s="1" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B811" s="1" t="s">
+        <v>4704</v>
+      </c>
+      <c r="C811" s="8" t="s">
         <v>4705</v>
       </c>
-      <c r="C811" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E811" s="3" t="s">
+      <c r="D811" s="5" t="s">
         <v>978</v>
       </c>
+      <c r="E811" s="1" t="s">
+        <v>977</v>
+      </c>
       <c r="F811" s="1" t="s">
-        <v>5609</v>
-[...4 lines deleted...]
-      <c r="H811" s="8" t="s">
+        <v>5607</v>
+      </c>
+      <c r="G811" s="7" t="s">
         <v>976</v>
       </c>
-      <c r="I811" s="3" t="s">
+      <c r="H811" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="I811" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="812" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A812" s="1" t="s">
-        <v>4538</v>
+        <v>4537</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>4223</v>
-[...7 lines deleted...]
-      <c r="E812" s="3" t="s">
+        <v>4222</v>
+      </c>
+      <c r="C812" s="8" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D812" s="5" t="s">
         <v>914</v>
       </c>
+      <c r="E812" s="1" t="s">
+        <v>913</v>
+      </c>
       <c r="F812" s="1" t="s">
-        <v>5611</v>
-[...7 lines deleted...]
-      <c r="I812" s="3" t="s">
+        <v>5609</v>
+      </c>
+      <c r="G812" s="7" t="s">
+        <v>3057</v>
+      </c>
+      <c r="H812" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="I812" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="813" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A813" s="1" t="s">
+        <v>4707</v>
+      </c>
+      <c r="B813" s="1" t="s">
         <v>4708</v>
       </c>
-      <c r="B813" s="1" t="s">
+      <c r="C813" s="8" t="s">
         <v>4709</v>
       </c>
-      <c r="C813" s="36" t="s">
-[...6 lines deleted...]
-        <v>2492</v>
+      <c r="D813" s="5" t="s">
+        <v>2929</v>
+      </c>
+      <c r="E813" s="1" t="s">
+        <v>2491</v>
       </c>
       <c r="F813" s="1" t="s">
-        <v>5612</v>
-[...7 lines deleted...]
-      <c r="I813" s="3" t="s">
+        <v>5610</v>
+      </c>
+      <c r="G813" s="7" t="s">
+        <v>4828</v>
+      </c>
+      <c r="H813" s="3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="I813" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="814" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A814" s="1" t="s">
+        <v>4710</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="C814" s="8" t="s">
         <v>4711</v>
       </c>
-      <c r="B814" s="1" t="s">
-[...9 lines deleted...]
-        <v>2000</v>
+      <c r="D814" s="5" t="s">
+        <v>2784</v>
+      </c>
+      <c r="E814" s="1" t="s">
+        <v>1999</v>
       </c>
       <c r="F814" s="1"/>
-      <c r="G814" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I814" s="3" t="s">
+      <c r="G814" s="7" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H814" s="3" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I814" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="815" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A815" s="1" t="s">
-        <v>4711</v>
+        <v>4710</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>4170</v>
-[...7 lines deleted...]
-      <c r="E815" s="3" t="s">
+        <v>4169</v>
+      </c>
+      <c r="C815" s="8" t="s">
+        <v>3716</v>
+      </c>
+      <c r="D815" s="27" t="s">
         <v>1136</v>
       </c>
+      <c r="E815" s="1" t="s">
+        <v>1135</v>
+      </c>
       <c r="F815" s="1" t="s">
-        <v>5614</v>
-[...4 lines deleted...]
-      <c r="H815" s="8" t="s">
+        <v>5612</v>
+      </c>
+      <c r="G815" s="7" t="s">
         <v>1134</v>
       </c>
-      <c r="I815" s="3" t="s">
+      <c r="H815" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I815" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="816" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A816" s="1" t="s">
-        <v>4711</v>
+        <v>4710</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>4337</v>
-[...8 lines deleted...]
-        <v>2389</v>
+        <v>4336</v>
+      </c>
+      <c r="C816" s="8" t="s">
+        <v>3930</v>
+      </c>
+      <c r="D816" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E816" s="1" t="s">
+        <v>2388</v>
       </c>
       <c r="F816" s="1" t="s">
-        <v>5613</v>
-[...4 lines deleted...]
-      <c r="H816" s="8" t="s">
+        <v>5611</v>
+      </c>
+      <c r="G816" s="7" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H816" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="I816" s="3" t="s">
+      <c r="I816" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="817" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A817" s="1" t="s">
+        <v>4712</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C817" s="8" t="s">
         <v>4713</v>
       </c>
-      <c r="B817" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D817" s="41" t="s">
+      <c r="D817" s="27" t="s">
         <v>535</v>
       </c>
-      <c r="E817" s="3" t="s">
+      <c r="E817" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F817" s="2">
+      <c r="F817" s="12">
         <v>56993813703</v>
       </c>
-      <c r="G817" s="12" t="s">
+      <c r="G817" s="7" t="s">
         <v>533</v>
       </c>
-      <c r="H817" s="8" t="s">
+      <c r="H817" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="I817" s="3" t="s">
+      <c r="I817" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="818" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A818" s="1" t="s">
-        <v>4715</v>
+        <v>4714</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3106</v>
-[...7 lines deleted...]
-      <c r="E818" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C818" s="8" t="s">
+        <v>4642</v>
+      </c>
+      <c r="D818" s="5" t="s">
         <v>1954</v>
       </c>
+      <c r="E818" s="1" t="s">
+        <v>1953</v>
+      </c>
       <c r="F818" s="1" t="s">
-        <v>5615</v>
-[...7 lines deleted...]
-      <c r="I818" s="3" t="s">
+        <v>5613</v>
+      </c>
+      <c r="G818" s="7" t="s">
+        <v>3006</v>
+      </c>
+      <c r="H818" s="3" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I818" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="819" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A819" s="1" t="s">
+        <v>4715</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C819" s="8" t="s">
         <v>4716</v>
       </c>
-      <c r="B819" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D819" s="32" t="s">
+      <c r="D819" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="E819" s="3" t="s">
+      <c r="E819" s="1" t="s">
         <v>427</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>5616</v>
-[...4 lines deleted...]
-      <c r="H819" s="8" t="s">
+        <v>5614</v>
+      </c>
+      <c r="G819" s="7" t="s">
+        <v>3071</v>
+      </c>
+      <c r="H819" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="I819" s="3" t="s">
+      <c r="I819" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="820" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A820" s="1" t="s">
+        <v>4717</v>
+      </c>
+      <c r="B820" s="1" t="s">
         <v>4718</v>
       </c>
-      <c r="B820" s="1" t="s">
+      <c r="C820" s="8" t="s">
         <v>4719</v>
       </c>
-      <c r="C820" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E820" s="3" t="s">
+      <c r="D820" s="5" t="s">
         <v>2292</v>
       </c>
+      <c r="E820" s="1" t="s">
+        <v>2291</v>
+      </c>
       <c r="F820" s="1" t="s">
-        <v>5617</v>
-[...7 lines deleted...]
-      <c r="I820" s="3" t="s">
+        <v>5615</v>
+      </c>
+      <c r="G820" s="7" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H820" s="3" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I820" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="821" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A821" s="1" t="s">
+        <v>4720</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C821" s="8" t="s">
         <v>4721</v>
       </c>
-      <c r="B821" s="1" t="s">
-[...9 lines deleted...]
-        <v>2528</v>
+      <c r="D821" s="5" t="s">
+        <v>2966</v>
+      </c>
+      <c r="E821" s="1" t="s">
+        <v>2527</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>5618</v>
-[...1 lines deleted...]
-      <c r="G821" s="12" t="s">
+        <v>5616</v>
+      </c>
+      <c r="G821" s="7" t="s">
         <v>188</v>
       </c>
-      <c r="H821" s="8" t="s">
+      <c r="H821" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I821" s="3" t="s">
+      <c r="I821" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="822" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A822" s="1" t="s">
-        <v>4723</v>
+        <v>4722</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3407</v>
-[...7 lines deleted...]
-      <c r="E822" s="3" t="s">
+        <v>3406</v>
+      </c>
+      <c r="C822" s="8" t="s">
+        <v>4724</v>
+      </c>
+      <c r="D822" s="5" t="s">
         <v>1946</v>
       </c>
-      <c r="F822" s="22" t="s">
-[...5 lines deleted...]
-      <c r="H822" s="8" t="s">
+      <c r="E822" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="I822" s="3" t="s">
+      <c r="F822" s="13" t="s">
+        <v>5618</v>
+      </c>
+      <c r="G822" s="7" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H822" s="3" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I822" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="823" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A823" s="1" t="s">
+        <v>4722</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>3872</v>
+      </c>
+      <c r="C823" s="8" t="s">
         <v>4723</v>
       </c>
-      <c r="B823" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E823" s="3" t="s">
+      <c r="D823" s="27" t="s">
         <v>2012</v>
       </c>
+      <c r="E823" s="1" t="s">
+        <v>2011</v>
+      </c>
       <c r="F823" s="1" t="s">
-        <v>5619</v>
-[...4 lines deleted...]
-      <c r="H823" s="8" t="s">
+        <v>5617</v>
+      </c>
+      <c r="G823" s="7" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H823" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="I823" s="3" t="s">
+      <c r="I823" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="824" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A824" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>3571</v>
-[...7 lines deleted...]
-      <c r="E824" s="3" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C824" s="8" t="s">
+        <v>4730</v>
+      </c>
+      <c r="D824" s="5" t="s">
         <v>1668</v>
       </c>
+      <c r="E824" s="1" t="s">
+        <v>1667</v>
+      </c>
       <c r="F824" s="1" t="s">
-        <v>5624</v>
-[...4 lines deleted...]
-      <c r="H824" s="8" t="s">
+        <v>5622</v>
+      </c>
+      <c r="G824" s="7" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H824" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="I824" s="3" t="s">
+      <c r="I824" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="825" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A825" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B825" s="1" t="s">
+        <v>4726</v>
+      </c>
+      <c r="C825" s="8" t="s">
         <v>4727</v>
       </c>
-      <c r="C825" s="36" t="s">
-[...6 lines deleted...]
-        <v>1862</v>
+      <c r="D825" s="5" t="s">
+        <v>2801</v>
+      </c>
+      <c r="E825" s="1" t="s">
+        <v>1861</v>
       </c>
       <c r="F825" s="1" t="s">
-        <v>5622</v>
-[...7 lines deleted...]
-      <c r="I825" s="3" t="s">
+        <v>5620</v>
+      </c>
+      <c r="G825" s="7" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H825" s="3" t="s">
+        <v>2587</v>
+      </c>
+      <c r="I825" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="826" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A826" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>4732</v>
-[...8 lines deleted...]
-        <v>2520</v>
+        <v>4731</v>
+      </c>
+      <c r="C826" s="8" t="s">
+        <v>3763</v>
+      </c>
+      <c r="D826" s="5" t="s">
+        <v>2956</v>
+      </c>
+      <c r="E826" s="1" t="s">
+        <v>2519</v>
       </c>
       <c r="F826" s="1" t="s">
-        <v>5627</v>
-[...1 lines deleted...]
-      <c r="G826" s="12" t="s">
+        <v>5625</v>
+      </c>
+      <c r="G826" s="7" t="s">
         <v>264</v>
       </c>
-      <c r="H826" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I826" s="3" t="s">
+      <c r="H826" s="3" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I826" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="827" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A827" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>3594</v>
-[...7 lines deleted...]
-      <c r="E827" s="3" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C827" s="8" t="s">
+        <v>4725</v>
+      </c>
+      <c r="D827" s="27" t="s">
         <v>2245</v>
       </c>
+      <c r="E827" s="1" t="s">
+        <v>2244</v>
+      </c>
       <c r="F827" s="1" t="s">
-        <v>5621</v>
-[...4 lines deleted...]
-      <c r="H827" s="8" t="s">
+        <v>5619</v>
+      </c>
+      <c r="G827" s="7" t="s">
+        <v>2987</v>
+      </c>
+      <c r="H827" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="I827" s="3" t="s">
+      <c r="I827" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="828" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A828" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>4870</v>
-[...7 lines deleted...]
-      <c r="E828" s="3" t="s">
+        <v>4869</v>
+      </c>
+      <c r="C828" s="8" t="s">
+        <v>4475</v>
+      </c>
+      <c r="D828" s="5" t="s">
         <v>1714</v>
       </c>
+      <c r="E828" s="1" t="s">
+        <v>1713</v>
+      </c>
       <c r="F828" s="1" t="s">
-        <v>5626</v>
-[...4 lines deleted...]
-      <c r="H828" s="8" t="s">
+        <v>5624</v>
+      </c>
+      <c r="G828" s="7" t="s">
         <v>1712</v>
       </c>
-      <c r="I828" s="3" t="s">
+      <c r="H828" s="3" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I828" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="829" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A829" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3529</v>
-[...4 lines deleted...]
-      <c r="D829" s="41" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C829" s="8" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D829" s="27" t="s">
         <v>388</v>
       </c>
-      <c r="E829" s="3" t="s">
+      <c r="E829" s="1" t="s">
         <v>387</v>
       </c>
       <c r="F829" s="1" t="s">
-        <v>5625</v>
-[...1 lines deleted...]
-      <c r="G829" s="12" t="s">
+        <v>5623</v>
+      </c>
+      <c r="G829" s="7" t="s">
         <v>386</v>
       </c>
-      <c r="H829" s="8" t="s">
+      <c r="H829" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I829" s="3" t="s">
+      <c r="I829" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="830" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A830" s="1" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B830" s="1" t="s">
+        <v>4728</v>
+      </c>
+      <c r="C830" s="8" t="s">
         <v>4729</v>
       </c>
-      <c r="C830" s="36" t="s">
-[...6 lines deleted...]
-        <v>2397</v>
+      <c r="D830" s="5" t="s">
+        <v>2812</v>
+      </c>
+      <c r="E830" s="1" t="s">
+        <v>2396</v>
       </c>
       <c r="F830" s="1" t="s">
-        <v>5623</v>
-[...4 lines deleted...]
-      <c r="H830" s="8" t="s">
+        <v>5621</v>
+      </c>
+      <c r="G830" s="7" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H830" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="I830" s="3" t="s">
+      <c r="I830" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="831" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A831" s="1" t="s">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>3166</v>
-[...8 lines deleted...]
-        <v>1496</v>
+        <v>3165</v>
+      </c>
+      <c r="C831" s="8" t="s">
+        <v>3094</v>
+      </c>
+      <c r="D831" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E831" s="1" t="s">
+        <v>1495</v>
       </c>
       <c r="F831" s="1"/>
-      <c r="G831" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H831" s="8" t="s">
+      <c r="G831" s="7" t="s">
         <v>2175</v>
       </c>
-      <c r="I831" s="3" t="s">
+      <c r="H831" s="3" t="s">
+        <v>2174</v>
+      </c>
+      <c r="I831" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="832" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A832" s="1" t="s">
+        <v>4733</v>
+      </c>
+      <c r="B832" s="1" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C832" s="8" t="s">
         <v>4734</v>
       </c>
-      <c r="B832" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D832" s="60" t="s">
+      <c r="D832" s="49" t="s">
         <v>196</v>
       </c>
-      <c r="E832" s="3" t="s">
+      <c r="E832" s="1" t="s">
         <v>195</v>
       </c>
       <c r="F832" s="1" t="s">
-        <v>5628</v>
-[...1 lines deleted...]
-      <c r="G832" s="12" t="s">
+        <v>5626</v>
+      </c>
+      <c r="G832" s="7" t="s">
         <v>194</v>
       </c>
-      <c r="H832" s="8" t="s">
+      <c r="H832" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="I832" s="3" t="s">
+      <c r="I832" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="833" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A833" s="1" t="s">
+        <v>4735</v>
+      </c>
+      <c r="B833" s="1" t="s">
         <v>4736</v>
       </c>
-      <c r="B833" s="1" t="s">
+      <c r="C833" s="8" t="s">
         <v>4737</v>
       </c>
-      <c r="C833" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E833" s="3" t="s">
+      <c r="D833" s="27" t="s">
         <v>2236</v>
       </c>
+      <c r="E833" s="1" t="s">
+        <v>2235</v>
+      </c>
       <c r="F833" s="1" t="s">
-        <v>5629</v>
-[...7 lines deleted...]
-      <c r="I833" s="3" t="s">
+        <v>5627</v>
+      </c>
+      <c r="G833" s="7" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H833" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I833" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="834" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A834" s="1" t="s">
-        <v>4247</v>
+        <v>4246</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>3520</v>
-[...10 lines deleted...]
-      <c r="F834" s="2">
+        <v>3519</v>
+      </c>
+      <c r="C834" s="8" t="s">
+        <v>4738</v>
+      </c>
+      <c r="D834" s="5" t="s">
+        <v>2842</v>
+      </c>
+      <c r="E834" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F834" s="12">
         <v>56993813704</v>
       </c>
-      <c r="G834" s="12" t="s">
-[...5 lines deleted...]
-      <c r="I834" s="3" t="s">
+      <c r="G834" s="7" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H834" s="3" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I834" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="835" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A835" s="1" t="s">
+        <v>4739</v>
+      </c>
+      <c r="B835" s="1" t="s">
+        <v>3813</v>
+      </c>
+      <c r="C835" s="8" t="s">
         <v>4740</v>
       </c>
-      <c r="B835" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D835" s="44" t="s">
+      <c r="D835" s="28" t="s">
         <v>630</v>
       </c>
-      <c r="E835" s="3" t="s">
+      <c r="E835" s="1" t="s">
         <v>629</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>5630</v>
-[...1 lines deleted...]
-      <c r="G835" s="12" t="s">
+        <v>5628</v>
+      </c>
+      <c r="G835" s="7" t="s">
         <v>628</v>
       </c>
-      <c r="H835" s="8" t="s">
+      <c r="H835" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="I835" s="3" t="s">
+      <c r="I835" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="836" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A836" s="1" t="s">
+        <v>4741</v>
+      </c>
+      <c r="B836" s="1" t="s">
         <v>4742</v>
       </c>
-      <c r="B836" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D836" s="32" t="s">
+      <c r="C836" s="8" t="s">
+        <v>4188</v>
+      </c>
+      <c r="D836" s="5" t="s">
         <v>654</v>
       </c>
-      <c r="E836" s="3" t="s">
+      <c r="E836" s="1" t="s">
         <v>653</v>
       </c>
       <c r="F836" s="1" t="s">
-        <v>5631</v>
-[...1 lines deleted...]
-      <c r="G836" s="12" t="s">
+        <v>5629</v>
+      </c>
+      <c r="G836" s="7" t="s">
         <v>652</v>
       </c>
-      <c r="H836" s="8" t="s">
+      <c r="H836" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="I836" s="3" t="s">
+      <c r="I836" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="837" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A837" s="1" t="s">
+        <v>4743</v>
+      </c>
+      <c r="B837" s="1" t="s">
         <v>4744</v>
       </c>
-      <c r="B837" s="1" t="s">
+      <c r="C837" s="8" t="s">
         <v>4745</v>
       </c>
-      <c r="C837" s="36" t="s">
-[...6 lines deleted...]
-        <v>971</v>
+      <c r="D837" s="5" t="s">
+        <v>2894</v>
+      </c>
+      <c r="E837" s="1" t="s">
+        <v>970</v>
       </c>
       <c r="F837" s="1" t="s">
-        <v>5632</v>
-[...4 lines deleted...]
-      <c r="H837" s="8" t="s">
+        <v>5630</v>
+      </c>
+      <c r="G837" s="7" t="s">
         <v>969</v>
       </c>
-      <c r="I837" s="3" t="s">
+      <c r="H837" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="I837" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="838" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A838" s="1" t="s">
-        <v>4269</v>
+        <v>4268</v>
       </c>
       <c r="B838" s="1" t="s">
-        <v>3107</v>
-[...7 lines deleted...]
-      <c r="E838" s="3" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C838" s="8" t="s">
+        <v>4746</v>
+      </c>
+      <c r="D838" s="5" t="s">
         <v>1462</v>
       </c>
+      <c r="E838" s="1" t="s">
+        <v>1461</v>
+      </c>
       <c r="F838" s="1" t="s">
-        <v>5633</v>
-[...7 lines deleted...]
-      <c r="I838" s="3" t="s">
+        <v>5631</v>
+      </c>
+      <c r="G838" s="7" t="s">
+        <v>3029</v>
+      </c>
+      <c r="H838" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I838" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="839" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A839" s="1" t="s">
-        <v>4729</v>
+        <v>4728</v>
       </c>
       <c r="B839" s="1" t="s">
-        <v>4748</v>
-[...7 lines deleted...]
-      <c r="E839" s="3" t="s">
+        <v>4747</v>
+      </c>
+      <c r="C839" s="8" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D839" s="5" t="s">
         <v>2034</v>
       </c>
+      <c r="E839" s="1" t="s">
+        <v>2033</v>
+      </c>
       <c r="F839" s="1" t="s">
-        <v>5634</v>
-[...4 lines deleted...]
-      <c r="H839" s="8" t="s">
+        <v>5632</v>
+      </c>
+      <c r="G839" s="7" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H839" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="I839" s="3" t="s">
+      <c r="I839" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="840" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A840" s="1" t="s">
-        <v>4729</v>
+        <v>4728</v>
       </c>
       <c r="B840" s="1" t="s">
-        <v>3108</v>
-[...4 lines deleted...]
-      <c r="D840" s="32" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C840" s="8" t="s">
+        <v>4748</v>
+      </c>
+      <c r="D840" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="E840" s="3" t="s">
+      <c r="E840" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="F840" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G840" s="12" t="s">
+      <c r="F840" s="13" t="s">
+        <v>5633</v>
+      </c>
+      <c r="G840" s="7" t="s">
         <v>604</v>
       </c>
-      <c r="H840" s="8" t="s">
+      <c r="H840" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="I840" s="3" t="s">
+      <c r="I840" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="841" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A841" s="1" t="s">
+        <v>4749</v>
+      </c>
+      <c r="B841" s="1" t="s">
         <v>4750</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="C841" s="8" t="s">
         <v>4751</v>
       </c>
-      <c r="C841" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D841" s="32" t="s">
+      <c r="D841" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="E841" s="3" t="s">
+      <c r="E841" s="1" t="s">
         <v>424</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>5636</v>
-[...1 lines deleted...]
-      <c r="G841" s="12" t="s">
+        <v>5634</v>
+      </c>
+      <c r="G841" s="7" t="s">
         <v>423</v>
       </c>
-      <c r="H841" s="8" t="s">
+      <c r="H841" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I841" s="3" t="s">
+      <c r="I841" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="842" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A842" s="1" t="s">
-        <v>3183</v>
+        <v>3182</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>3139</v>
-[...4 lines deleted...]
-      <c r="D842" s="32" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C842" s="8" t="s">
+        <v>4752</v>
+      </c>
+      <c r="D842" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="E842" s="3" t="s">
+      <c r="E842" s="1" t="s">
         <v>272</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>5637</v>
-[...1 lines deleted...]
-      <c r="G842" s="12" t="s">
+        <v>5635</v>
+      </c>
+      <c r="G842" s="7" t="s">
         <v>271</v>
       </c>
-      <c r="H842" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I842" s="3" t="s">
+      <c r="H842" s="3" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I842" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="843" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A843" s="1" t="s">
+        <v>4753</v>
+      </c>
+      <c r="B843" s="1" t="s">
         <v>4754</v>
       </c>
-      <c r="B843" s="1" t="s">
+      <c r="C843" s="8" t="s">
         <v>4755</v>
       </c>
-      <c r="C843" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E843" s="3" t="s">
+      <c r="D843" s="5" t="s">
         <v>2349</v>
       </c>
+      <c r="E843" s="1" t="s">
+        <v>2348</v>
+      </c>
       <c r="F843" s="1" t="s">
-        <v>5638</v>
-[...4 lines deleted...]
-      <c r="H843" s="8" t="s">
+        <v>5636</v>
+      </c>
+      <c r="G843" s="7" t="s">
         <v>2347</v>
       </c>
-      <c r="I843" s="3" t="s">
+      <c r="H843" s="3" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I843" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="844" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A844" s="1" t="s">
+        <v>4756</v>
+      </c>
+      <c r="B844" s="1" t="s">
         <v>4757</v>
       </c>
-      <c r="B844" s="1" t="s">
-[...9 lines deleted...]
-        <v>2485</v>
+      <c r="C844" s="8" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D844" s="27" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E844" s="1" t="s">
+        <v>2484</v>
       </c>
       <c r="F844" s="1" t="s">
-        <v>5639</v>
-[...1 lines deleted...]
-      <c r="G844" s="12" t="s">
+        <v>5637</v>
+      </c>
+      <c r="G844" s="7" t="s">
         <v>644</v>
       </c>
-      <c r="H844" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I844" s="3" t="s">
+      <c r="H844" s="3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I844" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="845" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A845" s="1" t="s">
+        <v>4758</v>
+      </c>
+      <c r="B845" s="1" t="s">
+        <v>4608</v>
+      </c>
+      <c r="C845" s="8" t="s">
         <v>4759</v>
       </c>
-      <c r="B845" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D845" s="32" t="s">
+      <c r="D845" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="E845" s="3" t="s">
+      <c r="E845" s="1" t="s">
         <v>743</v>
       </c>
       <c r="F845" s="1" t="s">
-        <v>5640</v>
-[...1 lines deleted...]
-      <c r="G845" s="12" t="s">
+        <v>5638</v>
+      </c>
+      <c r="G845" s="7" t="s">
         <v>742</v>
       </c>
-      <c r="H845" s="8" t="s">
+      <c r="H845" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I845" s="3" t="s">
+      <c r="I845" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="846" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A846" s="1" t="s">
+        <v>4760</v>
+      </c>
+      <c r="B846" s="1" t="s">
         <v>4761</v>
       </c>
-      <c r="B846" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D846" s="32" t="s">
+      <c r="C846" s="8" t="s">
+        <v>4345</v>
+      </c>
+      <c r="D846" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E846" s="3" t="s">
+      <c r="E846" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F846" s="1" t="s">
-        <v>5641</v>
-[...1 lines deleted...]
-      <c r="G846" s="12" t="s">
+        <v>5639</v>
+      </c>
+      <c r="G846" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="H846" s="8" t="s">
+      <c r="H846" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="I846" s="3" t="s">
+      <c r="I846" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="847" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A847" s="1" t="s">
+        <v>4762</v>
+      </c>
+      <c r="B847" s="1" t="s">
         <v>4763</v>
       </c>
-      <c r="B847" s="1" t="s">
+      <c r="C847" s="8" t="s">
         <v>4764</v>
       </c>
-      <c r="C847" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D847" s="32" t="s">
+      <c r="D847" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="E847" s="3" t="s">
+      <c r="E847" s="1" t="s">
         <v>140</v>
       </c>
       <c r="F847" s="1" t="s">
-        <v>5642</v>
-[...1 lines deleted...]
-      <c r="G847" s="12" t="s">
+        <v>5640</v>
+      </c>
+      <c r="G847" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="H847" s="8" t="s">
+      <c r="H847" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="I847" s="3" t="s">
+      <c r="I847" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="848" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A848" s="1" t="s">
-        <v>3232</v>
+        <v>3231</v>
       </c>
       <c r="B848" s="1" t="s">
-        <v>3625</v>
-[...8 lines deleted...]
-        <v>2459</v>
+        <v>3624</v>
+      </c>
+      <c r="C848" s="8" t="s">
+        <v>4076</v>
+      </c>
+      <c r="D848" s="5" t="s">
+        <v>2884</v>
+      </c>
+      <c r="E848" s="1" t="s">
+        <v>2458</v>
       </c>
       <c r="F848" s="1"/>
-      <c r="G848" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H848" s="8" t="s">
+      <c r="G848" s="7" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H848" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="I848" s="3" t="s">
+      <c r="I848" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="849" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A849" s="1" t="s">
+        <v>4765</v>
+      </c>
+      <c r="B849" s="1" t="s">
         <v>4766</v>
       </c>
-      <c r="B849" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D849" s="41" t="s">
+      <c r="C849" s="8" t="s">
+        <v>4768</v>
+      </c>
+      <c r="D849" s="27" t="s">
         <v>717</v>
       </c>
-      <c r="E849" s="3" t="s">
+      <c r="E849" s="1" t="s">
         <v>716</v>
       </c>
       <c r="F849" s="1" t="s">
-        <v>5644</v>
-[...1 lines deleted...]
-      <c r="G849" s="12" t="s">
+        <v>5642</v>
+      </c>
+      <c r="G849" s="7" t="s">
         <v>715</v>
       </c>
-      <c r="H849" s="8" t="s">
+      <c r="H849" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="I849" s="3" t="s">
+      <c r="I849" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="850" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A850" s="1" t="s">
+        <v>4765</v>
+      </c>
+      <c r="B850" s="1" t="s">
         <v>4766</v>
       </c>
-      <c r="B850" s="1" t="s">
+      <c r="C850" s="8" t="s">
         <v>4767</v>
       </c>
-      <c r="C850" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E850" s="3" t="s">
+      <c r="D850" s="27" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E850" s="1" t="s">
         <v>716</v>
       </c>
       <c r="F850" s="1" t="s">
-        <v>5643</v>
-[...4 lines deleted...]
-      <c r="H850" s="8" t="s">
+        <v>5641</v>
+      </c>
+      <c r="G850" s="7" t="s">
         <v>1757</v>
       </c>
-      <c r="I850" s="3" t="s">
+      <c r="H850" s="3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="I850" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="851" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A851" s="1" t="s">
+        <v>4769</v>
+      </c>
+      <c r="B851" s="1" t="s">
         <v>4770</v>
       </c>
-      <c r="B851" s="1" t="s">
+      <c r="C851" s="8" t="s">
         <v>4771</v>
       </c>
-      <c r="C851" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E851" s="3" t="s">
+      <c r="D851" s="5" t="s">
+        <v>2846</v>
+      </c>
+      <c r="E851" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="F851" s="2">
+      <c r="F851" s="12">
         <v>56993813705</v>
       </c>
-      <c r="G851" s="12" t="s">
-[...2 lines deleted...]
-      <c r="H851" s="8" t="s">
+      <c r="G851" s="7" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H851" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="I851" s="3" t="s">
+      <c r="I851" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="852" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A852" s="1" t="s">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3125</v>
-[...4 lines deleted...]
-      <c r="D852" s="41" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C852" s="8" t="s">
+        <v>4772</v>
+      </c>
+      <c r="D852" s="27" t="s">
         <v>147</v>
       </c>
-      <c r="E852" s="3" t="s">
+      <c r="E852" s="1" t="s">
         <v>146</v>
       </c>
       <c r="F852" s="1" t="s">
-        <v>5645</v>
-[...4 lines deleted...]
-      <c r="H852" s="8" t="s">
+        <v>5643</v>
+      </c>
+      <c r="G852" s="7" t="s">
+        <v>3082</v>
+      </c>
+      <c r="H852" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="I852" s="3" t="s">
+      <c r="I852" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="853" spans="1:9" ht="51" x14ac:dyDescent="0.25">
       <c r="A853" s="1" t="s">
+        <v>4773</v>
+      </c>
+      <c r="B853" s="1" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C853" s="8" t="s">
         <v>4774</v>
       </c>
-      <c r="B853" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E853" s="3" t="s">
+      <c r="D853" s="5" t="s">
         <v>1434</v>
       </c>
+      <c r="E853" s="1" t="s">
+        <v>1433</v>
+      </c>
       <c r="F853" s="1" t="s">
-        <v>5646</v>
-[...7 lines deleted...]
-      <c r="I853" s="3" t="s">
+        <v>5644</v>
+      </c>
+      <c r="G853" s="7" t="s">
+        <v>3032</v>
+      </c>
+      <c r="H853" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I853" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="854" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A854" s="1" t="s">
-        <v>3129</v>
+        <v>3128</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3750</v>
-[...7 lines deleted...]
-      <c r="E854" s="3" t="s">
+        <v>3749</v>
+      </c>
+      <c r="C854" s="8" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D854" s="27" t="s">
         <v>1538</v>
       </c>
+      <c r="E854" s="1" t="s">
+        <v>1537</v>
+      </c>
       <c r="F854" s="1" t="s">
-        <v>5647</v>
-[...7 lines deleted...]
-      <c r="I854" s="3" t="s">
+        <v>5645</v>
+      </c>
+      <c r="G854" s="7" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H854" s="3" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I854" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="855" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A855" s="1" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
       <c r="B855" s="1" t="s">
-        <v>3165</v>
-[...4 lines deleted...]
-      <c r="D855" s="32" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C855" s="8" t="s">
+        <v>4775</v>
+      </c>
+      <c r="D855" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="E855" s="3" t="s">
+      <c r="E855" s="1" t="s">
         <v>32</v>
       </c>
       <c r="F855" s="1" t="s">
-        <v>5648</v>
-[...4 lines deleted...]
-      <c r="H855" s="8" t="s">
+        <v>5646</v>
+      </c>
+      <c r="G855" s="7" t="s">
+        <v>4829</v>
+      </c>
+      <c r="H855" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="I855" s="3" t="s">
+      <c r="I855" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="856" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A856" s="1" t="s">
+        <v>3849</v>
+      </c>
+      <c r="B856" s="1" t="s">
         <v>3850</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="C856" s="8" t="s">
         <v>3851</v>
       </c>
-      <c r="C856" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D856" s="32" t="s">
+      <c r="D856" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="E856" s="3" t="s">
+      <c r="E856" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F856" s="1" t="s">
-        <v>5649</v>
-[...1 lines deleted...]
-      <c r="G856" s="12" t="s">
+        <v>5647</v>
+      </c>
+      <c r="G856" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="H856" s="8" t="s">
+      <c r="H856" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="I856" s="3" t="s">
+      <c r="I856" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="857" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A857" s="1" t="s">
-        <v>3850</v>
+        <v>3849</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>4676</v>
-[...19 lines deleted...]
-      <c r="I857" s="3" t="s">
+        <v>4675</v>
+      </c>
+      <c r="C857" s="8" t="s">
+        <v>4776</v>
+      </c>
+      <c r="D857" s="5" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E857" s="1" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F857" s="13" t="s">
+        <v>5648</v>
+      </c>
+      <c r="G857" s="7" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H857" s="3" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I857" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="858" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A858" s="1" t="s">
-        <v>3953</v>
+        <v>3952</v>
       </c>
       <c r="B858" s="1" t="s">
+        <v>4777</v>
+      </c>
+      <c r="C858" s="8" t="s">
         <v>4778</v>
       </c>
-      <c r="C858" s="36" t="s">
-[...5 lines deleted...]
-      <c r="E858" s="3" t="s">
+      <c r="D858" s="5" t="s">
         <v>1418</v>
       </c>
+      <c r="E858" s="1" t="s">
+        <v>1417</v>
+      </c>
       <c r="F858" s="1" t="s">
-        <v>5651</v>
-[...4 lines deleted...]
-      <c r="H858" s="8" t="s">
+        <v>5649</v>
+      </c>
+      <c r="G858" s="7" t="s">
         <v>1416</v>
       </c>
-      <c r="I858" s="3" t="s">
+      <c r="H858" s="3" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I858" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="859" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A859" s="1" t="s">
+        <v>4779</v>
+      </c>
+      <c r="B859" s="1" t="s">
         <v>4780</v>
       </c>
-      <c r="B859" s="1" t="s">
+      <c r="C859" s="8" t="s">
         <v>4781</v>
       </c>
-      <c r="C859" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D859" s="32" t="s">
+      <c r="D859" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="E859" s="3" t="s">
-        <v>2509</v>
+      <c r="E859" s="1" t="s">
+        <v>2508</v>
       </c>
       <c r="F859" s="1" t="s">
-        <v>5652</v>
-[...1 lines deleted...]
-      <c r="G859" s="12" t="s">
+        <v>5650</v>
+      </c>
+      <c r="G859" s="7" t="s">
         <v>383</v>
       </c>
-      <c r="H859" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I859" s="3" t="s">
+      <c r="H859" s="3" t="s">
+        <v>4912</v>
+      </c>
+      <c r="I859" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="860" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A860" s="1" t="s">
-        <v>3714</v>
+        <v>3713</v>
       </c>
       <c r="B860" s="1" t="s">
-        <v>3745</v>
-[...1 lines deleted...]
-      <c r="C860" s="36" t="s">
+        <v>3744</v>
+      </c>
+      <c r="C860" s="8" t="s">
+        <v>4782</v>
+      </c>
+      <c r="D860" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="E860" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="F860" s="1" t="s">
+        <v>5651</v>
+      </c>
+      <c r="G860" s="7" t="s">
+        <v>674</v>
+      </c>
+      <c r="H860" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="I860" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="A861" s="10" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B861" s="10" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C861" s="50" t="s">
         <v>4783</v>
       </c>
-      <c r="D860" s="32" t="s">
-[...31 lines deleted...]
-      <c r="E861" s="18" t="s">
+      <c r="D861" s="47" t="s">
         <v>949</v>
       </c>
-      <c r="F861" s="17" t="s">
-[...5 lines deleted...]
-      <c r="H861" s="30" t="s">
+      <c r="E861" s="10" t="s">
         <v>948</v>
       </c>
-      <c r="I861" s="18" t="s">
+      <c r="F861" s="10" t="s">
+        <v>5652</v>
+      </c>
+      <c r="G861" s="16" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H861" s="19" t="s">
+        <v>947</v>
+      </c>
+      <c r="I861" s="10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="862" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A862" s="1" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B862" s="1" t="s">
         <v>3176</v>
       </c>
-      <c r="B862" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E862" s="3" t="s">
+      <c r="C862" s="8" t="s">
+        <v>3098</v>
+      </c>
+      <c r="D862" s="5" t="s">
         <v>999</v>
       </c>
+      <c r="E862" s="1" t="s">
+        <v>998</v>
+      </c>
       <c r="F862" s="1" t="s">
-        <v>5655</v>
-[...4 lines deleted...]
-      <c r="H862" s="8" t="s">
+        <v>5653</v>
+      </c>
+      <c r="G862" s="7" t="s">
         <v>997</v>
       </c>
-      <c r="I862" s="3" t="s">
+      <c r="H862" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="I862" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="863" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A863" s="1" t="s">
-        <v>3675</v>
+        <v>3674</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>3322</v>
-[...7 lines deleted...]
-      <c r="E863" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C863" s="8" t="s">
+        <v>4784</v>
+      </c>
+      <c r="D863" s="5" t="s">
         <v>1522</v>
       </c>
+      <c r="E863" s="1" t="s">
+        <v>1521</v>
+      </c>
       <c r="F863" s="1" t="s">
-        <v>5656</v>
-[...4 lines deleted...]
-      <c r="H863" s="8" t="s">
+        <v>5654</v>
+      </c>
+      <c r="G863" s="7" t="s">
         <v>1520</v>
       </c>
-      <c r="I863" s="3" t="s">
+      <c r="H863" s="3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I863" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="864" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A864" s="1" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>3340</v>
-[...7 lines deleted...]
-      <c r="E864" s="3" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C864" s="8" t="s">
+        <v>4785</v>
+      </c>
+      <c r="D864" s="5" t="s">
         <v>1890</v>
       </c>
+      <c r="E864" s="1" t="s">
+        <v>1889</v>
+      </c>
       <c r="F864" s="1"/>
-      <c r="G864" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H864" s="3" t="s">
+      <c r="G864" s="8" t="s">
         <v>1888</v>
       </c>
-      <c r="I864" s="3" t="s">
+      <c r="H864" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="I864" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="865" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A865" s="1" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="B865" s="1" t="s">
-        <v>3152</v>
-[...7 lines deleted...]
-      <c r="E865" s="3" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C865" s="8" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D865" s="5" t="s">
         <v>2067</v>
       </c>
+      <c r="E865" s="1" t="s">
+        <v>2066</v>
+      </c>
       <c r="F865" s="1" t="s">
-        <v>5657</v>
-[...4 lines deleted...]
-      <c r="H865" s="3" t="s">
+        <v>5655</v>
+      </c>
+      <c r="G865" s="8" t="s">
         <v>2065</v>
       </c>
-      <c r="I865" s="3" t="s">
+      <c r="H865" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I865" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="866" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A866" s="1" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3152</v>
-[...7 lines deleted...]
-      <c r="E866" s="3" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C866" s="8" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D866" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E866" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F866" s="1" t="s">
-        <v>5659</v>
-[...4 lines deleted...]
-      <c r="H866" s="3" t="s">
+        <v>5657</v>
+      </c>
+      <c r="G866" s="8" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H866" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="I866" s="3" t="s">
+      <c r="I866" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="867" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A867" s="1" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>4323</v>
-[...7 lines deleted...]
-      <c r="E867" s="3" t="s">
+        <v>4322</v>
+      </c>
+      <c r="C867" s="8" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D867" s="5" t="s">
         <v>1016</v>
       </c>
+      <c r="E867" s="1" t="s">
+        <v>1015</v>
+      </c>
       <c r="F867" s="1" t="s">
-        <v>5658</v>
-[...4 lines deleted...]
-      <c r="H867" s="3" t="s">
+        <v>5656</v>
+      </c>
+      <c r="G867" s="8" t="s">
         <v>1014</v>
       </c>
-      <c r="I867" s="3" t="s">
-        <v>0</v>
+      <c r="H867" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="I867" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="868" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="F868" s="6" t="s">
+        <v>5698</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I867" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <autoFilter ref="A1:I868" xr:uid="{00000000-0001-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I867">
       <sortCondition ref="B6:B867"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:O868">
     <sortCondition ref="A1:A868"/>
   </sortState>
   <phoneticPr fontId="14" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G533" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...320 lines deleted...]
-    <hyperlink ref="G836" r:id="rId322" xr:uid="{00000000-0004-0000-0000-000048010000}"/>
+    <hyperlink ref="G372" r:id="rId1" xr:uid="{5A34B574-94CF-46AD-BDE7-FA83E4379522}"/>
+    <hyperlink ref="G646" r:id="rId2" xr:uid="{DE7C18A0-EADC-40BC-B9C0-02582B0C5C65}"/>
+    <hyperlink ref="G331" r:id="rId3" xr:uid="{D2A200EA-0F7C-4347-A901-6DAFE958F433}"/>
+    <hyperlink ref="G12" r:id="rId4" xr:uid="{AB821FF6-9F07-40B6-A08B-487B90AB77B3}"/>
+    <hyperlink ref="G114" r:id="rId5" display="irenebrachogarcia@gmail.com" xr:uid="{00000000-0004-0000-0000-000066020000}"/>
+    <hyperlink ref="G743" r:id="rId6" display="mailto:csilva@silvaprieto.cl" xr:uid="{AE6C3C8D-0373-4C1B-8BA6-E0FA96ABEB23}"/>
+    <hyperlink ref="G827" r:id="rId7" display="AVERGARA@LVCH.CL" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="G545" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000043020000}"/>
+    <hyperlink ref="G463" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="G470" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000035010000}"/>
+    <hyperlink ref="G162" r:id="rId11" display="LECASTROJIMENEZ@GMAIL.COM" xr:uid="{6E8D0BFA-5755-4723-A2C3-F4A345BCC70D}"/>
+    <hyperlink ref="G581" r:id="rId12" xr:uid="{00000000-0004-0000-0000-000036020000}"/>
+    <hyperlink ref="G361" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="G131" r:id="rId14" display="Felipecaceres@caceresycia.com" xr:uid="{00000000-0004-0000-0000-00003C020000}"/>
+    <hyperlink ref="G561" r:id="rId15" display="moyarzun@yavar.cl ; moyarzunithugmail.com" xr:uid="{00000000-0004-0000-0000-0000DE010000}"/>
+    <hyperlink ref="G396" r:id="rId16" xr:uid="{366F6545-E9DB-41D9-BCD7-59E92857779E}"/>
+    <hyperlink ref="G248" r:id="rId17" xr:uid="{EE28C6BD-720F-45C3-87CF-F1E8A205EDBF}"/>
+    <hyperlink ref="G16" r:id="rId18" xr:uid="{7CFC0CF9-6F07-42B6-9932-8FAE50D64C12}"/>
+    <hyperlink ref="G659" r:id="rId19" xr:uid="{00000000-0004-0000-0000-00007E020000}"/>
+    <hyperlink ref="G776" r:id="rId20" xr:uid="{00000000-0004-0000-0000-00007D020000}"/>
+    <hyperlink ref="G13" r:id="rId21" display="aahumada@ahumadayasociados.cl; " xr:uid="{00000000-0004-0000-0000-00007C020000}"/>
+    <hyperlink ref="G207" r:id="rId22" display="ACUEVAS@YAVAR.CL;" xr:uid="{00000000-0004-0000-0000-00007B020000}"/>
+    <hyperlink ref="G573" r:id="rId23" xr:uid="{00000000-0004-0000-0000-00007A020000}"/>
+    <hyperlink ref="G120" r:id="rId24" display="JUAN.BRIONES@VMKLEGAL.CL" xr:uid="{00000000-0004-0000-0000-000079020000}"/>
+    <hyperlink ref="G866" r:id="rId25" display="CARLOS@ZUNIGAHURTADO.CL" xr:uid="{00000000-0004-0000-0000-000078020000}"/>
+    <hyperlink ref="G501" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000077020000}"/>
+    <hyperlink ref="G289" r:id="rId27" xr:uid="{00000000-0004-0000-0000-000076020000}"/>
+    <hyperlink ref="G72" r:id="rId28" xr:uid="{00000000-0004-0000-0000-000075020000}"/>
+    <hyperlink ref="G383" r:id="rId29" xr:uid="{00000000-0004-0000-0000-000074020000}"/>
+    <hyperlink ref="G753" r:id="rId30" display="CLSOZAV@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000073020000}"/>
+    <hyperlink ref="G398" r:id="rId31" xr:uid="{00000000-0004-0000-0000-000072020000}"/>
+    <hyperlink ref="G633" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000071020000}"/>
+    <hyperlink ref="G169" r:id="rId33" xr:uid="{00000000-0004-0000-0000-000070020000}"/>
+    <hyperlink ref="G301" r:id="rId34" xr:uid="{00000000-0004-0000-0000-00006F020000}"/>
+    <hyperlink ref="G258" r:id="rId35" xr:uid="{00000000-0004-0000-0000-00006E020000}"/>
+    <hyperlink ref="G852" r:id="rId36" display="SYUTRONIC@YCABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-00006D020000}"/>
+    <hyperlink ref="G381" r:id="rId37" xr:uid="{00000000-0004-0000-0000-00006C020000}"/>
+    <hyperlink ref="G821" r:id="rId38" xr:uid="{00000000-0004-0000-0000-00006B020000}"/>
+    <hyperlink ref="G405" r:id="rId39" xr:uid="{00000000-0004-0000-0000-00006A020000}"/>
+    <hyperlink ref="G6" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000069020000}"/>
+    <hyperlink ref="G40" r:id="rId41" display="JFALOPEZ@LVAB.CL" xr:uid="{00000000-0004-0000-0000-000068020000}"/>
+    <hyperlink ref="G195" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000067020000}"/>
+    <hyperlink ref="G671" r:id="rId43" xr:uid="{00000000-0004-0000-0000-000065020000}"/>
+    <hyperlink ref="G571" r:id="rId44" xr:uid="{00000000-0004-0000-0000-000064020000}"/>
+    <hyperlink ref="G353" r:id="rId45" xr:uid="{00000000-0004-0000-0000-000063020000}"/>
+    <hyperlink ref="G283" r:id="rId46" display="flores.abogada@gmail.com y/o cflores@solucionesjudiciales.cl" xr:uid="{00000000-0004-0000-0000-000062020000}"/>
+    <hyperlink ref="G155" r:id="rId47" xr:uid="{00000000-0004-0000-0000-000061020000}"/>
+    <hyperlink ref="G569" r:id="rId48" xr:uid="{00000000-0004-0000-0000-000060020000}"/>
+    <hyperlink ref="G816" r:id="rId49" xr:uid="{00000000-0004-0000-0000-00005F020000}"/>
+    <hyperlink ref="G137" r:id="rId50" xr:uid="{00000000-0004-0000-0000-00005E020000}"/>
+    <hyperlink ref="G660" r:id="rId51" xr:uid="{00000000-0004-0000-0000-00005D020000}"/>
+    <hyperlink ref="G323" r:id="rId52" xr:uid="{00000000-0004-0000-0000-00005C020000}"/>
+    <hyperlink ref="G554" r:id="rId53" xr:uid="{00000000-0004-0000-0000-00005B020000}"/>
+    <hyperlink ref="G471" r:id="rId54" display="FCOMENESESP@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00005A020000}"/>
+    <hyperlink ref="G520" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000059020000}"/>
+    <hyperlink ref="G63" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000058020000}"/>
+    <hyperlink ref="G546" r:id="rId57" display="RICARDO.OLIVARES@VMKLEGAL.CL" xr:uid="{00000000-0004-0000-0000-000057020000}"/>
+    <hyperlink ref="G552" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000056020000}"/>
+    <hyperlink ref="G324" r:id="rId59" xr:uid="{00000000-0004-0000-0000-000055020000}"/>
+    <hyperlink ref="G190" r:id="rId60" xr:uid="{00000000-0004-0000-0000-000054020000}"/>
+    <hyperlink ref="G837" r:id="rId61" xr:uid="{00000000-0004-0000-0000-000053020000}"/>
+    <hyperlink ref="G371" r:id="rId62" xr:uid="{00000000-0004-0000-0000-000052020000}"/>
+    <hyperlink ref="G391" r:id="rId63" xr:uid="{00000000-0004-0000-0000-000051020000}"/>
+    <hyperlink ref="G454" r:id="rId64" xr:uid="{00000000-0004-0000-0000-000050020000}"/>
+    <hyperlink ref="G654" r:id="rId65" xr:uid="{00000000-0004-0000-0000-00004F020000}"/>
+    <hyperlink ref="G566" r:id="rId66" xr:uid="{00000000-0004-0000-0000-00004E020000}"/>
+    <hyperlink ref="G801" r:id="rId67" display="J.VALENZUELAFAR@_x000a_GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00004D020000}"/>
+    <hyperlink ref="G760" r:id="rId68" xr:uid="{00000000-0004-0000-0000-00004C020000}"/>
+    <hyperlink ref="G543" r:id="rId69" xr:uid="{00000000-0004-0000-0000-00004B020000}"/>
+    <hyperlink ref="G609" r:id="rId70" xr:uid="{00000000-0004-0000-0000-00004A020000}"/>
+    <hyperlink ref="G814" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000049020000}"/>
+    <hyperlink ref="G412" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000048020000}"/>
+    <hyperlink ref="G452" r:id="rId73" display="gmarin@tomaselo.cl " xr:uid="{00000000-0004-0000-0000-000047020000}"/>
+    <hyperlink ref="G57" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000046020000}"/>
+    <hyperlink ref="G640" r:id="rId75" xr:uid="{00000000-0004-0000-0000-000045020000}"/>
+    <hyperlink ref="G620" r:id="rId76" display="ricardoquezada@derecho.uchile.cl" xr:uid="{00000000-0004-0000-0000-000044020000}"/>
+    <hyperlink ref="G497" r:id="rId77" xr:uid="{00000000-0004-0000-0000-000042020000}"/>
+    <hyperlink ref="G467" r:id="rId78" xr:uid="{00000000-0004-0000-0000-000041020000}"/>
+    <hyperlink ref="G49" r:id="rId79" display="Araucomaite@gmail.com" xr:uid="{00000000-0004-0000-0000-000040020000}"/>
+    <hyperlink ref="G767" r:id="rId80" display="XIME.S.TELLEZ@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00003F020000}"/>
+    <hyperlink ref="G156" r:id="rId81" xr:uid="{00000000-0004-0000-0000-00003E020000}"/>
+    <hyperlink ref="G250" r:id="rId82" display="FELIPE.DUHALDE@DUHALDEYCIA.CL" xr:uid="{00000000-0004-0000-0000-00003D020000}"/>
+    <hyperlink ref="G100" r:id="rId83" xr:uid="{00000000-0004-0000-0000-00003B020000}"/>
+    <hyperlink ref="G439" r:id="rId84" xr:uid="{00000000-0004-0000-0000-00003A020000}"/>
+    <hyperlink ref="G464" r:id="rId85" display="CMABOGADO@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000039020000}"/>
+    <hyperlink ref="G681" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000038020000}"/>
+    <hyperlink ref="G11" r:id="rId87" xr:uid="{00000000-0004-0000-0000-000037020000}"/>
+    <hyperlink ref="G357" r:id="rId88" xr:uid="{00000000-0004-0000-0000-000035020000}"/>
+    <hyperlink ref="G237" r:id="rId89" xr:uid="{00000000-0004-0000-0000-000034020000}"/>
+    <hyperlink ref="G119" r:id="rId90" xr:uid="{00000000-0004-0000-0000-000033020000}"/>
+    <hyperlink ref="G55" r:id="rId91" xr:uid="{00000000-0004-0000-0000-000032020000}"/>
+    <hyperlink ref="G83" r:id="rId92" xr:uid="{00000000-0004-0000-0000-000031020000}"/>
+    <hyperlink ref="G165" r:id="rId93" xr:uid="{00000000-0004-0000-0000-000030020000}"/>
+    <hyperlink ref="G17" r:id="rId94" xr:uid="{00000000-0004-0000-0000-00002F020000}"/>
+    <hyperlink ref="G764" r:id="rId95" xr:uid="{00000000-0004-0000-0000-00002E020000}"/>
+    <hyperlink ref="G318" r:id="rId96" xr:uid="{00000000-0004-0000-0000-00002D020000}"/>
+    <hyperlink ref="G763" r:id="rId97" xr:uid="{00000000-0004-0000-0000-00002C020000}"/>
+    <hyperlink ref="G288" r:id="rId98" xr:uid="{00000000-0004-0000-0000-00002B020000}"/>
+    <hyperlink ref="G384" r:id="rId99" xr:uid="{00000000-0004-0000-0000-00002A020000}"/>
+    <hyperlink ref="G222" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000029020000}"/>
+    <hyperlink ref="G234" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000028020000}"/>
+    <hyperlink ref="G450" r:id="rId102" display="JIMARIN@HDGROUP.CL" xr:uid="{00000000-0004-0000-0000-000027020000}"/>
+    <hyperlink ref="G143" r:id="rId103" xr:uid="{00000000-0004-0000-0000-000026020000}"/>
+    <hyperlink ref="G139" r:id="rId104" display="Jcamiruaga@caceresycia.com" xr:uid="{00000000-0004-0000-0000-000025020000}"/>
+    <hyperlink ref="G204" r:id="rId105" xr:uid="{00000000-0004-0000-0000-000024020000}"/>
+    <hyperlink ref="G27" r:id="rId106" xr:uid="{00000000-0004-0000-0000-000023020000}"/>
+    <hyperlink ref="G690" r:id="rId107" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000022020000}"/>
+    <hyperlink ref="G587" r:id="rId108" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000021020000}"/>
+    <hyperlink ref="G315" r:id="rId109" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000020020000}"/>
+    <hyperlink ref="G382" r:id="rId110" xr:uid="{00000000-0004-0000-0000-00001F020000}"/>
+    <hyperlink ref="G260" r:id="rId111" xr:uid="{00000000-0004-0000-0000-00001E020000}"/>
+    <hyperlink ref="G851" r:id="rId112" display="GLORIA.OSTOICH@VMKLEGAL.CL" xr:uid="{00000000-0004-0000-0000-00001D020000}"/>
+    <hyperlink ref="G263" r:id="rId113" xr:uid="{00000000-0004-0000-0000-00001C020000}"/>
+    <hyperlink ref="G674" r:id="rId114" display="NRODRIGUEZ@ALMMA.CL" xr:uid="{00000000-0004-0000-0000-00001B020000}"/>
+    <hyperlink ref="G522" r:id="rId115" xr:uid="{00000000-0004-0000-0000-00001A020000}"/>
+    <hyperlink ref="G718" r:id="rId116" xr:uid="{00000000-0004-0000-0000-000019020000}"/>
+    <hyperlink ref="G299" r:id="rId117" xr:uid="{00000000-0004-0000-0000-000018020000}"/>
+    <hyperlink ref="G737" r:id="rId118" xr:uid="{00000000-0004-0000-0000-000017020000}"/>
+    <hyperlink ref="G90" r:id="rId119" display="RODRIGO.BASTIDAS@VMKLEGAL.CL" xr:uid="{00000000-0004-0000-0000-000016020000}"/>
+    <hyperlink ref="G825" r:id="rId120" xr:uid="{00000000-0004-0000-0000-000015020000}"/>
+    <hyperlink ref="G785" r:id="rId121" xr:uid="{00000000-0004-0000-0000-000014020000}"/>
+    <hyperlink ref="G810" r:id="rId122" xr:uid="{00000000-0004-0000-0000-000013020000}"/>
+    <hyperlink ref="G157" r:id="rId123" xr:uid="{00000000-0004-0000-0000-000012020000}"/>
+    <hyperlink ref="G146" r:id="rId124" xr:uid="{00000000-0004-0000-0000-000011020000}"/>
+    <hyperlink ref="G438" r:id="rId125" xr:uid="{00000000-0004-0000-0000-000010020000}"/>
+    <hyperlink ref="G445" r:id="rId126" xr:uid="{00000000-0004-0000-0000-00000F020000}"/>
+    <hyperlink ref="G568" r:id="rId127" xr:uid="{00000000-0004-0000-0000-00000E020000}"/>
+    <hyperlink ref="G728" r:id="rId128" xr:uid="{00000000-0004-0000-0000-00000D020000}"/>
+    <hyperlink ref="G777" r:id="rId129" xr:uid="{00000000-0004-0000-0000-00000C020000}"/>
+    <hyperlink ref="G339" r:id="rId130" xr:uid="{00000000-0004-0000-0000-00000B020000}"/>
+    <hyperlink ref="G696" r:id="rId131" xr:uid="{00000000-0004-0000-0000-00000A020000}"/>
+    <hyperlink ref="G298" r:id="rId132" xr:uid="{00000000-0004-0000-0000-000009020000}"/>
+    <hyperlink ref="G284" r:id="rId133" xr:uid="{00000000-0004-0000-0000-000008020000}"/>
+    <hyperlink ref="G826" r:id="rId134" xr:uid="{00000000-0004-0000-0000-000007020000}"/>
+    <hyperlink ref="G293" r:id="rId135" xr:uid="{00000000-0004-0000-0000-000006020000}"/>
+    <hyperlink ref="G523" r:id="rId136" xr:uid="{00000000-0004-0000-0000-000005020000}"/>
+    <hyperlink ref="G105" r:id="rId137" xr:uid="{00000000-0004-0000-0000-000004020000}"/>
+    <hyperlink ref="G593" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000003020000}"/>
+    <hyperlink ref="G592" r:id="rId139" xr:uid="{00000000-0004-0000-0000-000002020000}"/>
+    <hyperlink ref="G750" r:id="rId140" xr:uid="{00000000-0004-0000-0000-000001020000}"/>
+    <hyperlink ref="G625" r:id="rId141" xr:uid="{00000000-0004-0000-0000-000000020000}"/>
+    <hyperlink ref="G215" r:id="rId142" display="CARLOSDAVILA@DAVILAYCIA.CL" xr:uid="{00000000-0004-0000-0000-0000FF010000}"/>
+    <hyperlink ref="G54" r:id="rId143" display="carlosarayapaz@gmail.com" xr:uid="{00000000-0004-0000-0000-0000FE010000}"/>
+    <hyperlink ref="G208" r:id="rId144" xr:uid="{00000000-0004-0000-0000-0000FD010000}"/>
+    <hyperlink ref="G307" r:id="rId145" xr:uid="{00000000-0004-0000-0000-0000FC010000}"/>
+    <hyperlink ref="G420" r:id="rId146" display="JPLEPPE@YAHOO.COM" xr:uid="{00000000-0004-0000-0000-0000FB010000}"/>
+    <hyperlink ref="G652" r:id="rId147" xr:uid="{00000000-0004-0000-0000-0000FA010000}"/>
+    <hyperlink ref="G110" r:id="rId148" xr:uid="{00000000-0004-0000-0000-0000F9010000}"/>
+    <hyperlink ref="G113" r:id="rId149" display="tbown@janagil.com " xr:uid="{00000000-0004-0000-0000-0000F8010000}"/>
+    <hyperlink ref="G333" r:id="rId150" xr:uid="{00000000-0004-0000-0000-0000F7010000}"/>
+    <hyperlink ref="G226" r:id="rId151" xr:uid="{00000000-0004-0000-0000-0000F6010000}"/>
+    <hyperlink ref="G410" r:id="rId152" xr:uid="{00000000-0004-0000-0000-0000F5010000}"/>
+    <hyperlink ref="G314" r:id="rId153" xr:uid="{00000000-0004-0000-0000-0000F4010000}"/>
+    <hyperlink ref="G255" r:id="rId154" xr:uid="{00000000-0004-0000-0000-0000F3010000}"/>
+    <hyperlink ref="G75" r:id="rId155" xr:uid="{00000000-0004-0000-0000-0000F2010000}"/>
+    <hyperlink ref="G254" r:id="rId156" xr:uid="{00000000-0004-0000-0000-0000F1010000}"/>
+    <hyperlink ref="G758" r:id="rId157" xr:uid="{00000000-0004-0000-0000-0000F0010000}"/>
+    <hyperlink ref="G853" r:id="rId158" display="GUILLERMO@ZALAQUETTABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-0000EF010000}"/>
+    <hyperlink ref="G170" r:id="rId159" xr:uid="{00000000-0004-0000-0000-0000EE010000}"/>
+    <hyperlink ref="G374" r:id="rId160" xr:uid="{00000000-0004-0000-0000-0000ED010000}"/>
+    <hyperlink ref="G457" r:id="rId161" xr:uid="{00000000-0004-0000-0000-0000EC010000}"/>
+    <hyperlink ref="G786" r:id="rId162" xr:uid="{00000000-0004-0000-0000-0000EB010000}"/>
+    <hyperlink ref="G709" r:id="rId163" xr:uid="{00000000-0004-0000-0000-0000EA010000}"/>
+    <hyperlink ref="G216" r:id="rId164" xr:uid="{00000000-0004-0000-0000-0000E9010000}"/>
+    <hyperlink ref="G178" r:id="rId165" xr:uid="{00000000-0004-0000-0000-0000E8010000}"/>
+    <hyperlink ref="G574" r:id="rId166" xr:uid="{00000000-0004-0000-0000-0000E7010000}"/>
+    <hyperlink ref="G643" r:id="rId167" xr:uid="{00000000-0004-0000-0000-0000E6010000}"/>
+    <hyperlink ref="G199" r:id="rId168" xr:uid="{00000000-0004-0000-0000-0000E5010000}"/>
+    <hyperlink ref="G770" r:id="rId169" xr:uid="{00000000-0004-0000-0000-0000E4010000}"/>
+    <hyperlink ref="G645" r:id="rId170" xr:uid="{00000000-0004-0000-0000-0000E3010000}"/>
+    <hyperlink ref="G51" r:id="rId171" xr:uid="{00000000-0004-0000-0000-0000E2010000}"/>
+    <hyperlink ref="G89" r:id="rId172" xr:uid="{00000000-0004-0000-0000-0000E1010000}"/>
+    <hyperlink ref="G517" r:id="rId173" xr:uid="{00000000-0004-0000-0000-0000E0010000}"/>
+    <hyperlink ref="G857" r:id="rId174" display="mailto:beltranzanartuu@gmail.com" xr:uid="{00000000-0004-0000-0000-0000DF010000}"/>
+    <hyperlink ref="G191" r:id="rId175" xr:uid="{00000000-0004-0000-0000-0000DD010000}"/>
+    <hyperlink ref="G550" r:id="rId176" xr:uid="{00000000-0004-0000-0000-0000DC010000}"/>
+    <hyperlink ref="G537" r:id="rId177" xr:uid="{00000000-0004-0000-0000-0000DB010000}"/>
+    <hyperlink ref="G575" r:id="rId178" xr:uid="{00000000-0004-0000-0000-0000DA010000}"/>
+    <hyperlink ref="G300" r:id="rId179" xr:uid="{00000000-0004-0000-0000-0000D9010000}"/>
+    <hyperlink ref="G711" r:id="rId180" xr:uid="{00000000-0004-0000-0000-0000D8010000}"/>
+    <hyperlink ref="G513" r:id="rId181" xr:uid="{00000000-0004-0000-0000-0000D7010000}"/>
+    <hyperlink ref="G116" r:id="rId182" xr:uid="{00000000-0004-0000-0000-0000D6010000}"/>
+    <hyperlink ref="G627" r:id="rId183" xr:uid="{00000000-0004-0000-0000-0000D5010000}"/>
+    <hyperlink ref="G700" r:id="rId184" xr:uid="{00000000-0004-0000-0000-0000D4010000}"/>
+    <hyperlink ref="G830" r:id="rId185" xr:uid="{00000000-0004-0000-0000-0000D3010000}"/>
+    <hyperlink ref="G419" r:id="rId186" display="TAREKLEOZ@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000D2010000}"/>
+    <hyperlink ref="G77" r:id="rId187" xr:uid="{00000000-0004-0000-0000-0000D1010000}"/>
+    <hyperlink ref="G224" r:id="rId188" xr:uid="{00000000-0004-0000-0000-0000D0010000}"/>
+    <hyperlink ref="G127" r:id="rId189" xr:uid="{00000000-0004-0000-0000-0000CF010000}"/>
+    <hyperlink ref="G806" r:id="rId190" display="LVARAS@MVMABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-0000CE010000}"/>
+    <hyperlink ref="G32" r:id="rId191" xr:uid="{00000000-0004-0000-0000-0000CD010000}"/>
+    <hyperlink ref="G106" r:id="rId192" xr:uid="{00000000-0004-0000-0000-0000CC010000}"/>
+    <hyperlink ref="G67" r:id="rId193" display="LORENZO.AVILES.R@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000CB010000}"/>
+    <hyperlink ref="G594" r:id="rId194" xr:uid="{00000000-0004-0000-0000-0000CA010000}"/>
+    <hyperlink ref="G844" r:id="rId195" xr:uid="{00000000-0004-0000-0000-0000C9010000}"/>
+    <hyperlink ref="G754" r:id="rId196" xr:uid="{00000000-0004-0000-0000-0000C8010000}"/>
+    <hyperlink ref="G679" r:id="rId197" display="VROJASSILVA@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000C7010000}"/>
+    <hyperlink ref="G855" r:id="rId198" display="victor@secure.cl;vezamudi@uc.cl;vezamudi@gmail.com" xr:uid="{00000000-0004-0000-0000-0000C6010000}"/>
+    <hyperlink ref="G448" r:id="rId199" xr:uid="{00000000-0004-0000-0000-0000C5010000}"/>
+    <hyperlink ref="G235" r:id="rId200" xr:uid="{00000000-0004-0000-0000-0000C4010000}"/>
+    <hyperlink ref="G449" r:id="rId201" xr:uid="{00000000-0004-0000-0000-0000C3010000}"/>
+    <hyperlink ref="G104" r:id="rId202" xr:uid="{00000000-0004-0000-0000-0000C2010000}"/>
+    <hyperlink ref="G576" r:id="rId203" xr:uid="{00000000-0004-0000-0000-0000C1010000}"/>
+    <hyperlink ref="G343" r:id="rId204" display="bastian.hamel@gmail.coM" xr:uid="{00000000-0004-0000-0000-0000C0010000}"/>
+    <hyperlink ref="G159" r:id="rId205" xr:uid="{00000000-0004-0000-0000-0000BF010000}"/>
+    <hyperlink ref="G132" r:id="rId206" xr:uid="{00000000-0004-0000-0000-0000BE010000}"/>
+    <hyperlink ref="G832" r:id="rId207" xr:uid="{00000000-0004-0000-0000-0000BD010000}"/>
+    <hyperlink ref="G846" r:id="rId208" xr:uid="{00000000-0004-0000-0000-0000BC010000}"/>
+    <hyperlink ref="G126" r:id="rId209" xr:uid="{00000000-0004-0000-0000-0000BB010000}"/>
+    <hyperlink ref="G20" r:id="rId210" display="ABOGADO@SANTIAGOALBORNOZ.CL" xr:uid="{00000000-0004-0000-0000-0000BA010000}"/>
+    <hyperlink ref="G123" r:id="rId211" display="CHAFFIABOGADOS@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000B9010000}"/>
+    <hyperlink ref="G444" r:id="rId212" xr:uid="{00000000-0004-0000-0000-0000B8010000}"/>
+    <hyperlink ref="G24" r:id="rId213" xr:uid="{00000000-0004-0000-0000-0000B7010000}"/>
+    <hyperlink ref="G344" r:id="rId214" xr:uid="{00000000-0004-0000-0000-0000B6010000}"/>
+    <hyperlink ref="G369" r:id="rId215" xr:uid="{00000000-0004-0000-0000-0000B5010000}"/>
+    <hyperlink ref="G460" r:id="rId216" xr:uid="{00000000-0004-0000-0000-0000B4010000}"/>
+    <hyperlink ref="G387" r:id="rId217" xr:uid="{00000000-0004-0000-0000-0000B3010000}"/>
+    <hyperlink ref="G765" r:id="rId218" xr:uid="{00000000-0004-0000-0000-0000B2010000}"/>
+    <hyperlink ref="G649" r:id="rId219" xr:uid="{00000000-0004-0000-0000-0000B1010000}"/>
+    <hyperlink ref="G490" r:id="rId220" xr:uid="{00000000-0004-0000-0000-0000B0010000}"/>
+    <hyperlink ref="G95" r:id="rId221" xr:uid="{00000000-0004-0000-0000-0000AF010000}"/>
+    <hyperlink ref="G685" r:id="rId222" xr:uid="{00000000-0004-0000-0000-0000AE010000}"/>
+    <hyperlink ref="G19" r:id="rId223" display="ALEN.ROAC@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000AD010000}"/>
+    <hyperlink ref="G715" r:id="rId224" display="SSANCHEZ@BSSLEGAL.CL" xr:uid="{00000000-0004-0000-0000-0000AC010000}"/>
+    <hyperlink ref="G433" r:id="rId225" display="sllona@gfsu.cla" xr:uid="{00000000-0004-0000-0000-0000AB010000}"/>
+    <hyperlink ref="G150" r:id="rId226" display="scarrasclabra@gmail.com" xr:uid="{00000000-0004-0000-0000-0000AA010000}"/>
+    <hyperlink ref="G525" r:id="rId227" xr:uid="{00000000-0004-0000-0000-0000A9010000}"/>
+    <hyperlink ref="G847" r:id="rId228" xr:uid="{00000000-0004-0000-0000-0000A8010000}"/>
+    <hyperlink ref="G534" r:id="rId229" display="SINUNEZG@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000A7010000}"/>
+    <hyperlink ref="G335" r:id="rId230" display="SGUIJARRO@UC.CL" xr:uid="{00000000-0004-0000-0000-0000A6010000}"/>
+    <hyperlink ref="G416" r:id="rId231" xr:uid="{00000000-0004-0000-0000-0000A5010000}"/>
+    <hyperlink ref="G856" r:id="rId232" xr:uid="{00000000-0004-0000-0000-0000A4010000}"/>
+    <hyperlink ref="G498" r:id="rId233" xr:uid="{00000000-0004-0000-0000-0000A3010000}"/>
+    <hyperlink ref="G325" r:id="rId234" xr:uid="{00000000-0004-0000-0000-0000A2010000}"/>
+    <hyperlink ref="G655" r:id="rId235" xr:uid="{00000000-0004-0000-0000-0000A1010000}"/>
+    <hyperlink ref="G350" r:id="rId236" xr:uid="{00000000-0004-0000-0000-0000A0010000}"/>
+    <hyperlink ref="G129" r:id="rId237" xr:uid="{00000000-0004-0000-0000-00009F010000}"/>
+    <hyperlink ref="G635" r:id="rId238" xr:uid="{00000000-0004-0000-0000-00009E010000}"/>
+    <hyperlink ref="G245" r:id="rId239" display="RDONOSO@DONOSOSILVA.CL" xr:uid="{00000000-0004-0000-0000-00009D010000}"/>
+    <hyperlink ref="G330" r:id="rId240" display="mailto:rguzman@grupovial.cl" xr:uid="{00000000-0004-0000-0000-00009C010000}"/>
+    <hyperlink ref="G842" r:id="rId241" xr:uid="{00000000-0004-0000-0000-00009B010000}"/>
+    <hyperlink ref="G81" r:id="rId242" xr:uid="{00000000-0004-0000-0000-00009A010000}"/>
+    <hyperlink ref="G556" r:id="rId243" xr:uid="{00000000-0004-0000-0000-000099010000}"/>
+    <hyperlink ref="G319" r:id="rId244" xr:uid="{00000000-0004-0000-0000-000098010000}"/>
+    <hyperlink ref="G859" r:id="rId245" xr:uid="{00000000-0004-0000-0000-000097010000}"/>
+    <hyperlink ref="G305" r:id="rId246" xr:uid="{00000000-0004-0000-0000-000096010000}"/>
+    <hyperlink ref="G373" r:id="rId247" display="fdalgalarrando@dryc.cl" xr:uid="{00000000-0004-0000-0000-000095010000}"/>
+    <hyperlink ref="G267" r:id="rId248" xr:uid="{00000000-0004-0000-0000-000094010000}"/>
+    <hyperlink ref="G409" r:id="rId249" xr:uid="{00000000-0004-0000-0000-000093010000}"/>
+    <hyperlink ref="G469" r:id="rId250" xr:uid="{00000000-0004-0000-0000-000092010000}"/>
+    <hyperlink ref="G133" r:id="rId251" xr:uid="{00000000-0004-0000-0000-000091010000}"/>
+    <hyperlink ref="G206" r:id="rId252" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-000090010000}"/>
+    <hyperlink ref="G209" r:id="rId253" xr:uid="{00000000-0004-0000-0000-00008F010000}"/>
+    <hyperlink ref="G3" r:id="rId254" display="ABUAUAD.RICARDO@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00008E010000}"/>
+    <hyperlink ref="G4" r:id="rId255" xr:uid="{00000000-0004-0000-0000-00008D010000}"/>
+    <hyperlink ref="G708" r:id="rId256" xr:uid="{00000000-0004-0000-0000-00008C010000}"/>
+    <hyperlink ref="G177" r:id="rId257" display="RAMONCIFUENTES@" xr:uid="{00000000-0004-0000-0000-00008B010000}"/>
+    <hyperlink ref="G297" r:id="rId258" xr:uid="{00000000-0004-0000-0000-00008A010000}"/>
+    <hyperlink ref="G505" r:id="rId259" xr:uid="{00000000-0004-0000-0000-000089010000}"/>
+    <hyperlink ref="G121" r:id="rId260" display="RBRIONES@BSSLEGAL.CL" xr:uid="{00000000-0004-0000-0000-000088010000}"/>
+    <hyperlink ref="G491" r:id="rId261" display="RMONTERO@ALESSANDRI.CL" xr:uid="{00000000-0004-0000-0000-000087010000}"/>
+    <hyperlink ref="G201" r:id="rId262" xr:uid="{00000000-0004-0000-0000-000086010000}"/>
+    <hyperlink ref="G608" r:id="rId263" xr:uid="{00000000-0004-0000-0000-000085010000}"/>
+    <hyperlink ref="G536" r:id="rId264" xr:uid="{00000000-0004-0000-0000-000084010000}"/>
+    <hyperlink ref="G21" r:id="rId265" xr:uid="{00000000-0004-0000-0000-000083010000}"/>
+    <hyperlink ref="G691" r:id="rId266" xr:uid="{00000000-0004-0000-0000-000082010000}"/>
+    <hyperlink ref="G651" r:id="rId267" display="RNRIOS@UC.CL" xr:uid="{00000000-0004-0000-0000-000081010000}"/>
+    <hyperlink ref="G431" r:id="rId268" xr:uid="{00000000-0004-0000-0000-000080010000}"/>
+    <hyperlink ref="G829" r:id="rId269" xr:uid="{00000000-0004-0000-0000-00007F010000}"/>
+    <hyperlink ref="G481" r:id="rId270" xr:uid="{00000000-0004-0000-0000-00007E010000}"/>
+    <hyperlink ref="G22" r:id="rId271" xr:uid="{00000000-0004-0000-0000-00007D010000}"/>
+    <hyperlink ref="G229" r:id="rId272" xr:uid="{00000000-0004-0000-0000-00007C010000}"/>
+    <hyperlink ref="G682" r:id="rId273" xr:uid="{00000000-0004-0000-0000-00007B010000}"/>
+    <hyperlink ref="G588" r:id="rId274" display="mailto:patricio.pereira.loyola@gmail.com" xr:uid="{00000000-0004-0000-0000-00007A010000}"/>
+    <hyperlink ref="G167" r:id="rId275" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-000079010000}"/>
+    <hyperlink ref="G61" r:id="rId276" xr:uid="{00000000-0004-0000-0000-000078010000}"/>
+    <hyperlink ref="G809" r:id="rId277" xr:uid="{00000000-0004-0000-0000-000077010000}"/>
+    <hyperlink ref="G666" r:id="rId278" xr:uid="{00000000-0004-0000-0000-000076010000}"/>
+    <hyperlink ref="G841" r:id="rId279" xr:uid="{00000000-0004-0000-0000-000075010000}"/>
+    <hyperlink ref="G819" r:id="rId280" display="CLAUDIA.AREVALO9578@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000074010000}"/>
+    <hyperlink ref="G453" r:id="rId281" xr:uid="{00000000-0004-0000-0000-000073010000}"/>
+    <hyperlink ref="G578" r:id="rId282" xr:uid="{00000000-0004-0000-0000-000072010000}"/>
+    <hyperlink ref="G480" r:id="rId283" display="ignacio.andrade.garcia@gmail.com" xr:uid="{00000000-0004-0000-0000-000071010000}"/>
+    <hyperlink ref="G434" r:id="rId284" xr:uid="{00000000-0004-0000-0000-000070010000}"/>
+    <hyperlink ref="G238" r:id="rId285" display="CONTACTO@DIAZYFUENTESABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-00006F010000}"/>
+    <hyperlink ref="G698" r:id="rId286" display="osalas@salasyabogados.com" xr:uid="{00000000-0004-0000-0000-00006E010000}"/>
+    <hyperlink ref="G173" r:id="rId287" xr:uid="{00000000-0004-0000-0000-00006D010000}"/>
+    <hyperlink ref="G192" r:id="rId288" xr:uid="{00000000-0004-0000-0000-00006C010000}"/>
+    <hyperlink ref="G256" r:id="rId289" xr:uid="{00000000-0004-0000-0000-00006B010000}"/>
+    <hyperlink ref="G196" r:id="rId290" xr:uid="{00000000-0004-0000-0000-00006A010000}"/>
+    <hyperlink ref="G154" r:id="rId291" display="CARTAGENA.PATRICIO@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000069010000}"/>
+    <hyperlink ref="G817" r:id="rId292" xr:uid="{00000000-0004-0000-0000-000068010000}"/>
+    <hyperlink ref="G176" r:id="rId293" xr:uid="{00000000-0004-0000-0000-000067010000}"/>
+    <hyperlink ref="G714" r:id="rId294" xr:uid="{00000000-0004-0000-0000-000066010000}"/>
+    <hyperlink ref="G774" r:id="rId295" xr:uid="{00000000-0004-0000-0000-000065010000}"/>
+    <hyperlink ref="G407" r:id="rId296" display="PLECAROS@VLA.CL" xr:uid="{00000000-0004-0000-0000-000064010000}"/>
+    <hyperlink ref="G615" r:id="rId297" xr:uid="{00000000-0004-0000-0000-000063010000}"/>
+    <hyperlink ref="G769" r:id="rId298" xr:uid="{00000000-0004-0000-0000-000062010000}"/>
+    <hyperlink ref="G530" r:id="rId299" xr:uid="{00000000-0004-0000-0000-000061010000}"/>
+    <hyperlink ref="G186" r:id="rId300" xr:uid="{00000000-0004-0000-0000-000060010000}"/>
+    <hyperlink ref="G188" r:id="rId301" xr:uid="{00000000-0004-0000-0000-00005F010000}"/>
+    <hyperlink ref="G618" r:id="rId302" xr:uid="{00000000-0004-0000-0000-00005E010000}"/>
+    <hyperlink ref="G389" r:id="rId303" display="njimenez@recuperojudicial.cl_x000a_" xr:uid="{00000000-0004-0000-0000-00005D010000}"/>
+    <hyperlink ref="G38" r:id="rId304" xr:uid="{00000000-0004-0000-0000-00005C010000}"/>
+    <hyperlink ref="G751" r:id="rId305" display="JUEZARBITRO.NOTIFICACIONES@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00005B010000}"/>
+    <hyperlink ref="G486" r:id="rId306" xr:uid="{00000000-0004-0000-0000-00005A010000}"/>
+    <hyperlink ref="G96" r:id="rId307" xr:uid="{00000000-0004-0000-0000-000059010000}"/>
+    <hyperlink ref="G548" r:id="rId308" xr:uid="{00000000-0004-0000-0000-000058010000}"/>
+    <hyperlink ref="G336" r:id="rId309" display="CONTACTO@ABFAM.CL" xr:uid="{00000000-0004-0000-0000-000057010000}"/>
+    <hyperlink ref="G213" r:id="rId310" xr:uid="{00000000-0004-0000-0000-000056010000}"/>
+    <hyperlink ref="G717" r:id="rId311" xr:uid="{00000000-0004-0000-0000-000055010000}"/>
+    <hyperlink ref="G37" r:id="rId312" display="MANDRADE@ANDRADELEIVA.CL " xr:uid="{00000000-0004-0000-0000-000054010000}"/>
+    <hyperlink ref="G502" r:id="rId313" xr:uid="{00000000-0004-0000-0000-000053010000}"/>
+    <hyperlink ref="G617" r:id="rId314" xr:uid="{00000000-0004-0000-0000-000052010000}"/>
+    <hyperlink ref="G516" r:id="rId315" display="MMUNOZ@AMPAROLEGAL.CL" xr:uid="{00000000-0004-0000-0000-000051010000}"/>
+    <hyperlink ref="G507" r:id="rId316" xr:uid="{00000000-0004-0000-0000-000050010000}"/>
+    <hyperlink ref="G634" r:id="rId317" xr:uid="{00000000-0004-0000-0000-00004F010000}"/>
+    <hyperlink ref="G602" r:id="rId318" xr:uid="{00000000-0004-0000-0000-00004E010000}"/>
+    <hyperlink ref="G48" r:id="rId319" xr:uid="{00000000-0004-0000-0000-00004D010000}"/>
+    <hyperlink ref="G286" r:id="rId320" xr:uid="{00000000-0004-0000-0000-00004C010000}"/>
+    <hyperlink ref="G313" r:id="rId321" xr:uid="{00000000-0004-0000-0000-00004B010000}"/>
+    <hyperlink ref="G194" r:id="rId322" xr:uid="{00000000-0004-0000-0000-00004A010000}"/>
     <hyperlink ref="G835" r:id="rId323" xr:uid="{00000000-0004-0000-0000-000049010000}"/>
-    <hyperlink ref="G194" r:id="rId324" xr:uid="{00000000-0004-0000-0000-00004A010000}"/>
-[...320 lines deleted...]
-    <hyperlink ref="G372" r:id="rId645" xr:uid="{5A34B574-94CF-46AD-BDE7-FA83E4379522}"/>
+    <hyperlink ref="G836" r:id="rId324" xr:uid="{00000000-0004-0000-0000-000048010000}"/>
+    <hyperlink ref="G46" r:id="rId325" xr:uid="{00000000-0004-0000-0000-000047010000}"/>
+    <hyperlink ref="G249" r:id="rId326" xr:uid="{00000000-0004-0000-0000-000046010000}"/>
+    <hyperlink ref="G597" r:id="rId327" xr:uid="{00000000-0004-0000-0000-000045010000}"/>
+    <hyperlink ref="G197" r:id="rId328" xr:uid="{00000000-0004-0000-0000-000044010000}"/>
+    <hyperlink ref="G56" r:id="rId329" xr:uid="{00000000-0004-0000-0000-000043010000}"/>
+    <hyperlink ref="G268" r:id="rId330" xr:uid="{00000000-0004-0000-0000-000042010000}"/>
+    <hyperlink ref="G70" r:id="rId331" xr:uid="{00000000-0004-0000-0000-000041010000}"/>
+    <hyperlink ref="G746" r:id="rId332" xr:uid="{00000000-0004-0000-0000-000040010000}"/>
+    <hyperlink ref="G704" r:id="rId333" xr:uid="{00000000-0004-0000-0000-00003F010000}"/>
+    <hyperlink ref="G741" r:id="rId334" xr:uid="{00000000-0004-0000-0000-00003E010000}"/>
+    <hyperlink ref="G804" r:id="rId335" xr:uid="{00000000-0004-0000-0000-00003D010000}"/>
+    <hyperlink ref="G158" r:id="rId336" display="mcasera@caseraycia.com" xr:uid="{00000000-0004-0000-0000-00003C010000}"/>
+    <hyperlink ref="G218" r:id="rId337" xr:uid="{00000000-0004-0000-0000-00003B010000}"/>
+    <hyperlink ref="G241" r:id="rId338" xr:uid="{00000000-0004-0000-0000-00003A010000}"/>
+    <hyperlink ref="G570" r:id="rId339" xr:uid="{00000000-0004-0000-0000-000039010000}"/>
+    <hyperlink ref="G860" r:id="rId340" xr:uid="{00000000-0004-0000-0000-000038010000}"/>
+    <hyperlink ref="G312" r:id="rId341" xr:uid="{00000000-0004-0000-0000-000037010000}"/>
+    <hyperlink ref="G598" r:id="rId342" xr:uid="{00000000-0004-0000-0000-000036010000}"/>
+    <hyperlink ref="G692" r:id="rId343" xr:uid="{00000000-0004-0000-0000-000034010000}"/>
+    <hyperlink ref="G233" r:id="rId344" xr:uid="{00000000-0004-0000-0000-000033010000}"/>
+    <hyperlink ref="G52" r:id="rId345" xr:uid="{00000000-0004-0000-0000-000032010000}"/>
+    <hyperlink ref="G757" r:id="rId346" xr:uid="{00000000-0004-0000-0000-000031010000}"/>
+    <hyperlink ref="G638" r:id="rId347" xr:uid="{00000000-0004-0000-0000-000030010000}"/>
+    <hyperlink ref="G388" r:id="rId348" xr:uid="{00000000-0004-0000-0000-00002F010000}"/>
+    <hyperlink ref="G232" r:id="rId349" display="manueldiaz@pfeffer.cl;" xr:uid="{00000000-0004-0000-0000-00002E010000}"/>
+    <hyperlink ref="G524" r:id="rId350" xr:uid="{00000000-0004-0000-0000-00002D010000}"/>
+    <hyperlink ref="G338" r:id="rId351" xr:uid="{00000000-0004-0000-0000-00002C010000}"/>
+    <hyperlink ref="G15" r:id="rId352" xr:uid="{00000000-0004-0000-0000-00002B010000}"/>
+    <hyperlink ref="G428" r:id="rId353" xr:uid="{00000000-0004-0000-0000-00002A010000}"/>
+    <hyperlink ref="G347" r:id="rId354" xr:uid="{00000000-0004-0000-0000-000029010000}"/>
+    <hyperlink ref="G376" r:id="rId355" display="LINOSTROZA.ABOGADO@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000028010000}"/>
+    <hyperlink ref="G475" r:id="rId356" xr:uid="{00000000-0004-0000-0000-000027010000}"/>
+    <hyperlink ref="G701" r:id="rId357" xr:uid="{00000000-0004-0000-0000-000026010000}"/>
+    <hyperlink ref="G495" r:id="rId358" xr:uid="{00000000-0004-0000-0000-000025010000}"/>
+    <hyperlink ref="G631" r:id="rId359" xr:uid="{00000000-0004-0000-0000-000023010000}"/>
+    <hyperlink ref="G41" r:id="rId360" xr:uid="{00000000-0004-0000-0000-000022010000}"/>
+    <hyperlink ref="G147" r:id="rId361" xr:uid="{00000000-0004-0000-0000-000021010000}"/>
+    <hyperlink ref="G761" r:id="rId362" xr:uid="{00000000-0004-0000-0000-000020010000}"/>
+    <hyperlink ref="G542" r:id="rId363" display="GONZALO.OLCAY@SAIBAN.CL" xr:uid="{00000000-0004-0000-0000-00001F010000}"/>
+    <hyperlink ref="G253" r:id="rId364" xr:uid="{00000000-0004-0000-0000-00001E010000}"/>
+    <hyperlink ref="G653" r:id="rId365" xr:uid="{00000000-0004-0000-0000-00001D010000}"/>
+    <hyperlink ref="G124" r:id="rId366" xr:uid="{00000000-0004-0000-0000-00001C010000}"/>
+    <hyperlink ref="G355" r:id="rId367" xr:uid="{00000000-0004-0000-0000-00001B010000}"/>
+    <hyperlink ref="G623" r:id="rId368" xr:uid="{00000000-0004-0000-0000-00001A010000}"/>
+    <hyperlink ref="G417" r:id="rId369" xr:uid="{00000000-0004-0000-0000-000019010000}"/>
+    <hyperlink ref="G473" r:id="rId370" xr:uid="{00000000-0004-0000-0000-000018010000}"/>
+    <hyperlink ref="G739" r:id="rId371" xr:uid="{00000000-0004-0000-0000-000017010000}"/>
+    <hyperlink ref="G526" r:id="rId372" xr:uid="{00000000-0004-0000-0000-000016010000}"/>
+    <hyperlink ref="G479" r:id="rId373" xr:uid="{00000000-0004-0000-0000-000015010000}"/>
+    <hyperlink ref="G586" r:id="rId374" xr:uid="{00000000-0004-0000-0000-000014010000}"/>
+    <hyperlink ref="G538" r:id="rId375" xr:uid="{00000000-0004-0000-0000-000012010000}"/>
+    <hyperlink ref="G435" r:id="rId376" xr:uid="{00000000-0004-0000-0000-000011010000}"/>
+    <hyperlink ref="G247" r:id="rId377" xr:uid="{00000000-0004-0000-0000-000010010000}"/>
+    <hyperlink ref="G797" r:id="rId378" xr:uid="{00000000-0004-0000-0000-00000F010000}"/>
+    <hyperlink ref="G591" r:id="rId379" xr:uid="{00000000-0004-0000-0000-00000E010000}"/>
+    <hyperlink ref="G76" r:id="rId380" xr:uid="{00000000-0004-0000-0000-00000D010000}"/>
+    <hyperlink ref="G102" r:id="rId381" xr:uid="{00000000-0004-0000-0000-00000C010000}"/>
+    <hyperlink ref="G733" r:id="rId382" xr:uid="{00000000-0004-0000-0000-00000B010000}"/>
+    <hyperlink ref="G811" r:id="rId383" xr:uid="{00000000-0004-0000-0000-00000A010000}"/>
+    <hyperlink ref="G862" r:id="rId384" xr:uid="{00000000-0004-0000-0000-000009010000}"/>
+    <hyperlink ref="G673" r:id="rId385" xr:uid="{00000000-0004-0000-0000-000008010000}"/>
+    <hyperlink ref="G563" r:id="rId386" xr:uid="{00000000-0004-0000-0000-000007010000}"/>
+    <hyperlink ref="G756" r:id="rId387" xr:uid="{00000000-0004-0000-0000-000006010000}"/>
+    <hyperlink ref="G429" r:id="rId388" xr:uid="{00000000-0004-0000-0000-000005010000}"/>
+    <hyperlink ref="G610" r:id="rId389" xr:uid="{00000000-0004-0000-0000-000004010000}"/>
+    <hyperlink ref="G332" r:id="rId390" xr:uid="{00000000-0004-0000-0000-000003010000}"/>
+    <hyperlink ref="G867" r:id="rId391" xr:uid="{00000000-0004-0000-0000-000002010000}"/>
+    <hyperlink ref="G291" r:id="rId392" display="CONTACTO@DIAZYFUENTESABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-000001010000}"/>
+    <hyperlink ref="G174" r:id="rId393" xr:uid="{00000000-0004-0000-0000-000000010000}"/>
+    <hyperlink ref="G458" r:id="rId394" xr:uid="{00000000-0004-0000-0000-0000FF000000}"/>
+    <hyperlink ref="G535" r:id="rId395" xr:uid="{00000000-0004-0000-0000-0000FE000000}"/>
+    <hyperlink ref="G716" r:id="rId396" xr:uid="{00000000-0004-0000-0000-0000FD000000}"/>
+    <hyperlink ref="G45" r:id="rId397" xr:uid="{00000000-0004-0000-0000-0000FC000000}"/>
+    <hyperlink ref="G736" r:id="rId398" xr:uid="{00000000-0004-0000-0000-0000FB000000}"/>
+    <hyperlink ref="G472" r:id="rId399" xr:uid="{00000000-0004-0000-0000-0000FA000000}"/>
+    <hyperlink ref="G629" r:id="rId400" xr:uid="{00000000-0004-0000-0000-0000F9000000}"/>
+    <hyperlink ref="G509" r:id="rId401" xr:uid="{00000000-0004-0000-0000-0000F8000000}"/>
+    <hyperlink ref="G348" r:id="rId402" display="hhumeres@ahmt.cl" xr:uid="{00000000-0004-0000-0000-0000F7000000}"/>
+    <hyperlink ref="G440" r:id="rId403" xr:uid="{00000000-0004-0000-0000-0000F6000000}"/>
+    <hyperlink ref="G630" r:id="rId404" xr:uid="{00000000-0004-0000-0000-0000F5000000}"/>
+    <hyperlink ref="G122" r:id="rId405" display="JBUDINICH@BDNA.CL" xr:uid="{00000000-0004-0000-0000-0000F4000000}"/>
+    <hyperlink ref="G227" r:id="rId406" xr:uid="{00000000-0004-0000-0000-0000F3000000}"/>
+    <hyperlink ref="G560" r:id="rId407" xr:uid="{00000000-0004-0000-0000-0000F2000000}"/>
+    <hyperlink ref="G447" r:id="rId408" xr:uid="{00000000-0004-0000-0000-0000F1000000}"/>
+    <hyperlink ref="G252" r:id="rId409" xr:uid="{00000000-0004-0000-0000-0000F0000000}"/>
+    <hyperlink ref="G2" r:id="rId410" display="JOSEABARCA.ABOGADOS@HOTMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000EF000000}"/>
+    <hyperlink ref="G815" r:id="rId411" xr:uid="{00000000-0004-0000-0000-0000EE000000}"/>
+    <hyperlink ref="G202" r:id="rId412" xr:uid="{00000000-0004-0000-0000-0000ED000000}"/>
+    <hyperlink ref="G783" r:id="rId413" xr:uid="{00000000-0004-0000-0000-0000EC000000}"/>
+    <hyperlink ref="G784" r:id="rId414" xr:uid="{00000000-0004-0000-0000-0000EB000000}"/>
+    <hyperlink ref="G317" r:id="rId415" xr:uid="{00000000-0004-0000-0000-0000EA000000}"/>
+    <hyperlink ref="G512" r:id="rId416" xr:uid="{00000000-0004-0000-0000-0000E9000000}"/>
+    <hyperlink ref="G462" r:id="rId417" xr:uid="{00000000-0004-0000-0000-0000E8000000}"/>
+    <hyperlink ref="G280" r:id="rId418" xr:uid="{00000000-0004-0000-0000-0000E7000000}"/>
+    <hyperlink ref="G430" r:id="rId419" xr:uid="{00000000-0004-0000-0000-0000E6000000}"/>
+    <hyperlink ref="G456" r:id="rId420" xr:uid="{00000000-0004-0000-0000-0000E5000000}"/>
+    <hyperlink ref="G661" r:id="rId421" display="jrivera@passanofasani.com" xr:uid="{00000000-0004-0000-0000-0000E4000000}"/>
+    <hyperlink ref="G699" r:id="rId422" xr:uid="{00000000-0004-0000-0000-0000E3000000}"/>
+    <hyperlink ref="G246" r:id="rId423" xr:uid="{00000000-0004-0000-0000-0000E2000000}"/>
+    <hyperlink ref="G320" r:id="rId424" xr:uid="{00000000-0004-0000-0000-0000E1000000}"/>
+    <hyperlink ref="G221" r:id="rId425" xr:uid="{00000000-0004-0000-0000-0000E0000000}"/>
+    <hyperlink ref="G474" r:id="rId426" xr:uid="{00000000-0004-0000-0000-0000DF000000}"/>
+    <hyperlink ref="G78" r:id="rId427" xr:uid="{00000000-0004-0000-0000-0000DE000000}"/>
+    <hyperlink ref="G697" r:id="rId428" xr:uid="{00000000-0004-0000-0000-0000DD000000}"/>
+    <hyperlink ref="G514" r:id="rId429" display="AMONSALVE@ME.COM" xr:uid="{00000000-0004-0000-0000-0000DC000000}"/>
+    <hyperlink ref="G99" r:id="rId430" xr:uid="{00000000-0004-0000-0000-0000DB000000}"/>
+    <hyperlink ref="G725" r:id="rId431" xr:uid="{00000000-0004-0000-0000-0000DA000000}"/>
+    <hyperlink ref="G572" r:id="rId432" display="JOHNPARADA@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000D9000000}"/>
+    <hyperlink ref="G531" r:id="rId433" xr:uid="{00000000-0004-0000-0000-0000D8000000}"/>
+    <hyperlink ref="G342" r:id="rId434" xr:uid="{00000000-0004-0000-0000-0000D7000000}"/>
+    <hyperlink ref="G74" r:id="rId435" display="JFBALMAH@YAHOO.COM" xr:uid="{00000000-0004-0000-0000-0000D6000000}"/>
+    <hyperlink ref="G225" r:id="rId436" xr:uid="{00000000-0004-0000-0000-0000D5000000}"/>
+    <hyperlink ref="G270" r:id="rId437" xr:uid="{00000000-0004-0000-0000-0000D4000000}"/>
+    <hyperlink ref="G230" r:id="rId438" xr:uid="{00000000-0004-0000-0000-0000D3000000}"/>
+    <hyperlink ref="G375" r:id="rId439" xr:uid="{00000000-0004-0000-0000-0000D2000000}"/>
+    <hyperlink ref="G607" r:id="rId440" xr:uid="{00000000-0004-0000-0000-0000D1000000}"/>
+    <hyperlink ref="G29" r:id="rId441" xr:uid="{00000000-0004-0000-0000-0000D0000000}"/>
+    <hyperlink ref="G240" r:id="rId442" xr:uid="{00000000-0004-0000-0000-0000CF000000}"/>
+    <hyperlink ref="G322" r:id="rId443" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
+    <hyperlink ref="G118" r:id="rId444" xr:uid="{00000000-0004-0000-0000-0000CD000000}"/>
+    <hyperlink ref="G58" r:id="rId445" xr:uid="{00000000-0004-0000-0000-0000CC000000}"/>
+    <hyperlink ref="G496" r:id="rId446" xr:uid="{00000000-0004-0000-0000-0000CB000000}"/>
+    <hyperlink ref="G265" r:id="rId447" xr:uid="{00000000-0004-0000-0000-0000CA000000}"/>
+    <hyperlink ref="G503" r:id="rId448" xr:uid="{00000000-0004-0000-0000-0000C9000000}"/>
+    <hyperlink ref="G304" r:id="rId449" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-0000C8000000}"/>
+    <hyperlink ref="G97" r:id="rId450" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-0000C7000000}"/>
+    <hyperlink ref="G278" r:id="rId451" display="ISABELFIGUEROA21@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000C6000000}"/>
+    <hyperlink ref="G141" r:id="rId452" xr:uid="{00000000-0004-0000-0000-0000C5000000}"/>
+    <hyperlink ref="G35" r:id="rId453" xr:uid="{00000000-0004-0000-0000-0000C4000000}"/>
+    <hyperlink ref="G152" r:id="rId454" xr:uid="{00000000-0004-0000-0000-0000C3000000}"/>
+    <hyperlink ref="G779" r:id="rId455" display="jtwyman@ltcpconsultores.cl" xr:uid="{00000000-0004-0000-0000-0000C2000000}"/>
+    <hyperlink ref="G182" r:id="rId456" xr:uid="{00000000-0004-0000-0000-0000C1000000}"/>
+    <hyperlink ref="G91" r:id="rId457" display="JaimeAndres@Batarce.Me  " xr:uid="{00000000-0004-0000-0000-0000C0000000}"/>
+    <hyperlink ref="G109" r:id="rId458" xr:uid="{00000000-0004-0000-0000-0000BF000000}"/>
+    <hyperlink ref="G47" r:id="rId459" xr:uid="{00000000-0004-0000-0000-0000BE000000}"/>
+    <hyperlink ref="G231" r:id="rId460" xr:uid="{00000000-0004-0000-0000-0000BD000000}"/>
+    <hyperlink ref="G149" r:id="rId461" display="hacarden@gmail.com" xr:uid="{00000000-0004-0000-0000-0000BC000000}"/>
+    <hyperlink ref="G53" r:id="rId462" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
+    <hyperlink ref="G771" r:id="rId463" xr:uid="{00000000-0004-0000-0000-0000BA000000}"/>
+    <hyperlink ref="G644" r:id="rId464" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-0000B9000000}"/>
+    <hyperlink ref="G7" r:id="rId465" xr:uid="{00000000-0004-0000-0000-0000B8000000}"/>
+    <hyperlink ref="G366" r:id="rId466" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
+    <hyperlink ref="G262" r:id="rId467" xr:uid="{00000000-0004-0000-0000-0000B6000000}"/>
+    <hyperlink ref="G281" r:id="rId468" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="G858" r:id="rId469" xr:uid="{00000000-0004-0000-0000-0000B4000000}"/>
+    <hyperlink ref="G740" r:id="rId470" xr:uid="{00000000-0004-0000-0000-0000B3000000}"/>
+    <hyperlink ref="G683" r:id="rId471" display="GROMANINI@LVCH.CL" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="G621" r:id="rId472" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="G64" r:id="rId473" display="GARTHUR@VLA.CL" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="G688" r:id="rId474" xr:uid="{00000000-0004-0000-0000-0000AF000000}"/>
+    <hyperlink ref="G446" r:id="rId475" xr:uid="{00000000-0004-0000-0000-0000AE000000}"/>
+    <hyperlink ref="G723" r:id="rId476" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="G518" r:id="rId477" display="gmunoz@vergaraycia.cl" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
+    <hyperlink ref="G85" r:id="rId478" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
+    <hyperlink ref="G580" r:id="rId479" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
+    <hyperlink ref="G624" r:id="rId480" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="G735" r:id="rId481" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="G838" r:id="rId482" display="GEVILLAR@UC.CL" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="G316" r:id="rId483" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="G768" r:id="rId484" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000A5000000}"/>
+    <hyperlink ref="G59" r:id="rId485" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
+    <hyperlink ref="G694" r:id="rId486" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
+    <hyperlink ref="G706" r:id="rId487" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
+    <hyperlink ref="G559" r:id="rId488" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
+    <hyperlink ref="G44" r:id="rId489" display="SORAYAPARA@ENTELCHILE.NET" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
+    <hyperlink ref="G266" r:id="rId490" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
+    <hyperlink ref="G273" r:id="rId491" display="mailto:ferrada@ferradapovez.cl" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
+    <hyperlink ref="G294" r:id="rId492" display="FFUENTES@AZ.CL" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="G112" r:id="rId493" display="fbosselin@bbis.cl/fbosselin@gmail.com" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="G415" r:id="rId494" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="G730" r:id="rId495" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
+    <hyperlink ref="G854" r:id="rId496" display="FRANCISCO@FZE.CL" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
+    <hyperlink ref="G603" r:id="rId497" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
+    <hyperlink ref="G425" r:id="rId498" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
+    <hyperlink ref="G863" r:id="rId499" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
+    <hyperlink ref="G326" r:id="rId500" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
+    <hyperlink ref="G553" r:id="rId501" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="G98" r:id="rId502" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="G720" r:id="rId503" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="G183" r:id="rId504" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="G321" r:id="rId505" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="G729" r:id="rId506" display="FERNANDOSEP@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
+    <hyperlink ref="G212" r:id="rId507" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="G303" r:id="rId508" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="G42" r:id="rId509" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="G163" r:id="rId510" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="G515" r:id="rId511" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="G401" r:id="rId512" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="G309" r:id="rId513" display="EGARCIA@GARCIANADAL.cl" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="G721" r:id="rId514" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="G824" r:id="rId515" display="FELIPEVERGARACELIS@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
+    <hyperlink ref="G622" r:id="rId516" xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="G115" r:id="rId517" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="G773" r:id="rId518" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="G364" r:id="rId519" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="G724" r:id="rId520" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="G628" r:id="rId521" display="mailto:" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="G287" r:id="rId522" xr:uid="{00000000-0004-0000-0000-00007F000000}"/>
+    <hyperlink ref="G789" r:id="rId523" display="EURBINA@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="G184" r:id="rId524" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="G71" r:id="rId525" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="G669" r:id="rId526" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="G579" r:id="rId527" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="G745" r:id="rId528" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="G596" r:id="rId529" display="EPICAND@PICANDYRIOS.CL" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="G310" r:id="rId530" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="G349" r:id="rId531" xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="G276" r:id="rId532" xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="G302" r:id="rId533" xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="G427" r:id="rId534" xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="G850" r:id="rId535" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="G828" r:id="rId536" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="G403" r:id="rId537" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="G595" r:id="rId538" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="G292" r:id="rId539" display="diego.fuentes@rsfabogados.cl" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="G585" r:id="rId540" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="G510" r:id="rId541" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="G214" r:id="rId542" xr:uid="{00000000-0004-0000-0000-00006B000000}"/>
+    <hyperlink ref="G584" r:id="rId543" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="G421" r:id="rId544" display="CLESCOT@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="G117" r:id="rId545" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="G726" r:id="rId546" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="G362" r:id="rId547" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="G712" r:id="rId548" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="G663" r:id="rId549" display="JUSTICIAARBITRALCHILE@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="G360" r:id="rId550" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="G418" r:id="rId551" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="G443" r:id="rId552" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="G541" r:id="rId553" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="G459" r:id="rId554" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="G637" r:id="rId555" xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="G567" r:id="rId556" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="G436" r:id="rId557" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="G88" r:id="rId558" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="G675" r:id="rId559" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="G87" r:id="rId560" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="G818" r:id="rId561" display="CVEGA@SIGMAABOGADOS.CL" xr:uid="{00000000-0004-0000-0000-000056000000}"/>
+    <hyperlink ref="G864" r:id="rId562" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="G136" r:id="rId563" xr:uid="{00000000-0004-0000-0000-000054000000}"/>
+    <hyperlink ref="G239" r:id="rId564" xr:uid="{00000000-0004-0000-0000-000053000000}"/>
+    <hyperlink ref="G599" r:id="rId565" xr:uid="{00000000-0004-0000-0000-000052000000}"/>
+    <hyperlink ref="G341" r:id="rId566" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="G185" r:id="rId567" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="G217" r:id="rId568" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="G468" r:id="rId569" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="G43" r:id="rId570" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="G506" r:id="rId571" display="CLAUDIA.MOYAPEREZ@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="G727" r:id="rId572" display="CHRISTIANSCHURTERG@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="G455" r:id="rId573" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="G702" r:id="rId574" display="CSALDIAS@DELRIOIZQUIERDO.CL" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="G352" r:id="rId575" display="Cehermos@uc.cl" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="G807" r:id="rId576" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="G69" r:id="rId577" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="G632" r:id="rId578" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="G590" r:id="rId579" display="CPB@PBYCIA.CL" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="G823" r:id="rId580" display="VERDUGODOMIC@HOTMAIL.COM " xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="G658" r:id="rId581" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="G466" r:id="rId582" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="G306" r:id="rId583" display="CGONZALEZMEDEL@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="G719" r:id="rId584" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="G839" r:id="rId585" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="G243" r:id="rId586" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="G713" r:id="rId587" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="G189" r:id="rId588" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="G614" r:id="rId589" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="G395" r:id="rId590" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="G164" r:id="rId591" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="G511" r:id="rId592" display="CFMUNIZAGA@GMAIL.COM" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="G772" r:id="rId593" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="G484" r:id="rId594" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="G111" r:id="rId595" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="G791" r:id="rId596" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="G656" r:id="rId597" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="G442" r:id="rId598" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="G404" r:id="rId599" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="G275" r:id="rId600" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="G242" r:id="rId601" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="G367" r:id="rId602" display="COIBANEZ@UC.CL" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="G790" r:id="rId603" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="G311" r:id="rId604" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="G703" r:id="rId605" display="isalinas@t-t.cl" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="G261" r:id="rId606" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="G151" r:id="rId607" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="G144" r:id="rId608" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="G477" r:id="rId609" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="G485" r:id="rId610" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="G564" r:id="rId611" display="mailto:alexispaiva@perjuicios.cl" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="G843" r:id="rId612" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="G672" r:id="rId613" display="alberto.rodriguez@uc.cl" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="G722" r:id="rId614" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="G616" r:id="rId615" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="G605" r:id="rId616" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="G508" r:id="rId617" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="G532" r:id="rId618" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="G125" r:id="rId619" display="mailto:nrivera@rrycia.cl" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="G820" r:id="rId620" display="AVELASTEGUI@GMAILCOM" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="G670" r:id="rId621" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="G210" r:id="rId622" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="G487" r:id="rId623" display="AMONSALVE@ME.COM" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="G65" r:id="rId624" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="G264" r:id="rId625" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="G808" r:id="rId626" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="G432" r:id="rId627" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="G803" r:id="rId628" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="G211" r:id="rId629" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="G386" r:id="rId630" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="G778" r:id="rId631" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="G285" r:id="rId632" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="G272" r:id="rId633" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="G356" r:id="rId634" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="G648" r:id="rId635" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="G160" r:id="rId636" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="G831" r:id="rId637" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="G363" r:id="rId638" display="AHUBERMAN@DNYCIA.CL" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="G66" r:id="rId639" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="G732" r:id="rId640" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="G744" r:id="rId641" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="G611" r:id="rId642" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="G203" r:id="rId643" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="G794" r:id="rId644" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="G533" r:id="rId645" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="14" scale="45" fitToHeight="0" orientation="landscape" r:id="rId646"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B8F0BC8-BDAE-47FE-8DC0-E30EFFE5E5FE}">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:O6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="53.5703125" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" customWidth="1"/>
     <col min="5" max="5" width="61.7109375" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" customWidth="1"/>
     <col min="7" max="7" width="58" customWidth="1"/>
     <col min="8" max="8" width="31.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
+        <v>3953</v>
+      </c>
+      <c r="B1" t="s">
         <v>3954</v>
       </c>
-      <c r="B1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1" t="s">
-        <v>4263</v>
+        <v>4262</v>
       </c>
       <c r="D1" t="s">
+        <v>5658</v>
+      </c>
+      <c r="E1" t="s">
+        <v>5659</v>
+      </c>
+      <c r="F1" t="s">
         <v>5660</v>
       </c>
-      <c r="E1" t="s">
+      <c r="G1" t="s">
         <v>5661</v>
       </c>
-      <c r="F1" t="s">
+      <c r="H1" t="s">
         <v>5662</v>
-      </c>
-[...4 lines deleted...]
-        <v>5664</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
+        <v>5680</v>
+      </c>
+      <c r="B2" t="s">
+        <v>5681</v>
+      </c>
+      <c r="C2" t="s">
         <v>5682</v>
       </c>
-      <c r="B2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>5665</v>
+        <v>5663</v>
       </c>
       <c r="E2" t="s">
-        <v>5666</v>
+        <v>5664</v>
       </c>
       <c r="F2">
         <v>999951063</v>
       </c>
       <c r="G2" t="s">
-        <v>5667</v>
+        <v>5665</v>
       </c>
       <c r="H2" t="s">
-        <v>5668</v>
+        <v>5666</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>3349</v>
+        <v>3348</v>
       </c>
       <c r="B3" t="s">
-        <v>5686</v>
+        <v>5684</v>
       </c>
       <c r="C3" t="s">
-        <v>5685</v>
+        <v>5683</v>
       </c>
       <c r="D3" t="s">
-        <v>5669</v>
+        <v>5667</v>
       </c>
       <c r="E3" t="s">
-        <v>5670</v>
+        <v>5668</v>
       </c>
       <c r="F3">
         <v>992825867</v>
       </c>
-      <c r="G3" s="20" t="s">
-        <v>5691</v>
+      <c r="G3" s="11" t="s">
+        <v>5689</v>
       </c>
       <c r="H3" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>5687</v>
+        <v>5685</v>
       </c>
       <c r="B4" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="C4" t="s">
-        <v>5688</v>
+        <v>5686</v>
       </c>
       <c r="D4" t="s">
-        <v>5671</v>
+        <v>5669</v>
       </c>
       <c r="E4" t="s">
-        <v>5672</v>
+        <v>5670</v>
       </c>
       <c r="F4">
         <v>994161901</v>
       </c>
       <c r="G4" t="s">
-        <v>5673</v>
+        <v>5671</v>
       </c>
       <c r="H4" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B5" t="s">
-        <v>3407</v>
+        <v>3406</v>
       </c>
       <c r="C5" t="s">
-        <v>5689</v>
+        <v>5687</v>
       </c>
       <c r="D5" t="s">
-        <v>5674</v>
+        <v>5672</v>
       </c>
       <c r="E5" t="s">
-        <v>5675</v>
+        <v>5673</v>
       </c>
       <c r="F5">
         <v>933874722</v>
       </c>
       <c r="G5" t="s">
-        <v>5676</v>
+        <v>5674</v>
       </c>
       <c r="H5" t="s">
-        <v>5677</v>
+        <v>5675</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>3394</v>
+        <v>3393</v>
       </c>
       <c r="B6" t="s">
-        <v>3394</v>
+        <v>3393</v>
       </c>
       <c r="C6" t="s">
-        <v>5690</v>
+        <v>5688</v>
       </c>
       <c r="D6" t="s">
-        <v>5678</v>
+        <v>5676</v>
       </c>
       <c r="E6" t="s">
-        <v>5679</v>
+        <v>5677</v>
       </c>
       <c r="F6">
         <v>932282533</v>
       </c>
       <c r="G6" t="s">
-        <v>5680</v>
+        <v>5678</v>
       </c>
       <c r="H6" t="s">
-        <v>5681</v>
+        <v>5679</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G3" r:id="rId1" xr:uid="{E6E5C342-C68F-4DD3-AB82-5D191650858A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>