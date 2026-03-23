--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\saturno.poderjudicial.cl\TRIBUNALES\03_Copiapo\1_ICA\UNIDAD_PLENO\Año 2026\Enero\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\saturno.poderjudicial.cl\TRIBUNALES\03_Copiapo\1_ICA\UNIDAD_PLENO\Año 2026\Marzo\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A9374DE-1757-42A4-969F-DB3E12A702D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B0B133E-5EBF-4541-A285-4E35BD8C2EA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="590" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="590" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Definitiva" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Definitiva!$A$2:$Q$105</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Definitiva!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1375" uniqueCount="770">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="783">
   <si>
     <t>RUT</t>
   </si>
   <si>
     <t>DV</t>
   </si>
   <si>
     <t>Territorio de desempeño preferente</t>
   </si>
   <si>
     <t>Especialidad indicada por el oponente</t>
   </si>
   <si>
     <t>Domicilio</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>ebenitezabogado@gmail.com</t>
   </si>
   <si>
@@ -2652,72 +2652,108 @@
   </si>
   <si>
     <t>Territorio jurisdiccional</t>
   </si>
   <si>
     <t>Alejandro Javier</t>
   </si>
   <si>
     <t>Artigas</t>
   </si>
   <si>
     <t>Barrenechea</t>
   </si>
   <si>
     <t>Av. Presidente
 Errázuriz 2999, oficina 201,
 Las Condes, región
 Metropolitana</t>
   </si>
   <si>
     <t>aartigas@ahmm.cl;
 aartigas@artigasycia.cl
 alejandroartigas@gmail.cl</t>
   </si>
   <si>
+    <t xml:space="preserve"> Aranzubia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karen Jocelyn
+</t>
+  </si>
+  <si>
+    <t>Bielefeldt</t>
+  </si>
+  <si>
+    <t>Huérfanos # 1147, oficina N° 235, Santiago</t>
+  </si>
+  <si>
+    <t>56 9 5401 9715</t>
+  </si>
+  <si>
+    <t>karen.juridico@gmail.com</t>
+  </si>
+  <si>
+    <t>Derecho Familia, Derecho Civil con especialidad en: Derecho Inmobiliario, Comunidad de
+Bienes, Particiones, Comunidades Hereditarias y sociedades.</t>
+  </si>
+  <si>
     <t>Derecho comercial,
-sociedades y
-[...8 lines deleted...]
-participación de
+sociedades y  conflictos
+societarios; Derecho sucesorio; Derechos
+Inmobiliario; Derecho de la construcción; Responsabilidad civil, contratos y derecho de daños y participación de
 comunidades</t>
+  </si>
+  <si>
+    <t>José Joaquín</t>
+  </si>
+  <si>
+    <t>Verdugo</t>
+  </si>
+  <si>
+    <t>Ramírez</t>
+  </si>
+  <si>
+    <t>Augusto Leguía Norte N° 255, departamento 34,
+comuna de Las Condes, región metropolitana</t>
+  </si>
+  <si>
+    <t>jverdugo@mvjvarbitraje
+.com</t>
+  </si>
+  <si>
+    <t>I.- Derecho civil y comercial, contratos y responsabilidad civil.II.- Conflictos societarios. III.- Derecho inmobiliario y construcción. IV.- Derecho sucesorio. V.- Derecho eléctrico. VI.- Competencia desleal. VII.- Arbitraje internacional.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="0"/>
@@ -2778,50 +2814,64 @@
     <font>
       <sz val="8"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
@@ -2865,51 +2915,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="41" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
@@ -3007,59 +3057,65 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="41" fontId="16" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="41" fontId="0" fillId="0" borderId="4" xfId="2" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hipervínculo" xfId="1" builtinId="8"/>
     <cellStyle name="Millares [0]" xfId="2" builtinId="6"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -3325,97 +3381,97 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadopcf@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camat@artabogados.cl" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@artabogados.cl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clmoreno1971@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciosierrar@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilobravoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.correa@correabarros.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MBASULTOASTUDILLO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmartinb@uc.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmiranda@phr.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renato@pezoa-cia.cl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hquiroz@quirozabogados.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.valenzuela.lawyer@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crabogados.cl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Luisgonzalezcodocedo@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcogallo@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipehubner@uhc.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandocarrenocolima@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpaluz@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uhc.cl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorenzo.aviles.r@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@sandoval-asociados.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mulriksen@hyu.cl%20;michaelulriksen@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djojeda@uc.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaimecomte@hotmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vergara@ferradapovez.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvildosolai@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.troncoso@asmit.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papapietro.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artabogados.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:notificaciones@alvayaiabogados.cl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrafta@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnparada@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlaso@rfl.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@osycia.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GBORE@BFLEGAL.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eurbina@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am.orostica.ortega@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com%20;marianocasera@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocubillos@concepcionabogados.cl" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbenedettiv@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolis@nextlegal.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iacevedo@aymabogados.cl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cesar.ccff@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rherrera@hyu.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolfojmontecinos@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmunozzunino@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adolforivera@argabogado.CL" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rescobar@abogadosescobar.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georginadpvalencia@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@diazyfuentesabogados.cl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadopcf@hotmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camat@artabogados.cl" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fpinochet@kastpinochet.cl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ignacio.arayaparedes@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nruiztagle@artabogados.cl" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clmoreno1971@gmail.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yulloatrabajo@gmail.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudioariaseriza@gmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mauriciosierrar@gmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilobravoabogado@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.correa@correabarros.cl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MBASULTOASTUDILLO@GMAIL.COM" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:letelieryasociados@gmail.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rplaza@phr.cl" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmartinb@uc.cl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rmiranda@phr.cl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joaquinarismendil@gmail.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nataliauribemonje@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tsanchez@abiabogados.cl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:renato@pezoa-cia.cl" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hquiroz@quirozabogados.cl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgaymer@gaymer.cl" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nancy.valenzuela.lawyer@gmail.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcaglevic@crabogados.cl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Luisgonzalezcodocedo@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmurillos@vtr.net" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ggsalinas@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fcogallo@gmail.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jverdugo@mvjvarbitraje%0a.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:felipehubner@uhc.cl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandocarrenocolima@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpaluz@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fhubner@uhc.cl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lorenzo.aviles.r@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wparra.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitro.ibustos@gmail.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfonso.santini@acevedosantini.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msandoval@sandoval-asociados.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pazyre@gmail.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mulriksen@hyu.cl%20;michaelulriksen@gmail.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:djojeda@uc.cl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryfabogados@gmail.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaimecomte@hotmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clescot@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jcb.abog@gmail.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vergara@ferradapovez.cl" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tababogados@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:buriarte@apparcel.cl" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jalvear@alvearabogados.cl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvildosolai@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ivan.troncoso@asmit.cl" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricardo.donosov@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papapietro.abogado@gmail.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rayen.fontena@gmail.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfinfante@uc.cl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschmitt@artabogados.cl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:notificaciones@alvayaiabogados.cl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@gonzalocaballero.cl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:arbitrafta@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:landradevelasquez@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rpalacios@justiciaarbitral.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johnparada@gmail.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlaso@rfl.cl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:doksenberg@osycia.cl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogada.wcomicheo@gmail.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@byes.cl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GBORE@BFLEGAL.CL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luiscandia_abogado@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eurbina@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:am.orostica.ortega@gmail.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mcasera@caseraycia.com%20;marianocasera@gmail.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mariocubillos@concepcionabogados.cl" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nbenedettiv@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csolis@nextlegal.cl" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agustin.ch@cheycia.cl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebenitezabogado@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iacevedo@aymabogados.cl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cesar.ccff@gmail.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rherrera@hyu.cl" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rodolfojmontecinos@gmail.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hmunozzunino@gmail.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adolforivera@argabogado.CL" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rescobar@abogadosescobar.cl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saidacc@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:georginadpvalencia@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abogadojorgetapiasilva@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:avial@ycia.cl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmontero@monteroycia.cl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ffrias@rfl.cl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contacto@diazyfuentesabogados.cl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Q109"/>
+  <dimension ref="A1:Q111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A107" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A106" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="E5" sqref="E5"/>
-      <selection pane="bottomLeft" activeCell="J109" sqref="J109"/>
+      <selection pane="bottomLeft" activeCell="P117" sqref="P117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="5" max="5" width="12.5703125" style="24" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="21.28515625" customWidth="1"/>
     <col min="16" max="16" width="23.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="51" t="s">
+      <c r="A1" s="56" t="s">
         <v>689</v>
       </c>
-      <c r="B1" s="51"/>
-[...14 lines deleted...]
-      <c r="Q1" s="51"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
+      <c r="F1" s="56"/>
+      <c r="G1" s="56"/>
+      <c r="H1" s="56"/>
+      <c r="I1" s="56"/>
+      <c r="J1" s="56"/>
+      <c r="K1" s="56"/>
+      <c r="L1" s="56"/>
+      <c r="M1" s="56"/>
+      <c r="N1" s="56"/>
+      <c r="O1" s="56"/>
+      <c r="P1" s="56"/>
+      <c r="Q1" s="56"/>
     </row>
     <row r="2" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="20" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>11</v>
@@ -3995,51 +4051,51 @@
       <c r="J13" s="11" t="s">
         <v>85</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>89</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="14" spans="1:17" ht="120" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:17" ht="81" x14ac:dyDescent="0.25">
       <c r="A14" s="9">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>91</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="E14" s="21">
         <v>17846341</v>
       </c>
       <c r="F14" s="3">
         <v>1</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="H14" s="4"/>
       <c r="I14" s="4" t="s">
         <v>93</v>
       </c>
@@ -4562,51 +4618,51 @@
       <c r="J24" s="11" t="s">
         <v>170</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>172</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="25" spans="1:17" ht="105" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:17" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A25" s="9">
         <v>23</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>174</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>175</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>176</v>
       </c>
       <c r="E25" s="22">
         <v>8867490</v>
       </c>
       <c r="F25" s="4">
         <v>1</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>180</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>177</v>
       </c>
       <c r="I25" s="4" t="s">
@@ -5180,51 +5236,51 @@
       <c r="J36" s="11" t="s">
         <v>78</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P36" s="10" t="s">
         <v>258</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="37" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:17" ht="81" x14ac:dyDescent="0.25">
       <c r="A37" s="9">
         <v>35</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>262</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>263</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>213</v>
       </c>
       <c r="E37" s="22">
         <v>13647087</v>
       </c>
       <c r="F37" s="4">
         <v>6</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>264</v>
       </c>
       <c r="H37" s="4"/>
       <c r="I37" s="4" t="s">
         <v>268</v>
       </c>
@@ -5696,51 +5752,51 @@
       <c r="J46" s="11" t="s">
         <v>330</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P46" s="10" t="s">
         <v>331</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="47" spans="1:17" ht="216" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:17" ht="148.5" x14ac:dyDescent="0.25">
       <c r="A47" s="9">
         <v>45</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>336</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>333</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>334</v>
       </c>
       <c r="E47" s="22">
         <v>17118786</v>
       </c>
       <c r="F47" s="4">
         <v>9</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>337</v>
       </c>
       <c r="H47" s="4"/>
       <c r="I47" s="4" t="s">
         <v>335</v>
       </c>
@@ -5951,51 +6007,51 @@
       <c r="J51" s="11" t="s">
         <v>367</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P51" s="10" t="s">
         <v>368</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="52" spans="1:17" ht="81" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:17" ht="54" x14ac:dyDescent="0.25">
       <c r="A52" s="9">
         <v>50</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>370</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>371</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>372</v>
       </c>
       <c r="E52" s="22">
         <v>18762068</v>
       </c>
       <c r="F52" s="4">
         <v>6</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>373</v>
       </c>
       <c r="H52" s="4"/>
       <c r="I52" s="4" t="s">
         <v>374</v>
       </c>
@@ -6365,51 +6421,51 @@
       <c r="J59" s="11" t="s">
         <v>424</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P59" s="10" t="s">
         <v>425</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>426</v>
       </c>
     </row>
-    <row r="60" spans="1:17" ht="216" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:17" ht="162" x14ac:dyDescent="0.25">
       <c r="A60" s="9">
         <v>58</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>427</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>176</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>428</v>
       </c>
       <c r="E60" s="22">
         <v>11821621</v>
       </c>
       <c r="F60" s="4">
         <v>0</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>429</v>
       </c>
       <c r="H60" s="4">
         <v>522213103</v>
       </c>
       <c r="I60" s="4">
@@ -7348,51 +7404,51 @@
       <c r="J78" s="17" t="s">
         <v>558</v>
       </c>
       <c r="K78" s="13" t="s">
         <v>16</v>
       </c>
       <c r="L78" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M78" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O78" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P78" s="15" t="s">
         <v>559</v>
       </c>
       <c r="Q78" s="14" t="s">
         <v>560</v>
       </c>
     </row>
-    <row r="79" spans="1:17" ht="123.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:17" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A79" s="9">
         <v>77</v>
       </c>
       <c r="B79" s="13" t="s">
         <v>561</v>
       </c>
       <c r="C79" s="13" t="s">
         <v>562</v>
       </c>
       <c r="D79" s="13" t="s">
         <v>563</v>
       </c>
       <c r="E79" s="23">
         <v>13865687</v>
       </c>
       <c r="F79" s="13" t="s">
         <v>146</v>
       </c>
       <c r="G79" s="13" t="s">
         <v>564</v>
       </c>
       <c r="H79" s="13"/>
       <c r="I79" s="13" t="s">
         <v>565</v>
       </c>
@@ -7654,51 +7710,51 @@
       <c r="J84" s="17" t="s">
         <v>602</v>
       </c>
       <c r="K84" s="12" t="s">
         <v>16</v>
       </c>
       <c r="L84" s="12" t="s">
         <v>16</v>
       </c>
       <c r="M84" s="12" t="s">
         <v>18</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O84" s="12" t="s">
         <v>18</v>
       </c>
       <c r="P84" s="19" t="s">
         <v>684</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>683</v>
       </c>
     </row>
-    <row r="85" spans="1:17" ht="168.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:17" ht="90" x14ac:dyDescent="0.25">
       <c r="A85" s="9">
         <v>83</v>
       </c>
       <c r="B85" s="13" t="s">
         <v>603</v>
       </c>
       <c r="C85" s="13" t="s">
         <v>604</v>
       </c>
       <c r="D85" s="13" t="s">
         <v>285</v>
       </c>
       <c r="E85" s="23">
         <v>13272674</v>
       </c>
       <c r="F85" s="13">
         <v>4</v>
       </c>
       <c r="G85" s="13" t="s">
         <v>605</v>
       </c>
       <c r="H85" s="13"/>
       <c r="I85" s="13">
         <v>56998412518</v>
       </c>
@@ -7756,51 +7812,51 @@
       <c r="J86" s="17" t="s">
         <v>614</v>
       </c>
       <c r="K86" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M86" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N86" s="14" t="s">
         <v>16</v>
       </c>
       <c r="O86" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P86" s="15" t="s">
         <v>615</v>
       </c>
       <c r="Q86" s="14" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="87" spans="1:17" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:17" ht="40.5" x14ac:dyDescent="0.25">
       <c r="A87" s="9">
         <v>85</v>
       </c>
       <c r="B87" s="13" t="s">
         <v>617</v>
       </c>
       <c r="C87" s="13" t="s">
         <v>618</v>
       </c>
       <c r="D87" s="13" t="s">
         <v>619</v>
       </c>
       <c r="E87" s="23">
         <v>10046267</v>
       </c>
       <c r="F87" s="13">
         <v>2</v>
       </c>
       <c r="G87" s="13" t="s">
         <v>623</v>
       </c>
       <c r="H87" s="13" t="s">
         <v>620</v>
       </c>
       <c r="I87" s="13" t="s">
@@ -7962,51 +8018,51 @@
       <c r="J90" s="17" t="s">
         <v>646</v>
       </c>
       <c r="K90" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M90" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O90" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P90" s="15" t="s">
         <v>645</v>
       </c>
       <c r="Q90" s="14" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="91" spans="1:17" ht="67.5" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:17" ht="54" x14ac:dyDescent="0.25">
       <c r="A91" s="9">
         <v>89</v>
       </c>
       <c r="B91" s="13" t="s">
         <v>649</v>
       </c>
       <c r="C91" s="13" t="s">
         <v>648</v>
       </c>
       <c r="D91" s="13" t="s">
         <v>647</v>
       </c>
       <c r="E91" s="23">
         <v>16578797</v>
       </c>
       <c r="F91" s="13">
         <v>8</v>
       </c>
       <c r="G91" s="13" t="s">
         <v>650</v>
       </c>
       <c r="H91" s="13">
         <v>223785050</v>
       </c>
       <c r="I91" s="13">
@@ -8121,151 +8177,151 @@
       <c r="J93" s="17" t="s">
         <v>663</v>
       </c>
       <c r="K93" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M93" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N93" s="14" t="s">
         <v>16</v>
       </c>
       <c r="O93" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P93" s="15" t="s">
         <v>664</v>
       </c>
       <c r="Q93" s="14" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="94" spans="1:17" ht="157.5" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:17" ht="90" x14ac:dyDescent="0.25">
       <c r="A94" s="9">
         <v>92</v>
       </c>
       <c r="B94" s="13" t="s">
         <v>665</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>666</v>
       </c>
       <c r="D94" s="13" t="s">
         <v>667</v>
       </c>
       <c r="E94" s="23">
         <v>16241722</v>
       </c>
       <c r="F94" s="13">
         <v>3</v>
       </c>
       <c r="G94" s="13" t="s">
         <v>668</v>
       </c>
       <c r="H94" s="13"/>
       <c r="I94" s="13">
         <v>56965757631</v>
       </c>
       <c r="J94" s="17" t="s">
         <v>669</v>
       </c>
       <c r="K94" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M94" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O94" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P94" s="13" t="s">
         <v>670</v>
       </c>
       <c r="Q94" s="14" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="95" spans="1:17" ht="112.5" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:17" ht="90" x14ac:dyDescent="0.25">
       <c r="A95" s="9">
         <v>93</v>
       </c>
       <c r="B95" s="13" t="s">
         <v>672</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>673</v>
       </c>
       <c r="D95" s="13" t="s">
         <v>674</v>
       </c>
       <c r="E95" s="23">
         <v>15359254</v>
       </c>
       <c r="F95" s="13">
         <v>3</v>
       </c>
       <c r="G95" s="13" t="s">
         <v>675</v>
       </c>
       <c r="H95" s="13"/>
       <c r="I95" s="13" t="s">
         <v>676</v>
       </c>
       <c r="J95" s="17" t="s">
         <v>677</v>
       </c>
       <c r="K95" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M95" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N95" s="14"/>
       <c r="O95" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P95" s="13" t="s">
         <v>671</v>
       </c>
       <c r="Q95" s="14" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="96" spans="1:17" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:17" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A96" s="9">
         <v>94</v>
       </c>
       <c r="B96" s="13" t="s">
         <v>691</v>
       </c>
       <c r="C96" s="13" t="s">
         <v>692</v>
       </c>
       <c r="D96" s="13" t="s">
         <v>693</v>
       </c>
       <c r="E96" s="26">
         <v>13916340</v>
       </c>
       <c r="F96" s="13">
         <v>0</v>
       </c>
       <c r="G96" s="13" t="s">
         <v>694</v>
       </c>
       <c r="H96" s="13">
         <v>226992138</v>
       </c>
       <c r="I96" s="13">
@@ -8274,51 +8330,51 @@
       <c r="J96" s="27" t="s">
         <v>695</v>
       </c>
       <c r="K96" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="13" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N96" s="14" t="s">
         <v>18</v>
       </c>
       <c r="O96" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P96" s="13" t="s">
         <v>696</v>
       </c>
       <c r="Q96" s="14" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="97" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:17" ht="27" x14ac:dyDescent="0.25">
       <c r="A97" s="9">
         <v>95</v>
       </c>
       <c r="B97" s="13" t="s">
         <v>697</v>
       </c>
       <c r="C97" s="13" t="s">
         <v>698</v>
       </c>
       <c r="D97" s="13" t="s">
         <v>611</v>
       </c>
       <c r="E97" s="26">
         <v>11566603</v>
       </c>
       <c r="F97" s="13">
         <v>7</v>
       </c>
       <c r="G97" s="13" t="s">
         <v>699</v>
       </c>
       <c r="H97" s="13" t="s">
         <v>700</v>
       </c>
       <c r="I97" s="13">
@@ -8433,51 +8489,51 @@
       <c r="J99" s="17" t="s">
         <v>711</v>
       </c>
       <c r="K99" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="13" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N99" s="14" t="s">
         <v>18</v>
       </c>
       <c r="O99" s="13" t="s">
         <v>18</v>
       </c>
       <c r="P99" s="13" t="s">
         <v>712</v>
       </c>
       <c r="Q99" s="14" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="100" spans="1:17" ht="90" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:17" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A100" s="9">
         <v>98</v>
       </c>
       <c r="B100" s="13" t="s">
         <v>714</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>715</v>
       </c>
       <c r="D100" s="13" t="s">
         <v>716</v>
       </c>
       <c r="E100" s="26">
         <v>14313166</v>
       </c>
       <c r="F100" s="13">
         <v>1</v>
       </c>
       <c r="G100" s="13" t="s">
         <v>713</v>
       </c>
       <c r="H100" s="13" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="13">
@@ -8688,51 +8744,51 @@
       <c r="J104" s="38" t="s">
         <v>738</v>
       </c>
       <c r="K104" s="13" t="s">
         <v>16</v>
       </c>
       <c r="L104" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M104" s="13" t="s">
         <v>16</v>
       </c>
       <c r="N104" s="13" t="s">
         <v>16</v>
       </c>
       <c r="O104" s="13" t="s">
         <v>16</v>
       </c>
       <c r="P104" s="37" t="s">
         <v>739</v>
       </c>
       <c r="Q104" s="13" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="105" spans="1:17" ht="45.75" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:17" ht="45" x14ac:dyDescent="0.25">
       <c r="A105" s="25">
         <v>103</v>
       </c>
       <c r="B105" s="44" t="s">
         <v>742</v>
       </c>
       <c r="C105" s="43" t="s">
         <v>740</v>
       </c>
       <c r="D105" s="41" t="s">
         <v>741</v>
       </c>
       <c r="E105" s="36">
         <v>16726025</v>
       </c>
       <c r="F105" s="47" t="s">
         <v>146</v>
       </c>
       <c r="G105" s="42" t="s">
         <v>743</v>
       </c>
       <c r="H105" s="45" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="47">
@@ -8843,151 +8899,253 @@
       <c r="J107" s="50" t="s">
         <v>760</v>
       </c>
       <c r="K107" s="13" t="s">
         <v>16</v>
       </c>
       <c r="L107" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M107" s="13" t="s">
         <v>16</v>
       </c>
       <c r="N107" s="13" t="s">
         <v>16</v>
       </c>
       <c r="O107" s="13" t="s">
         <v>16</v>
       </c>
       <c r="P107" s="42" t="s">
         <v>754</v>
       </c>
       <c r="Q107" s="13" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="108" spans="1:17" ht="45.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:17" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A108" s="25">
         <v>106</v>
       </c>
       <c r="B108" s="13" t="s">
         <v>735</v>
       </c>
       <c r="C108" s="43" t="s">
         <v>736</v>
       </c>
       <c r="D108" s="13" t="s">
         <v>737</v>
       </c>
       <c r="E108" s="36">
         <v>15641353</v>
       </c>
       <c r="F108" s="13">
         <v>4</v>
       </c>
       <c r="G108" s="42" t="s">
         <v>761</v>
       </c>
       <c r="H108" s="43"/>
       <c r="I108" s="43">
         <v>56956272437</v>
       </c>
       <c r="J108" s="48" t="s">
         <v>738</v>
       </c>
       <c r="K108" s="13" t="s">
         <v>16</v>
       </c>
       <c r="L108" s="13" t="s">
         <v>16</v>
       </c>
       <c r="M108" s="13" t="s">
         <v>16</v>
       </c>
       <c r="N108" s="13" t="s">
         <v>16</v>
       </c>
       <c r="O108" s="13" t="s">
         <v>16</v>
       </c>
       <c r="P108" s="13" t="s">
         <v>762</v>
       </c>
       <c r="Q108" s="13" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="109" spans="1:17" ht="195" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:17" ht="102" x14ac:dyDescent="0.25">
       <c r="A109" s="25">
         <v>107</v>
       </c>
       <c r="B109" s="13" t="s">
         <v>764</v>
       </c>
       <c r="C109" s="13" t="s">
         <v>765</v>
       </c>
       <c r="D109" s="13" t="s">
         <v>766</v>
       </c>
       <c r="E109" s="52">
         <v>15363383</v>
       </c>
       <c r="F109" s="13">
         <v>5</v>
       </c>
       <c r="G109" s="53" t="s">
         <v>767</v>
       </c>
       <c r="H109" s="54">
         <v>22070596</v>
       </c>
-      <c r="I109" s="55">
+      <c r="I109" s="43">
         <v>56974094067</v>
       </c>
-      <c r="J109" s="53" t="s">
+      <c r="J109" s="55" t="s">
         <v>768</v>
       </c>
       <c r="K109" s="13" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="13" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="13" t="s">
         <v>18</v>
       </c>
       <c r="N109" s="13" t="s">
         <v>18</v>
       </c>
       <c r="O109" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="P109" s="53" t="s">
+      <c r="P109" s="55" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q109" s="13" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" ht="68.25" x14ac:dyDescent="0.25">
+      <c r="A110" s="25">
+        <v>108</v>
+      </c>
+      <c r="B110" s="42" t="s">
+        <v>770</v>
+      </c>
+      <c r="C110" s="13" t="s">
+        <v>771</v>
+      </c>
+      <c r="D110" s="42" t="s">
         <v>769</v>
       </c>
-      <c r="Q109" s="13" t="s">
+      <c r="E110" s="51">
+        <v>13923245</v>
+      </c>
+      <c r="F110" s="13">
+        <v>3</v>
+      </c>
+      <c r="G110" s="42" t="s">
+        <v>772</v>
+      </c>
+      <c r="H110" s="42"/>
+      <c r="I110" s="42" t="s">
+        <v>773</v>
+      </c>
+      <c r="J110" s="42" t="s">
+        <v>774</v>
+      </c>
+      <c r="K110" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="L110" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="M110" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="N110" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="O110" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="P110" s="42" t="s">
+        <v>775</v>
+      </c>
+      <c r="Q110" s="13" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" ht="102" x14ac:dyDescent="0.25">
+      <c r="A111" s="25">
+        <v>109</v>
+      </c>
+      <c r="B111" s="42" t="s">
+        <v>777</v>
+      </c>
+      <c r="C111" s="43" t="s">
+        <v>778</v>
+      </c>
+      <c r="D111" s="43" t="s">
+        <v>779</v>
+      </c>
+      <c r="E111" s="36">
+        <v>16768298</v>
+      </c>
+      <c r="F111" s="43">
+        <v>7</v>
+      </c>
+      <c r="G111" s="42" t="s">
+        <v>780</v>
+      </c>
+      <c r="H111" s="57"/>
+      <c r="I111" s="43">
+        <v>56932192010</v>
+      </c>
+      <c r="J111" s="50" t="s">
+        <v>781</v>
+      </c>
+      <c r="K111" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="L111" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="M111" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="N111" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="O111" s="57" t="s">
+        <v>16</v>
+      </c>
+      <c r="P111" s="42" t="s">
+        <v>782</v>
+      </c>
+      <c r="Q111" s="13" t="s">
         <v>763</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:Q105" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:Q1"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="J3" r:id="rId1" xr:uid="{E85291CC-82D8-4E17-96BB-C1D49CE154F4}"/>
     <hyperlink ref="J4" r:id="rId2" xr:uid="{76BE2372-93DC-44BF-9016-F32EA6B462C7}"/>
     <hyperlink ref="J5" r:id="rId3" xr:uid="{3C839AD5-5431-4B9B-AAE2-9F88EE9FFD54}"/>
     <hyperlink ref="J6" r:id="rId4" xr:uid="{CA5F0F85-6025-43FF-8498-85982645205A}"/>
     <hyperlink ref="J7" r:id="rId5" xr:uid="{7FE817F8-B629-4154-AF38-B25011FD657E}"/>
     <hyperlink ref="J8" r:id="rId6" xr:uid="{6C927A60-225C-44DD-8F22-FCB32F41F848}"/>
     <hyperlink ref="J10" r:id="rId7" xr:uid="{4CF96496-CB71-416E-832E-2FAA9D63AA66}"/>
     <hyperlink ref="J11" r:id="rId8" xr:uid="{23797F5F-06EE-488F-AE65-61A03B07FA7F}"/>
     <hyperlink ref="J12" r:id="rId9" xr:uid="{78A804DB-FA0E-4ACB-8B6B-3A028A7A4716}"/>
     <hyperlink ref="J13" r:id="rId10" xr:uid="{EEC2846E-F7CF-4487-9CB9-C9A6F70282E0}"/>
     <hyperlink ref="J14" r:id="rId11" display="camilobravoabogado@gmail.com" xr:uid="{F03B1A9F-E4E5-4F3E-9DC8-9737F1728061}"/>
     <hyperlink ref="J15" r:id="rId12" display="fernandocarrenocolima@gmail.com" xr:uid="{B46A4645-4551-4566-81F3-4E16ACC2FB97}"/>
     <hyperlink ref="J16" r:id="rId13" xr:uid="{3247A673-0099-41E5-8796-45D791465650}"/>
     <hyperlink ref="J17" r:id="rId14" xr:uid="{5B1F1F61-E23D-4859-95E4-D53DE369511A}"/>
     <hyperlink ref="J18" r:id="rId15" xr:uid="{27F96B99-5E3C-40BF-8683-F0DF0DE72493}"/>
@@ -9046,53 +9204,54 @@
     <hyperlink ref="J80" r:id="rId68" xr:uid="{BCDA5820-9E9C-400F-A8D9-9919CC64184A}"/>
     <hyperlink ref="J81" r:id="rId69" xr:uid="{D2D76B58-75EE-4F6E-BEE3-807D7DF8E951}"/>
     <hyperlink ref="J82" r:id="rId70" xr:uid="{8A9EB47E-75B4-4AB6-BD04-554A31BC40CB}"/>
     <hyperlink ref="J83" r:id="rId71" xr:uid="{C3AFD1E5-CEBB-408A-BC46-F14D92F22114}"/>
     <hyperlink ref="J84" r:id="rId72" xr:uid="{5C9331F4-6A61-41E1-866A-1A54BD8CE293}"/>
     <hyperlink ref="J85" r:id="rId73" xr:uid="{4D056302-7D0E-4F79-A7E5-CF918F9B1FEE}"/>
     <hyperlink ref="J86" r:id="rId74" xr:uid="{21932A17-3DAF-4D79-AFE4-B5CA17071345}"/>
     <hyperlink ref="J87" r:id="rId75" xr:uid="{3396A8D6-B350-43CD-9652-390E2F9DD9C4}"/>
     <hyperlink ref="J88" r:id="rId76" xr:uid="{4A22012C-4800-46E1-85AE-66FA4197F4A9}"/>
     <hyperlink ref="J89" r:id="rId77" xr:uid="{6D88F726-7AD5-4A1F-8B9F-B1A7DA78A165}"/>
     <hyperlink ref="J90" r:id="rId78" xr:uid="{0ACA0615-F6D8-4565-B060-576D6D536717}"/>
     <hyperlink ref="J91" r:id="rId79" xr:uid="{9E0C9CEA-D885-4297-8F21-BCE7FBA8622B}"/>
     <hyperlink ref="J92" r:id="rId80" xr:uid="{ADF32CBD-E9F7-4F77-80B1-F18432C7E969}"/>
     <hyperlink ref="J95" r:id="rId81" xr:uid="{95B9B6D9-0768-4CA3-922D-6E7DDC1FC714}"/>
     <hyperlink ref="J96" r:id="rId82" xr:uid="{4C985A54-5FAF-44E4-963B-B5CFB33A8AD6}"/>
     <hyperlink ref="J97" r:id="rId83" xr:uid="{69A075E1-A649-4782-997D-DE7D6938A182}"/>
     <hyperlink ref="J98" r:id="rId84" xr:uid="{F4A1640D-5D75-427F-93ED-5B8C2A557F6D}"/>
     <hyperlink ref="J99" r:id="rId85" xr:uid="{01617041-5CD5-4D0E-8CF2-F7C41425A57E}"/>
     <hyperlink ref="J100" r:id="rId86" xr:uid="{44810A6D-0615-4D5E-8E4E-355F08FF5326}"/>
     <hyperlink ref="J101" r:id="rId87" xr:uid="{6803ED39-1549-4F8A-813A-6E782BADE6AA}"/>
     <hyperlink ref="J102" r:id="rId88" xr:uid="{ED110FB7-B07C-4EE7-A7DF-A89E0EC3B2C4}"/>
     <hyperlink ref="J105" r:id="rId89" xr:uid="{096EC6C7-39FF-4717-8ADC-FFEE13131377}"/>
     <hyperlink ref="J106" r:id="rId90" xr:uid="{86FD32CE-38F2-465F-A982-8DDFCC7218F3}"/>
     <hyperlink ref="J107" r:id="rId91" xr:uid="{58A9E6DA-E4DA-437E-BC63-61D463373407}"/>
     <hyperlink ref="J108" r:id="rId92" xr:uid="{FE07079C-27A9-416E-9DA2-131EEA80125F}"/>
+    <hyperlink ref="J111" r:id="rId93" xr:uid="{43C924C4-8361-4CD8-859A-E762ABD7CB1F}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="14" scale="71" fitToHeight="0" orientation="landscape" verticalDpi="0" r:id="rId93"/>
+  <pageSetup paperSize="14" scale="71" fitToHeight="0" orientation="landscape" verticalDpi="4294967294" r:id="rId94"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>