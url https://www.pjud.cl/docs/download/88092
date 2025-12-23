--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -7,66 +7,66 @@
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\dbascunan\desktop\2025\NOMINA MARTILLEROS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\cvalencia\Scaner\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6E5C9FB-1E87-467A-9398-5B55DF4E1C7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98903019-8F8E-4A67-8136-F9D6E6F02C75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3510" yWindow="3510" windowWidth="28800" windowHeight="11250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13290" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CATEGORÍAS" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="130">
   <si>
     <t>NOMBRES</t>
   </si>
   <si>
     <t>DOMICILIO LABORAL</t>
   </si>
   <si>
     <t>TELEFONOS</t>
   </si>
   <si>
     <t>DESTINO
 BODEGAS</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
     <t>ROL
 PLENO</t>
   </si>
   <si>
     <t xml:space="preserve">  CORTE DE APELACIONES DE RANCAGUA</t>
   </si>
   <si>
     <t>ESPECIES</t>
@@ -218,53 +218,50 @@
   <si>
     <t>subastasdechile@gmail.com</t>
   </si>
   <si>
     <t>RAMIREZ SILVA, SERGIO EDUARDO</t>
   </si>
   <si>
     <t>RAMIREZ SILVA, JULIAN ALBERTO</t>
   </si>
   <si>
     <t>RODRIGUEZ ARELLANO, CARMEN BERNARDITA</t>
   </si>
   <si>
     <t>RUBIO MANRIQUEZ, MICHAEL CRISTIAN</t>
   </si>
   <si>
     <t>remates.escritos@gmail.com</t>
   </si>
   <si>
     <t>VARGAS JARA, ALFREDO LEUCADIO</t>
   </si>
   <si>
     <t>alfredo.vargas@live.cl</t>
   </si>
   <si>
-    <t>MARQUEZ CACERES, JUAN MANUEL</t>
-[...1 lines deleted...]
-  <si>
     <t>VENEGAS ASTETE, PAOLO EDUARDO</t>
   </si>
   <si>
     <t>pevenegas@gmail.com</t>
   </si>
   <si>
     <t>VENEGAS ROJAS, RICARDO MANUEL</t>
   </si>
   <si>
     <t>rvenegasr@gmail.com</t>
   </si>
   <si>
     <t>BAEZA OPORTUS, MONICA CRISTINA</t>
   </si>
   <si>
     <t>CABRERA CORREA, CLAUDIO ALBERTO</t>
   </si>
   <si>
     <t>DE LA CUADRA QUEVEDO, SANTIAGO ALFREDO</t>
   </si>
   <si>
     <t>DE LA FUENTE SAN MARTIN, GLORIA SOLEDAD</t>
   </si>
   <si>
     <t>PEFAUR CASTILLO, PAMELA VERONICA</t>
@@ -333,53 +330,50 @@
     <t>184-2024</t>
   </si>
   <si>
     <t>72 2714555</t>
   </si>
   <si>
     <t>remconff@gmail.com</t>
   </si>
   <si>
     <t>219-2024</t>
   </si>
   <si>
     <t>195-2024</t>
   </si>
   <si>
     <t>rematesjpgonzalez@gmail.com</t>
   </si>
   <si>
     <t>193-2024</t>
   </si>
   <si>
     <t>208-2024</t>
   </si>
   <si>
     <t>186-2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>211-2024</t>
   </si>
   <si>
     <t>212-2024</t>
   </si>
   <si>
     <t>224-2024</t>
   </si>
   <si>
     <t>LUIS CRUZ MARTINEZ #1043</t>
   </si>
   <si>
     <t>pamela5333.pp@gmail.com</t>
   </si>
   <si>
     <t>192-2024</t>
   </si>
   <si>
     <t>199-2024</t>
   </si>
   <si>
     <t>185-2024</t>
   </si>
   <si>
     <t>218-2024</t>
   </si>
@@ -1484,99 +1478,99 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:casaderemateslapunta@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remateslaserena@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minervamarquez2@hotmail.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yalues7@yahoo.es" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:porlotes@yahoo.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remconff@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remateslarrain@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredo.vargas@live.cl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosabraham@hotmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minervamarquez2@hotmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:astete.cubillosm@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:md.araya@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fumigacioneseagle@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yalues7@yahoo.es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remates.escritos@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamela5333.pp@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesrosebriones@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisbethhorber@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmenremates@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvenegasr@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drago.remates@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:islachile@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesjpgonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:porlotes@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drago.remates@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesloretoguzman@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pevenegas@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesvyg@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gloruca@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmahumada@elrecreogroup.cl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:casaderemateslapunta@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remateslaserena@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pevenegas@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:porlotes@yahoo.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remconff@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remateslarrain@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alfredo.vargas@live.cl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yalues7@yahoo.es" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rosabraham@hotmail.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:minervamarquez2@hotmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesvyg@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:md.araya@hotmail.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fumigacioneseagle@hotmail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yalues7@yahoo.es" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:remates.escritos@gmail.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="../activeX/activeX1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesrosebriones@gmail.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisbethhorber@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carmenremates@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:astete.cubillosm@gmail.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drago.remates@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:islachile@gmail.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pamela5333.pp@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:porlotes@yahoo.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:drago.remates@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesloretoguzman@hotmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:subastasdechile@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rvenegasr@gmail.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rematesjpgonzalez@gmail.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gloruca@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmahumada@elrecreogroup.cl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Hoja1">
     <tabColor theme="9" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A2:G157"/>
+  <dimension ref="A2:G153"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A81" workbookViewId="0">
-      <selection activeCell="F94" sqref="F94"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J97" sqref="J97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.7109375" customWidth="1"/>
     <col min="2" max="2" width="39.140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="33.5703125" style="4" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" style="4" customWidth="1"/>
     <col min="5" max="5" width="33.7109375" style="26" customWidth="1"/>
     <col min="6" max="6" width="13.42578125" style="4" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B2" s="10"/>
       <c r="C2" s="10" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D2" s="11"/>
       <c r="E2" s="1"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B3" s="10"/>
       <c r="C3" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="11"/>
       <c r="E3" s="1"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B4" s="10"/>
       <c r="C4" s="10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D4" s="11"/>
       <c r="E4" s="1"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="11"/>
       <c r="E5" s="1"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
     </row>
     <row r="6" spans="1:7" ht="25.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="22" t="s">
@@ -1602,51 +1596,51 @@
       <c r="F7" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="61"/>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>1</v>
       </c>
       <c r="B8" s="49" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="30">
         <v>979091839</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="62" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B9" s="49"/>
       <c r="C9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="31">
         <v>225274680</v>
       </c>
       <c r="E9" s="8"/>
       <c r="F9" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="62"/>
     </row>
     <row r="10" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="50"/>
       <c r="C10" s="28"/>
       <c r="D10" s="32"/>
       <c r="E10" s="25"/>
       <c r="F10" s="19"/>
       <c r="G10" s="63"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
@@ -1657,106 +1651,106 @@
       <c r="F11" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G11" s="61"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>2</v>
       </c>
       <c r="B12" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="30">
         <v>994694486</v>
       </c>
       <c r="E12" s="24" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G12" s="62" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B13" s="49"/>
       <c r="C13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="30"/>
       <c r="E13" s="8"/>
       <c r="F13" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G13" s="62"/>
     </row>
     <row r="14" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="50"/>
       <c r="C14" s="33"/>
       <c r="D14" s="32"/>
       <c r="E14" s="25"/>
       <c r="F14" s="19"/>
       <c r="G14" s="63"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B15" s="51"/>
       <c r="C15" s="44" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="23"/>
       <c r="F15" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G15" s="61"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>3</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="45" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D16" s="17">
         <v>991644381</v>
       </c>
       <c r="E16" s="24" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G16" s="62" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B17" s="52"/>
       <c r="C17" s="45" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="17"/>
       <c r="E17" s="8"/>
       <c r="F17" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="62"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B18" s="52"/>
       <c r="C18" s="45" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="17"/>
       <c r="E18" s="8"/>
       <c r="F18" s="7"/>
       <c r="G18" s="62"/>
     </row>
     <row r="19" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
@@ -1767,397 +1761,397 @@
       </c>
       <c r="D19" s="20"/>
       <c r="E19" s="25"/>
       <c r="F19" s="19"/>
       <c r="G19" s="63"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B20" s="54"/>
       <c r="C20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="30">
         <v>228433298</v>
       </c>
       <c r="E20" s="8"/>
       <c r="F20" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G20" s="62"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>4</v>
       </c>
       <c r="B21" s="49" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="30">
         <v>997159290</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G21" s="62" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B22" s="54"/>
       <c r="C22" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="30"/>
       <c r="E22" s="8"/>
       <c r="F22" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="62"/>
     </row>
     <row r="23" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="54"/>
       <c r="C23" s="33"/>
       <c r="D23" s="30"/>
       <c r="E23" s="8"/>
       <c r="F23" s="7"/>
       <c r="G23" s="62"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B24" s="48"/>
       <c r="C24" s="27"/>
       <c r="D24" s="29">
         <v>991917000</v>
       </c>
       <c r="E24" s="23"/>
       <c r="F24" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G24" s="61"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>5</v>
       </c>
       <c r="B25" s="49" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="30">
         <v>992721287</v>
       </c>
       <c r="E25" s="24"/>
       <c r="F25" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G25" s="62" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B26" s="49"/>
       <c r="C26" s="9" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D26" s="30">
         <v>964895379</v>
       </c>
       <c r="E26" s="24" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G26" s="62"/>
     </row>
     <row r="27" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="11"/>
       <c r="B27" s="50"/>
       <c r="C27" s="28"/>
       <c r="D27" s="32"/>
       <c r="E27" s="25"/>
       <c r="F27" s="19"/>
       <c r="G27" s="63"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B28" s="48"/>
       <c r="C28" s="21"/>
       <c r="D28" s="15"/>
       <c r="E28" s="23"/>
       <c r="F28" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G28" s="61"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>6</v>
       </c>
       <c r="B29" s="49" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D29" s="7">
         <v>954194780</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G29" s="62" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B30" s="49"/>
       <c r="C30" s="5"/>
       <c r="D30" s="7">
         <v>722987234</v>
       </c>
       <c r="E30" s="8"/>
       <c r="F30" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="62"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="11"/>
       <c r="B31" s="54"/>
       <c r="C31" s="6"/>
       <c r="D31" s="7"/>
       <c r="E31" s="8"/>
       <c r="F31" s="7"/>
       <c r="G31" s="62"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B32" s="56"/>
       <c r="C32" s="77"/>
       <c r="D32" s="35"/>
       <c r="E32" s="36"/>
       <c r="F32" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G32" s="64"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>7</v>
       </c>
       <c r="B33" s="57" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="7">
         <v>985005790</v>
       </c>
       <c r="E33" s="24" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G33" s="65" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B34" s="57"/>
       <c r="C34" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D34" s="7"/>
       <c r="E34" s="8"/>
       <c r="F34" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G34" s="65"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B35" s="70"/>
       <c r="C35" s="71" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D35" s="39"/>
       <c r="E35" s="72"/>
       <c r="F35" s="39"/>
       <c r="G35" s="66"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B36" s="78"/>
       <c r="C36" s="8"/>
       <c r="D36" s="69"/>
       <c r="E36" s="8"/>
       <c r="F36" s="69"/>
       <c r="G36" s="3"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>8</v>
       </c>
       <c r="B37" s="56" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C37" s="34" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="35">
         <v>992271287</v>
       </c>
       <c r="E37" s="79" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G37" s="64" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B38" s="57"/>
       <c r="C38" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D38" s="7">
         <v>968495379</v>
       </c>
       <c r="E38" s="8"/>
       <c r="F38" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G38" s="65"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B39" s="76"/>
       <c r="C39" s="6"/>
       <c r="D39" s="7">
         <v>991917000</v>
       </c>
       <c r="E39" s="8"/>
       <c r="F39" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B40" s="56"/>
       <c r="C40" s="77"/>
       <c r="D40" s="35"/>
       <c r="E40" s="36"/>
       <c r="F40" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G40" s="64"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>9</v>
       </c>
       <c r="B41" s="57" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="7">
         <v>972184048</v>
       </c>
       <c r="E41" s="24"/>
       <c r="F41" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G41" s="65" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B42" s="57"/>
       <c r="C42" s="5"/>
       <c r="D42" s="7">
         <v>964895379</v>
       </c>
       <c r="E42" s="24" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G42" s="65"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A43" s="11"/>
       <c r="B43" s="70"/>
       <c r="C43" s="71"/>
       <c r="D43" s="39"/>
       <c r="E43" s="72"/>
       <c r="F43" s="39"/>
       <c r="G43" s="66"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B44" s="49"/>
       <c r="C44" s="9" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="7"/>
       <c r="E44" s="8"/>
       <c r="F44" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G44" s="62"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>10</v>
       </c>
       <c r="B45" s="49" t="s">
         <v>29</v>
       </c>
       <c r="C45" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="7">
         <v>950116019</v>
       </c>
       <c r="E45" s="24" t="s">
         <v>30</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G45" s="62" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B46" s="49"/>
       <c r="C46" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D46" s="7"/>
       <c r="E46" s="8"/>
       <c r="F46" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G46" s="62"/>
     </row>
     <row r="47" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B47" s="50"/>
       <c r="C47" s="18"/>
       <c r="D47" s="19"/>
       <c r="E47" s="25"/>
       <c r="F47" s="19"/>
       <c r="G47" s="63"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="11"/>
       <c r="B48" s="48"/>
@@ -2169,217 +2163,217 @@
       <c r="F48" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G48" s="61"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>11</v>
       </c>
       <c r="B49" s="49" t="s">
         <v>31</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D49" s="7">
         <v>950116019</v>
       </c>
       <c r="E49" s="24" t="s">
         <v>30</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G49" s="62" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B50" s="49"/>
       <c r="C50" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D50" s="7"/>
       <c r="E50" s="8"/>
       <c r="F50" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G50" s="62"/>
     </row>
     <row r="51" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B51" s="50"/>
       <c r="C51" s="18"/>
       <c r="D51" s="19"/>
       <c r="E51" s="25"/>
       <c r="F51" s="19"/>
       <c r="G51" s="63"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B52" s="48"/>
       <c r="C52" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D52" s="15">
         <v>967571324</v>
       </c>
       <c r="E52" s="23"/>
       <c r="F52" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G52" s="61"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>12</v>
       </c>
       <c r="B53" s="49" t="s">
         <v>32</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D53" s="7">
         <v>993211257</v>
       </c>
       <c r="E53" s="24" t="s">
         <v>33</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G53" s="62" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B54" s="49"/>
       <c r="C54" s="5"/>
       <c r="D54" s="7"/>
       <c r="E54" s="8"/>
       <c r="F54" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G54" s="62"/>
     </row>
     <row r="55" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B55" s="50"/>
       <c r="C55" s="18"/>
       <c r="D55" s="19"/>
       <c r="E55" s="25"/>
       <c r="F55" s="19"/>
       <c r="G55" s="63"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B56" s="55"/>
       <c r="C56" s="41" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D56" s="37"/>
       <c r="E56" s="8"/>
       <c r="F56" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G56" s="62"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>13</v>
       </c>
       <c r="B57" s="52" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C57" s="42"/>
       <c r="D57" s="37">
         <v>999202584</v>
       </c>
       <c r="E57" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G57" s="62" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B58" s="55"/>
       <c r="C58" s="42"/>
       <c r="D58" s="37">
         <v>992960598</v>
       </c>
       <c r="E58" s="8"/>
       <c r="F58" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G58" s="62"/>
     </row>
     <row r="59" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B59" s="55"/>
       <c r="C59" s="43"/>
       <c r="D59" s="37">
         <v>996891517</v>
       </c>
       <c r="E59" s="8"/>
       <c r="F59" s="7"/>
       <c r="G59" s="62"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="11"/>
       <c r="B60" s="48"/>
       <c r="C60" s="21"/>
       <c r="D60" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E60" s="23"/>
       <c r="F60" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G60" s="61"/>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>14</v>
       </c>
       <c r="B61" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D61" s="7">
         <v>992437687</v>
       </c>
       <c r="E61" s="24" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G61" s="62" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B62" s="49"/>
       <c r="C62" s="5"/>
       <c r="D62" s="7"/>
       <c r="E62" s="8"/>
       <c r="F62" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G62" s="62"/>
     </row>
     <row r="63" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B63" s="50"/>
       <c r="C63" s="18"/>
       <c r="D63" s="19"/>
       <c r="E63" s="25"/>
       <c r="F63" s="19"/>
       <c r="G63" s="63"/>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="11"/>
       <c r="B64" s="56"/>
       <c r="C64" s="34" t="s">
         <v>11</v>
@@ -2391,51 +2385,51 @@
       <c r="F64" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G64" s="64"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>15</v>
       </c>
       <c r="B65" s="57" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>37</v>
       </c>
       <c r="E65" s="24" t="s">
         <v>38</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G65" s="65" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B66" s="57"/>
       <c r="C66" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D66" s="7">
         <v>950116019</v>
       </c>
       <c r="E66" s="8"/>
       <c r="F66" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G66" s="65"/>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B67" s="70"/>
       <c r="C67" s="71"/>
       <c r="D67" s="39"/>
       <c r="E67" s="72"/>
       <c r="F67" s="39"/>
       <c r="G67" s="66"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
@@ -2471,66 +2465,66 @@
       <c r="G71" s="3"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B72" s="67"/>
       <c r="C72" s="68"/>
       <c r="D72" s="69"/>
       <c r="E72" s="8"/>
       <c r="F72" s="69"/>
       <c r="G72" s="3"/>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B73" s="73"/>
       <c r="C73" s="74"/>
       <c r="D73" s="35"/>
       <c r="E73" s="36"/>
       <c r="F73" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G73" s="64"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>16</v>
       </c>
       <c r="B74" s="57" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D74" s="7">
         <v>936969410</v>
       </c>
       <c r="E74" s="24" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G74" s="65" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B75" s="75"/>
       <c r="C75" s="6"/>
       <c r="D75" s="7"/>
       <c r="E75" s="8"/>
       <c r="F75" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G75" s="65"/>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B76" s="70"/>
       <c r="C76" s="71"/>
       <c r="D76" s="39"/>
       <c r="E76" s="72"/>
       <c r="F76" s="39"/>
       <c r="G76" s="66"/>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="11"/>
       <c r="B77" s="49"/>
       <c r="C77" s="5"/>
       <c r="D77" s="7">
@@ -2538,1035 +2532,1006 @@
       </c>
       <c r="E77" s="8"/>
       <c r="F77" s="7" t="s">
         <v>7</v>
       </c>
       <c r="G77" s="62"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>17</v>
       </c>
       <c r="B78" s="49" t="s">
         <v>39</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>21</v>
       </c>
       <c r="D78" s="7"/>
       <c r="E78" s="24" t="s">
         <v>40</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G78" s="62" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B79" s="49"/>
       <c r="C79" s="5"/>
       <c r="D79" s="7"/>
       <c r="E79" s="8"/>
       <c r="F79" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G79" s="62"/>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B80" s="54"/>
       <c r="C80" s="6"/>
       <c r="D80" s="7"/>
       <c r="E80" s="8"/>
       <c r="F80" s="7"/>
       <c r="G80" s="62"/>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B81" s="56"/>
       <c r="C81" s="34" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="35">
         <v>950116019</v>
       </c>
       <c r="E81" s="36"/>
       <c r="F81" s="35" t="s">
         <v>7</v>
       </c>
       <c r="G81" s="64"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>18</v>
       </c>
       <c r="B82" s="57" t="s">
         <v>41</v>
       </c>
       <c r="C82" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D82" s="7"/>
       <c r="E82" s="24"/>
       <c r="F82" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G82" s="65" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B83" s="58"/>
       <c r="C83" s="38" t="s">
         <v>13</v>
       </c>
       <c r="D83" s="39"/>
       <c r="E83" s="40" t="s">
         <v>42</v>
       </c>
       <c r="F83" s="39" t="s">
         <v>9</v>
       </c>
       <c r="G83" s="66"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B84" s="48"/>
       <c r="C84" s="27" t="s">
         <v>11</v>
       </c>
       <c r="D84" s="15">
         <v>977755927</v>
       </c>
       <c r="E84" s="23"/>
       <c r="F84" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G84" s="61"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>19</v>
       </c>
       <c r="B85" s="49" t="s">
         <v>43</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D85" s="7"/>
       <c r="E85" s="24" t="s">
         <v>44</v>
       </c>
       <c r="F85" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G85" s="62" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B86" s="49"/>
       <c r="C86" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D86" s="7"/>
       <c r="E86" s="8"/>
       <c r="F86" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G86" s="62"/>
     </row>
     <row r="87" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B87" s="50"/>
       <c r="C87" s="18"/>
       <c r="D87" s="19"/>
       <c r="E87" s="25"/>
       <c r="F87" s="19"/>
       <c r="G87" s="63"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B88" s="54"/>
+      <c r="B88" s="48"/>
       <c r="C88" s="27" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E88" s="8"/>
+        <v>129</v>
+      </c>
+      <c r="D88" s="15">
+        <v>998409875</v>
+      </c>
+      <c r="E88" s="23"/>
       <c r="F88" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="G88" s="62"/>
+      <c r="G88" s="61"/>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>20</v>
       </c>
       <c r="B89" s="49" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="D89" s="7">
-        <v>995351787</v>
+        <v>993211257</v>
       </c>
       <c r="E89" s="24" t="s">
         <v>46</v>
       </c>
       <c r="F89" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G89" s="62" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B90" s="54"/>
+      <c r="B90" s="49"/>
       <c r="C90" s="9" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="E90" s="8"/>
+        <v>79</v>
+      </c>
+      <c r="D90" s="7"/>
+      <c r="E90" s="80" t="s">
+        <v>33</v>
+      </c>
       <c r="F90" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G90" s="62"/>
     </row>
     <row r="91" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B91" s="54"/>
-[...6 lines deleted...]
-      <c r="G91" s="62"/>
+      <c r="B91" s="50"/>
+      <c r="C91" s="18"/>
+      <c r="D91" s="19"/>
+      <c r="E91" s="25"/>
+      <c r="F91" s="19"/>
+      <c r="G91" s="63"/>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B92" s="48"/>
-      <c r="C92" s="27" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C92" s="21"/>
+      <c r="D92" s="15"/>
       <c r="E92" s="23"/>
       <c r="F92" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G92" s="61"/>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>21</v>
       </c>
       <c r="B93" s="49" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>48</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="D93" s="7">
-        <v>993211257</v>
+        <v>954194780</v>
       </c>
       <c r="E93" s="24" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F93" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G93" s="62" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B94" s="49"/>
-      <c r="C94" s="9" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="C94" s="5"/>
+      <c r="D94" s="7">
+        <v>995391109</v>
+      </c>
+      <c r="E94" s="24"/>
       <c r="F94" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G94" s="62"/>
     </row>
     <row r="95" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B95" s="50"/>
       <c r="C95" s="18"/>
-      <c r="D95" s="19"/>
+      <c r="D95" s="19">
+        <v>722208829</v>
+      </c>
       <c r="E95" s="25"/>
       <c r="F95" s="19"/>
       <c r="G95" s="63"/>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B96" s="48"/>
       <c r="C96" s="21"/>
-      <c r="D96" s="15"/>
+      <c r="D96" s="15">
+        <v>968495379</v>
+      </c>
       <c r="E96" s="23"/>
       <c r="F96" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G96" s="61"/>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>22</v>
       </c>
       <c r="B97" s="49" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>50</v>
+      </c>
+      <c r="C97" s="9" t="s">
+        <v>21</v>
       </c>
       <c r="D97" s="7">
-        <v>954194780</v>
+        <v>986494760</v>
       </c>
       <c r="E97" s="24" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="F97" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G97" s="62" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B98" s="49"/>
-      <c r="C98" s="5"/>
-[...3 lines deleted...]
-      <c r="E98" s="24"/>
+      <c r="C98" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D98" s="7"/>
+      <c r="E98" s="8"/>
       <c r="F98" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G98" s="62"/>
     </row>
-    <row r="99" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="G99" s="63"/>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B99" s="54"/>
+      <c r="C99" s="6"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="8"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="62"/>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B100" s="48"/>
-[...1 lines deleted...]
-      <c r="D100" s="15">
+      <c r="B100" s="73"/>
+      <c r="C100" s="74"/>
+      <c r="D100" s="35">
         <v>968495379</v>
       </c>
-      <c r="E100" s="23"/>
-      <c r="F100" s="15" t="s">
+      <c r="E100" s="36"/>
+      <c r="F100" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="G100" s="61"/>
+      <c r="G100" s="64"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>23</v>
       </c>
-      <c r="B101" s="49" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="B101" s="57" t="s">
+        <v>72</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="D101" s="7">
-        <v>986494760</v>
+        <v>992565792</v>
       </c>
       <c r="E101" s="24" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="F101" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="G101" s="62" t="s">
-        <v>108</v>
+      <c r="G101" s="65" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B102" s="49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B102" s="76"/>
+      <c r="C102" s="6"/>
       <c r="D102" s="7"/>
       <c r="E102" s="8"/>
       <c r="F102" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G102" s="62"/>
+      <c r="G102" s="65"/>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B103" s="54"/>
-[...4 lines deleted...]
-      <c r="G103" s="62"/>
+      <c r="B103" s="70"/>
+      <c r="C103" s="71"/>
+      <c r="D103" s="39"/>
+      <c r="E103" s="72"/>
+      <c r="F103" s="39"/>
+      <c r="G103" s="66"/>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B104" s="73"/>
-[...8 lines deleted...]
-      <c r="G104" s="64"/>
+      <c r="B104" s="67"/>
+      <c r="C104" s="68"/>
+      <c r="D104" s="69"/>
+      <c r="E104" s="8"/>
+      <c r="F104" s="69"/>
+      <c r="G104" s="3"/>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>24</v>
       </c>
-      <c r="B105" s="57" t="s">
-[...11 lines deleted...]
-      <c r="F105" s="7" t="s">
+      <c r="B105" s="56"/>
+      <c r="C105" s="77"/>
+      <c r="D105" s="35"/>
+      <c r="E105" s="36"/>
+      <c r="F105" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="G105" s="64"/>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B106" s="57" t="s">
+        <v>49</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D106" s="7">
+        <v>994006694</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F106" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="G105" s="65" t="s">
-[...8 lines deleted...]
-      <c r="F106" s="7" t="s">
+      <c r="G106" s="65" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B107" s="57"/>
+      <c r="C107" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D107" s="7"/>
+      <c r="E107" s="8"/>
+      <c r="F107" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G106" s="65"/>
-[...7 lines deleted...]
-      <c r="G107" s="66"/>
+      <c r="G107" s="65"/>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B108" s="67"/>
-[...4 lines deleted...]
-      <c r="G108" s="3"/>
+      <c r="B108" s="70"/>
+      <c r="C108" s="71"/>
+      <c r="D108" s="39"/>
+      <c r="E108" s="72"/>
+      <c r="F108" s="39"/>
+      <c r="G108" s="66"/>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B109" s="56"/>
-[...3 lines deleted...]
-      <c r="F109" s="35" t="s">
+      <c r="B109" s="49"/>
+      <c r="C109" s="5"/>
+      <c r="D109" s="7">
+        <v>994429654</v>
+      </c>
+      <c r="E109" s="8"/>
+      <c r="F109" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="G109" s="64"/>
+      <c r="G109" s="62"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>25</v>
       </c>
-      <c r="B110" s="57" t="s">
-        <v>49</v>
+      <c r="B110" s="49" t="s">
+        <v>54</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D110" s="7">
-        <v>994006694</v>
+        <v>992960598</v>
       </c>
       <c r="E110" s="24" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F110" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="G110" s="65" t="s">
-        <v>110</v>
+      <c r="G110" s="62" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B111" s="57"/>
-[...3 lines deleted...]
-      <c r="D111" s="7"/>
+      <c r="B111" s="49"/>
+      <c r="C111" s="5"/>
+      <c r="D111" s="7">
+        <v>996891517</v>
+      </c>
       <c r="E111" s="8"/>
       <c r="F111" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G111" s="65"/>
-[...7 lines deleted...]
-      <c r="G112" s="66"/>
+      <c r="G111" s="62"/>
+    </row>
+    <row r="112" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B112" s="50"/>
+      <c r="C112" s="18"/>
+      <c r="D112" s="19"/>
+      <c r="E112" s="25"/>
+      <c r="F112" s="19"/>
+      <c r="G112" s="63"/>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B113" s="49"/>
-[...5 lines deleted...]
-      <c r="F113" s="7" t="s">
+      <c r="B113" s="48"/>
+      <c r="C113" s="21"/>
+      <c r="D113" s="15"/>
+      <c r="E113" s="23"/>
+      <c r="F113" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="G113" s="62"/>
+      <c r="G113" s="61"/>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>26</v>
       </c>
       <c r="B114" s="49" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D114" s="7">
-        <v>992960598</v>
+        <v>996891517</v>
       </c>
       <c r="E114" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F114" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G114" s="62" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B115" s="49"/>
       <c r="C115" s="5"/>
       <c r="D115" s="7">
-        <v>996891517</v>
+        <v>992960598</v>
       </c>
       <c r="E115" s="8"/>
       <c r="F115" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G115" s="62"/>
     </row>
     <row r="116" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B116" s="50"/>
-[...4 lines deleted...]
-      <c r="G116" s="63"/>
+      <c r="B116" s="54"/>
+      <c r="C116" s="6"/>
+      <c r="D116" s="7"/>
+      <c r="E116" s="8"/>
+      <c r="F116" s="7"/>
+      <c r="G116" s="62"/>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B117" s="48"/>
-      <c r="C117" s="21"/>
-      <c r="D117" s="15"/>
+      <c r="C117" s="27"/>
+      <c r="D117" s="29"/>
       <c r="E117" s="23"/>
-      <c r="F117" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F117" s="15"/>
       <c r="G117" s="61"/>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>27</v>
       </c>
       <c r="B118" s="49" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C118" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C118" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="D118" s="7">
-        <v>996891517</v>
+      <c r="D118" s="30">
+        <v>994429654</v>
       </c>
       <c r="E118" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F118" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G118" s="62" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B119" s="49"/>
-[...1 lines deleted...]
-      <c r="D119" s="7">
+      <c r="B119" s="59"/>
+      <c r="C119" s="9"/>
+      <c r="D119" s="30">
         <v>992960598</v>
       </c>
       <c r="E119" s="8"/>
       <c r="F119" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G119" s="62"/>
     </row>
     <row r="120" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B120" s="54"/>
-[...4 lines deleted...]
-      <c r="G120" s="62"/>
+      <c r="B120" s="50"/>
+      <c r="C120" s="28"/>
+      <c r="D120" s="32">
+        <v>996891517</v>
+      </c>
+      <c r="E120" s="25"/>
+      <c r="F120" s="19"/>
+      <c r="G120" s="63"/>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B121" s="48"/>
-[...4 lines deleted...]
-      <c r="G121" s="61"/>
+      <c r="B121" s="49"/>
+      <c r="C121" s="9"/>
+      <c r="D121" s="7">
+        <v>992960598</v>
+      </c>
+      <c r="E121" s="8"/>
+      <c r="F121" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G121" s="62"/>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>28</v>
       </c>
       <c r="B122" s="49" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C122" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="D122" s="30">
-        <v>994429654</v>
+      <c r="D122" s="7">
+        <v>996891517</v>
       </c>
       <c r="E122" s="24" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="F122" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G122" s="62" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B123" s="59"/>
+      <c r="B123" s="49"/>
       <c r="C123" s="9"/>
-      <c r="D123" s="30">
-        <v>992960598</v>
+      <c r="D123" s="7">
+        <v>994429654</v>
       </c>
       <c r="E123" s="8"/>
       <c r="F123" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G123" s="62"/>
     </row>
     <row r="124" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B124" s="50"/>
       <c r="C124" s="28"/>
-      <c r="D124" s="32">
-[...1 lines deleted...]
-      </c>
+      <c r="D124" s="39"/>
       <c r="E124" s="25"/>
       <c r="F124" s="19"/>
       <c r="G124" s="63"/>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B125" s="49"/>
-      <c r="C125" s="9"/>
+      <c r="B125" s="48"/>
+      <c r="C125" s="27" t="s">
+        <v>115</v>
+      </c>
       <c r="D125" s="7">
-        <v>992960598</v>
-[...2 lines deleted...]
-      <c r="F125" s="7" t="s">
+        <v>995005790</v>
+      </c>
+      <c r="E125" s="23"/>
+      <c r="F125" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="G125" s="62"/>
+      <c r="G125" s="61"/>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>29</v>
       </c>
       <c r="B126" s="49" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>55</v>
+        <v>114</v>
       </c>
       <c r="D126" s="7">
-        <v>996891517</v>
+        <v>986357306</v>
       </c>
       <c r="E126" s="24" t="s">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="F126" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G126" s="62" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B127" s="49"/>
       <c r="C127" s="9"/>
-      <c r="D127" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="D127" s="7"/>
       <c r="E127" s="8"/>
       <c r="F127" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G127" s="62"/>
     </row>
     <row r="128" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B128" s="50"/>
-      <c r="C128" s="28"/>
-      <c r="D128" s="39"/>
+      <c r="C128" s="18"/>
+      <c r="D128" s="19"/>
       <c r="E128" s="25"/>
       <c r="F128" s="19"/>
       <c r="G128" s="63"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B129" s="48"/>
-      <c r="C129" s="27" t="s">
-[...3 lines deleted...]
-        <v>995005790</v>
+      <c r="C129" s="21"/>
+      <c r="D129" s="15">
+        <v>950026847</v>
       </c>
       <c r="E129" s="23"/>
       <c r="F129" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G129" s="61"/>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>30</v>
       </c>
       <c r="B130" s="49" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>986357306</v>
+        <v>21</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>79</v>
       </c>
       <c r="E130" s="24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F130" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G130" s="62" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B131" s="49"/>
-      <c r="C131" s="9"/>
+      <c r="C131" s="5"/>
       <c r="D131" s="7"/>
       <c r="E131" s="8"/>
       <c r="F131" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G131" s="62"/>
     </row>
     <row r="132" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B132" s="50"/>
       <c r="C132" s="18"/>
       <c r="D132" s="19"/>
       <c r="E132" s="25"/>
       <c r="F132" s="19"/>
       <c r="G132" s="63"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B133" s="48"/>
-      <c r="C133" s="21"/>
+      <c r="C133" s="27" t="s">
+        <v>11</v>
+      </c>
       <c r="D133" s="15">
-        <v>950026847</v>
+        <v>950116019</v>
       </c>
       <c r="E133" s="23"/>
       <c r="F133" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G133" s="61"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>31</v>
       </c>
       <c r="B134" s="49" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>12</v>
+      </c>
+      <c r="D134" s="7">
+        <v>959419398</v>
       </c>
       <c r="E134" s="24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F134" s="7" t="s">
         <v>8</v>
       </c>
       <c r="G134" s="62" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B135" s="49"/>
-      <c r="C135" s="5"/>
-      <c r="D135" s="7"/>
+      <c r="C135" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" s="7">
+        <v>228433298</v>
+      </c>
       <c r="E135" s="8"/>
       <c r="F135" s="7" t="s">
         <v>9</v>
       </c>
       <c r="G135" s="62"/>
     </row>
-    <row r="136" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="G136" s="63"/>
+    <row r="136" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="B136" s="54"/>
+      <c r="C136" s="6"/>
+      <c r="D136" s="7"/>
+      <c r="E136" s="8"/>
+      <c r="F136" s="7"/>
+      <c r="G136" s="62"/>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B137" s="48"/>
-      <c r="C137" s="27" t="s">
+      <c r="B137" s="56"/>
+      <c r="C137" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="D137" s="15">
+      <c r="D137" s="35">
         <v>950116019</v>
       </c>
-      <c r="E137" s="23"/>
-      <c r="F137" s="15" t="s">
+      <c r="E137" s="36"/>
+      <c r="F137" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="G137" s="61"/>
+      <c r="G137" s="64"/>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>32</v>
       </c>
-      <c r="B138" s="49" t="s">
-        <v>65</v>
+      <c r="B138" s="57" t="s">
+        <v>66</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>12</v>
       </c>
       <c r="D138" s="7">
-        <v>959419398</v>
+        <v>997159290</v>
       </c>
       <c r="E138" s="24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F138" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="G138" s="62" t="s">
-        <v>120</v>
+      <c r="G138" s="65" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B139" s="49"/>
-      <c r="C139" s="9" t="s">
+      <c r="B139" s="58"/>
+      <c r="C139" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="D139" s="7">
+      <c r="D139" s="39">
         <v>228433298</v>
       </c>
-      <c r="E139" s="8"/>
-      <c r="F139" s="7" t="s">
+      <c r="E139" s="72"/>
+      <c r="F139" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="G139" s="62"/>
+      <c r="G139" s="66"/>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B140" s="54"/>
-[...1 lines deleted...]
-      <c r="D140" s="7"/>
+      <c r="B140" s="67"/>
+      <c r="C140" s="68"/>
+      <c r="D140" s="69"/>
       <c r="E140" s="8"/>
-      <c r="F140" s="7"/>
-      <c r="G140" s="62"/>
+      <c r="F140" s="69"/>
+      <c r="G140" s="3"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B141" s="56"/>
-[...10 lines deleted...]
-      <c r="G141" s="64"/>
+      <c r="B141"/>
+      <c r="C141"/>
+      <c r="D141"/>
+      <c r="E141"/>
+      <c r="F141"/>
+      <c r="G141"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>33</v>
       </c>
-      <c r="B142" s="57" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B142"/>
+      <c r="C142"/>
+      <c r="D142"/>
+      <c r="E142"/>
+      <c r="F142"/>
+      <c r="G142"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B143" s="58"/>
-[...10 lines deleted...]
-      <c r="G143" s="66"/>
+      <c r="B143"/>
+      <c r="C143"/>
+      <c r="D143"/>
+      <c r="E143"/>
+      <c r="F143"/>
+      <c r="G143"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="B144" s="67"/>
-[...4 lines deleted...]
-      <c r="G144" s="3"/>
+      <c r="B144"/>
+      <c r="C144"/>
+      <c r="D144"/>
+      <c r="E144"/>
+      <c r="F144"/>
+      <c r="G144"/>
     </row>
     <row r="145" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="146" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="147" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="148" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="149" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="150" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="151" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="152" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="153" customFormat="1" x14ac:dyDescent="0.25"/>
-    <row r="154" customFormat="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-    <row r="157" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E16" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="E8" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="E12" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="E26" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="E29" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="E33" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="E37" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="E42" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="E45" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="E49" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="E53" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="E61" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="E78" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="E83" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="E85" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
-    <hyperlink ref="E93" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
-[...17 lines deleted...]
-    <hyperlink ref="E94" r:id="rId34" xr:uid="{8C5E631B-A4C8-4046-B422-908EE305A119}"/>
+    <hyperlink ref="E89" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="E93" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="E97" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="E106" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="E110" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="E114" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="E118" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="E122" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="E126" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="E130" r:id="rId25" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="E134" r:id="rId26" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="E138" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="E21" r:id="rId28" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="E65" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="E74" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="E101" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="E57" r:id="rId32" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="E90" r:id="rId33" xr:uid="{8C5E631B-A4C8-4046-B422-908EE305A119}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="5" scale="95" orientation="landscape" r:id="rId35"/>
-[...1 lines deleted...]
-  <legacyDrawing r:id="rId37"/>
+  <pageSetup paperSize="5" scale="95" orientation="landscape" r:id="rId34"/>
+  <drawing r:id="rId35"/>
+  <legacyDrawing r:id="rId36"/>
   <controls>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
-        <control shapeId="1025" r:id="rId38" name="Control 1">
-          <controlPr defaultSize="0" r:id="rId39">
+        <control shapeId="1025" r:id="rId37" name="Control 1">
+          <controlPr defaultSize="0" r:id="rId38">
             <anchor moveWithCells="1">
               <from>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>83</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>4</xdr:col>
                 <xdr:colOff>914400</xdr:colOff>
                 <xdr:row>84</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
-        <control shapeId="1025" r:id="rId38" name="Control 1"/>
+        <control shapeId="1025" r:id="rId37" name="Control 1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CATEGORÍAS</vt:lpstr>
     </vt:vector>